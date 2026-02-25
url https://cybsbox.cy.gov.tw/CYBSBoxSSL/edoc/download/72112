--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -19111,77 +19111,143 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C63C09">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>案審理。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39BEF7B3" w14:textId="77777777" w:rsidR="007A2104" w:rsidRDefault="007A2104" w:rsidP="007A2104">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="340"/>
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A213B96" w14:textId="7E602273" w:rsidR="007A2104" w:rsidRPr="007A2104" w:rsidRDefault="007A2104" w:rsidP="00F247D6">
+    <w:p w14:paraId="0886CA0C" w14:textId="77777777" w:rsidR="009676F2" w:rsidRDefault="007A2104" w:rsidP="009676F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="340"/>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
+      <w:r w:rsidR="009676F2" w:rsidRPr="009676F2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="12"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>調查委員：林文程委員</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3421B5" w14:textId="77777777" w:rsidR="009676F2" w:rsidRDefault="009676F2" w:rsidP="009676F2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="340"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009676F2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="12"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>賴鼎銘委員</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A213B96" w14:textId="017B1DD5" w:rsidR="007A2104" w:rsidRPr="007A2104" w:rsidRDefault="009676F2" w:rsidP="009676F2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="340"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009676F2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="12"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>浦忠成委員</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:sectPr w:rsidR="007A2104" w:rsidRPr="007A2104" w:rsidSect="00931A10">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="851" w:gutter="227"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="457" w:charSpace="4127"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0071">
       <wne:acd wne:acdName="acd10"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0072">
       <wne:acd wne:acdName="acd11"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0073">
       <wne:acd wne:acdName="acd12"/>
     </wne:keymap>
@@ -19262,58 +19328,58 @@
     <wne:acd wne:argValue="AgC1az2EI2oPXzEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzUA" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzYA" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzcA" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzgA" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzkA" wne:acdName="acd9" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd10" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd11" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd12" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAUA" wne:acdName="acd13" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAYA" wne:acdName="acd14" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAcA" wne:acdName="acd15" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAgA" wne:acdName="acd16" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAkA" wne:acdName="acd17" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd18" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76E3A5B1" w14:textId="77777777" w:rsidR="005504B2" w:rsidRDefault="005504B2">
+    <w:p w14:paraId="51A99C20" w14:textId="77777777" w:rsidR="002021B3" w:rsidRDefault="002021B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="594F743B" w14:textId="77777777" w:rsidR="005504B2" w:rsidRDefault="005504B2">
+    <w:p w14:paraId="4890FD16" w14:textId="77777777" w:rsidR="002021B3" w:rsidRDefault="002021B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
@@ -19393,58 +19459,58 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="508819CF" w14:textId="77777777" w:rsidR="005504B2" w:rsidRDefault="005504B2">
+    <w:p w14:paraId="15540BF1" w14:textId="77777777" w:rsidR="002021B3" w:rsidRDefault="002021B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A9F6756" w14:textId="77777777" w:rsidR="005504B2" w:rsidRDefault="005504B2">
+    <w:p w14:paraId="3EEDA00C" w14:textId="77777777" w:rsidR="002021B3" w:rsidRDefault="002021B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="68AECDAF" w14:textId="6151772A" w:rsidR="00BF7B03" w:rsidRPr="00BF7B03" w:rsidRDefault="00BF7B03" w:rsidP="002D6DCB">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>曾擔任</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -19458,105 +19524,63 @@
         </w:rPr>
         <w:t>花東防衛司令部司令官、陸軍第六軍團司令部副司令</w:t>
       </w:r>
       <w:r w:rsidRPr="008142F8">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>退役中將</w:t>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>高</w:t>
       </w:r>
       <w:r w:rsidR="00175250">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>國淪為共</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B850D3">
+        <w:t>國淪為共諜，成為共諜案的退役最高將領</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，因涉犯</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1746B">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>諜</w:t>
-[...46 lines deleted...]
-        <w:t>審判7年半</w:t>
+        <w:t>武裝組織作中國內應未遂一審判7年半</w:t>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，新聞來源（1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
@@ -19589,75 +19613,67 @@
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="6886B4EB" w14:textId="44918F8E" w:rsidR="00F03601" w:rsidRPr="00401FE7" w:rsidRDefault="00F03601" w:rsidP="00501A57">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00401FE7">
         <w:rPr>
           <w:rStyle w:val="aff0"/>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00401FE7">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>惟據國防部及退輔會人事資料，</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00401FE7">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>屈員</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>應</w:t>
       </w:r>
       <w:r w:rsidRPr="00401FE7">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>為</w:t>
-[...6 lines deleted...]
-        <w:t>上尉軍官退役。</w:t>
+        <w:t>為上尉軍官退役。</w:t>
       </w:r>
       <w:r w:rsidR="00501A57" w:rsidRPr="00501A57">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>本件涉案人員任軍職之基本人事（兵籍）資料、職務異動情形、</w:t>
       </w:r>
       <w:r w:rsidR="00501A57" w:rsidRPr="00501A57">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>任官之年月日、軍種、官階、職稱、單位服役期間經歷（軍種、官階、職稱）</w:t>
       </w:r>
       <w:r w:rsidR="00501A57" w:rsidRPr="00501A57">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>退除役之年月日、軍種、官階、職稱、單位等相關資料</w:t>
       </w:r>
       <w:r w:rsidR="00501A57" w:rsidRPr="00501A57">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（詳附表一）</w:t>
       </w:r>
@@ -19676,58 +19692,56 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00490C39">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>我國</w:t>
       </w:r>
       <w:r w:rsidRPr="00490C39">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>輕判共</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00490C39">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>諜</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00490C39">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>與他國差12倍</w:t>
       </w:r>
       <w:r w:rsidR="00E1699A">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」，新聞資料來源</w:t>
       </w:r>
       <w:r w:rsidRPr="00813236">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
@@ -19736,161 +19750,117 @@
             <w:rStyle w:val="ae"/>
           </w:rPr>
           <w:t>https://www.epochtimes.com/b5/23/5/2/n13986549.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="4A1A2B61" w14:textId="6B0D9982" w:rsidR="008E1678" w:rsidRPr="008E1678" w:rsidRDefault="008E1678" w:rsidP="00CB1B4B">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E80558">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>退輔條例保障退除役官兵權益，主要涵蓋就學、就業、就醫、就養、急難救助等輔導措施，並提供退休</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E80558">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>俸</w:t>
-[...6 lines deleted...]
-        <w:t>、贍養金等給與。退除役官兵及其眷屬也可享有水電、就醫等優惠，並可在特定情況下優先承租承領政府土地或礦業權。</w:t>
+        <w:t>俸、贍養金等給與。退除役官兵及其眷屬也可享有水電、就醫等優惠，並可在特定情況下優先承租承領政府土地或礦業權。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="7CB0E460" w14:textId="220EF154" w:rsidR="001815D4" w:rsidRPr="00114F6C" w:rsidRDefault="001815D4" w:rsidP="00CD197C">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>曾擔任花東防衛司令部司令官、陸軍第六軍團司令部副司令</w:t>
       </w:r>
       <w:r w:rsidRPr="008142F8">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>退役中將</w:t>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>高</w:t>
       </w:r>
       <w:r w:rsidR="00175250">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>國淪為共</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>諜</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B850D3">
+        <w:t>諜，成為共諜案的退役最高將領</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，因涉犯</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1746B">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>，成為共</w:t>
-[...39 lines deleted...]
-        <w:t>審判7年半</w:t>
+        <w:t>武裝組織作中國內應未遂一審判7年半</w:t>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，新聞來源（1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00B850D3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
@@ -19922,75 +19892,67 @@
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="562EF733" w14:textId="77777777" w:rsidR="00D21B82" w:rsidRPr="00401FE7" w:rsidRDefault="00D21B82" w:rsidP="00D21B82">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00401FE7">
         <w:rPr>
           <w:rStyle w:val="aff0"/>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00401FE7">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>惟據國防部及退輔會人事資料，</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00401FE7">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>屈員</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>應</w:t>
       </w:r>
       <w:r w:rsidRPr="00401FE7">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>為</w:t>
-[...6 lines deleted...]
-        <w:t>上尉軍官退役。</w:t>
+        <w:t>為上尉軍官退役。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="081F43FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58C275BC"/>
     <w:lvl w:ilvl="0" w:tplc="74685D60">
       <w:start w:val="1"/>
       <w:numFmt w:val="taiwaneseCountingThousand"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="附圖%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="695" w:hanging="695"/>
       </w:pPr>
       <w:rPr>
@@ -20952,51 +20914,51 @@
   </w:num>
   <w:num w:numId="25" w16cid:durableId="364720543">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="435638832">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1985431607">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1142772624">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1582373153">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="526216799">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="108"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:displayBackgroundShape/>
   <w:mirrorMargins/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:drawingGridHorizontalSpacing w:val="170"/>
   <w:drawingGridVerticalSpacing w:val="457"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
@@ -21096,50 +21058,51 @@
     <w:rsid w:val="001B1F55"/>
     <w:rsid w:val="001B2C71"/>
     <w:rsid w:val="001B2E98"/>
     <w:rsid w:val="001B3483"/>
     <w:rsid w:val="001B3C1E"/>
     <w:rsid w:val="001B4494"/>
     <w:rsid w:val="001C0D8B"/>
     <w:rsid w:val="001C0DA8"/>
     <w:rsid w:val="001C3C02"/>
     <w:rsid w:val="001C5AEB"/>
     <w:rsid w:val="001C6469"/>
     <w:rsid w:val="001C6CD9"/>
     <w:rsid w:val="001C7B77"/>
     <w:rsid w:val="001D30EE"/>
     <w:rsid w:val="001D4AD7"/>
     <w:rsid w:val="001E0D8A"/>
     <w:rsid w:val="001E67BA"/>
     <w:rsid w:val="001E74C2"/>
     <w:rsid w:val="001F3535"/>
     <w:rsid w:val="001F4F82"/>
     <w:rsid w:val="001F5A48"/>
     <w:rsid w:val="001F6260"/>
     <w:rsid w:val="001F6CCA"/>
     <w:rsid w:val="00200007"/>
     <w:rsid w:val="0020049D"/>
+    <w:rsid w:val="002021B3"/>
     <w:rsid w:val="002030A5"/>
     <w:rsid w:val="00203131"/>
     <w:rsid w:val="00205E6F"/>
     <w:rsid w:val="00205FBC"/>
     <w:rsid w:val="0021172E"/>
     <w:rsid w:val="00212E88"/>
     <w:rsid w:val="00213C9C"/>
     <w:rsid w:val="00214C9F"/>
     <w:rsid w:val="0022008D"/>
     <w:rsid w:val="0022009E"/>
     <w:rsid w:val="00220625"/>
     <w:rsid w:val="00223241"/>
     <w:rsid w:val="0022425C"/>
     <w:rsid w:val="002246DE"/>
     <w:rsid w:val="00225081"/>
     <w:rsid w:val="00226669"/>
     <w:rsid w:val="0022666B"/>
     <w:rsid w:val="00231B0F"/>
     <w:rsid w:val="00236633"/>
     <w:rsid w:val="002411DD"/>
     <w:rsid w:val="002429E2"/>
     <w:rsid w:val="002514FB"/>
     <w:rsid w:val="0025273F"/>
     <w:rsid w:val="00252BC4"/>
     <w:rsid w:val="00254014"/>
@@ -21153,50 +21116,51 @@
     <w:rsid w:val="00276593"/>
     <w:rsid w:val="002765B8"/>
     <w:rsid w:val="00280986"/>
     <w:rsid w:val="00281ECE"/>
     <w:rsid w:val="002831C7"/>
     <w:rsid w:val="002840C6"/>
     <w:rsid w:val="0029472E"/>
     <w:rsid w:val="00295174"/>
     <w:rsid w:val="00296172"/>
     <w:rsid w:val="00296B92"/>
     <w:rsid w:val="002A0F44"/>
     <w:rsid w:val="002A2C22"/>
     <w:rsid w:val="002A6DE7"/>
     <w:rsid w:val="002B02EB"/>
     <w:rsid w:val="002B0EDB"/>
     <w:rsid w:val="002B292C"/>
     <w:rsid w:val="002B370E"/>
     <w:rsid w:val="002B44CE"/>
     <w:rsid w:val="002C00C5"/>
     <w:rsid w:val="002C0602"/>
     <w:rsid w:val="002C54D1"/>
     <w:rsid w:val="002C65D7"/>
     <w:rsid w:val="002D11AF"/>
     <w:rsid w:val="002D1B7F"/>
     <w:rsid w:val="002D5C16"/>
+    <w:rsid w:val="002D6260"/>
     <w:rsid w:val="002D6DCB"/>
     <w:rsid w:val="002D73F8"/>
     <w:rsid w:val="002F2394"/>
     <w:rsid w:val="002F2476"/>
     <w:rsid w:val="002F3DFF"/>
     <w:rsid w:val="002F5441"/>
     <w:rsid w:val="002F5E05"/>
     <w:rsid w:val="0030119C"/>
     <w:rsid w:val="00302061"/>
     <w:rsid w:val="00304874"/>
     <w:rsid w:val="003069DA"/>
     <w:rsid w:val="00307A76"/>
     <w:rsid w:val="00312DD8"/>
     <w:rsid w:val="0031455E"/>
     <w:rsid w:val="00315A16"/>
     <w:rsid w:val="003163E6"/>
     <w:rsid w:val="00317053"/>
     <w:rsid w:val="0032109C"/>
     <w:rsid w:val="003217D3"/>
     <w:rsid w:val="00322B45"/>
     <w:rsid w:val="00323809"/>
     <w:rsid w:val="00323D41"/>
     <w:rsid w:val="00325414"/>
     <w:rsid w:val="00326C34"/>
     <w:rsid w:val="003302F1"/>
@@ -21550,65 +21514,67 @@
     <w:rsid w:val="008C1E99"/>
     <w:rsid w:val="008C4923"/>
     <w:rsid w:val="008C7040"/>
     <w:rsid w:val="008D0760"/>
     <w:rsid w:val="008D0ACB"/>
     <w:rsid w:val="008D7A8B"/>
     <w:rsid w:val="008E0085"/>
     <w:rsid w:val="008E0F71"/>
     <w:rsid w:val="008E1678"/>
     <w:rsid w:val="008E2AA6"/>
     <w:rsid w:val="008E311B"/>
     <w:rsid w:val="008E37F0"/>
     <w:rsid w:val="008E5936"/>
     <w:rsid w:val="008F46E7"/>
     <w:rsid w:val="008F638D"/>
     <w:rsid w:val="008F64CA"/>
     <w:rsid w:val="008F6F0B"/>
     <w:rsid w:val="008F7E4B"/>
     <w:rsid w:val="00906984"/>
     <w:rsid w:val="00907BA7"/>
     <w:rsid w:val="0091064E"/>
     <w:rsid w:val="00911FC5"/>
     <w:rsid w:val="009149FB"/>
     <w:rsid w:val="00915C85"/>
     <w:rsid w:val="00922344"/>
+    <w:rsid w:val="009226EE"/>
     <w:rsid w:val="00926539"/>
     <w:rsid w:val="00931A10"/>
     <w:rsid w:val="00931D90"/>
     <w:rsid w:val="00933709"/>
     <w:rsid w:val="009344CA"/>
     <w:rsid w:val="00941414"/>
     <w:rsid w:val="00945A6D"/>
     <w:rsid w:val="00946583"/>
     <w:rsid w:val="00946BF9"/>
     <w:rsid w:val="009473D4"/>
     <w:rsid w:val="00947967"/>
     <w:rsid w:val="00955201"/>
     <w:rsid w:val="009648C3"/>
     <w:rsid w:val="00965200"/>
     <w:rsid w:val="009668B3"/>
+    <w:rsid w:val="009676F2"/>
     <w:rsid w:val="0097015E"/>
     <w:rsid w:val="00971471"/>
     <w:rsid w:val="00974499"/>
     <w:rsid w:val="00981BB5"/>
     <w:rsid w:val="00982EB2"/>
     <w:rsid w:val="00983D3D"/>
     <w:rsid w:val="00984178"/>
     <w:rsid w:val="0098421E"/>
     <w:rsid w:val="009849C2"/>
     <w:rsid w:val="00984D24"/>
     <w:rsid w:val="009858EB"/>
     <w:rsid w:val="0099053F"/>
     <w:rsid w:val="00992E4A"/>
     <w:rsid w:val="00992ED5"/>
     <w:rsid w:val="00997BE2"/>
     <w:rsid w:val="009A3F47"/>
     <w:rsid w:val="009A7324"/>
     <w:rsid w:val="009B0046"/>
     <w:rsid w:val="009B4F99"/>
     <w:rsid w:val="009C1440"/>
     <w:rsid w:val="009C2107"/>
     <w:rsid w:val="009C2E8F"/>
     <w:rsid w:val="009C2EBB"/>
     <w:rsid w:val="009C384C"/>
     <w:rsid w:val="009C5D9E"/>
@@ -23988,54 +23954,54 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55C7EC9C-E18B-42BA-81F2-1CF75A92FADB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>2404</Words>
-  <Characters>13704</Characters>
+  <Words>2407</Words>
+  <Characters>13723</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>114</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16076</CharactersWithSpaces>
+  <CharactersWithSpaces>16098</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>