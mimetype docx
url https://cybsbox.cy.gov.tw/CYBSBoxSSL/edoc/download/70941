--- v0 (2025-10-16)
+++ v1 (2026-01-23)
@@ -3,87 +3,87 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00D75644" w:rsidRPr="00080040" w:rsidRDefault="0025106C" w:rsidP="00F37D7B">
+    <w:p w14:paraId="503CA764" w14:textId="77777777" w:rsidR="00D75644" w:rsidRPr="00080040" w:rsidRDefault="0025106C" w:rsidP="00F37D7B">
       <w:pPr>
         <w:pStyle w:val="af5"/>
       </w:pPr>
       <w:r w:rsidRPr="00080040">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>糾正案文</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25849" w:rsidRDefault="0025106C" w:rsidP="00F231DC">
+    <w:p w14:paraId="41EE8B5C" w14:textId="77777777" w:rsidR="00E25849" w:rsidRDefault="0025106C" w:rsidP="00F231DC">
       <w:pPr>
         <w:pStyle w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>被糾正機關：</w:t>
       </w:r>
       <w:r w:rsidR="005F70B2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>桃園市政府</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25849" w:rsidRPr="00A80AF2" w:rsidRDefault="0025106C" w:rsidP="005F70B2">
+    <w:p w14:paraId="77650EB4" w14:textId="77777777" w:rsidR="00E25849" w:rsidRPr="00A80AF2" w:rsidRDefault="0025106C" w:rsidP="005F70B2">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>案　　　由：</w:t>
       </w:r>
       <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>桃園市政府未依政府採購法、行政院公共工程委員會</w:t>
       </w:r>
       <w:r w:rsidR="00A80AF2" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>（下稱工程會）</w:t>
@@ -108,160 +108,201 @@
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>(下稱桃園市</w:t>
       </w:r>
       <w:r w:rsidR="00A80AF2" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>新工處</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A80AF2" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>卻未審慎規劃量體規模，亦未依市場行情覈實編列本案發包預算，致招標預算不足而兩度流標。該處復未檢視招標</w:t>
+        <w:t>卻未審慎規劃量體規模，亦未依市場行情</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>文件漏項及</w:t>
+        <w:t>覈</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>評估營建物價上漲風險，逕在原設計材料、工法不變原則下連辦2次減項發包。嗣後又為取得使用執照，需另案編列</w:t>
+        <w:t>實編列本案發包預算，致招標預算不足而兩度流標。該處復未檢視招標</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>文件漏項及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>評估營建物價上漲風險，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>逕</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>在原設計材料、工法不變原則下連辦2次減項發包。嗣後又為取得使用執照，需另案編列</w:t>
       </w:r>
       <w:r w:rsidR="00A80AF2" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>新臺幣</w:t>
       </w:r>
       <w:r w:rsidR="00A80AF2" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>(下同</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A80AF2" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>20億6,646萬元費用發包追回減項及原</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>合約漏項</w:t>
+        <w:t>合約漏項等</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>等，計畫總經費大幅增加至58億2,245萬餘元，徒增施工界面複雜性及市府財政負擔，並推遲美術館計畫完工</w:t>
+        <w:t>，計畫總經費大幅增加至58億2,245萬餘元，徒增施工界面複雜性及市府財政負擔，並推遲美術館計畫完工</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>期程至115年7月11</w:t>
+        <w:t>期程至115年7月11日</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>日，較原預定完工期限113年1月29日延宕2年餘，</w:t>
+        <w:t>，較原預定完工期限113年1月29日延宕2年餘，</w:t>
       </w:r>
       <w:r w:rsidR="00A80AF2" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>核</w:t>
       </w:r>
       <w:r w:rsidR="00CE2BC8" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>有違失，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008B4841" w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>爰依法提案糾正</w:t>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B4841" w:rsidRPr="00A80AF2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>依法提案糾正</w:t>
       </w:r>
       <w:r w:rsidRPr="00A80AF2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25849" w:rsidRDefault="00DB3135" w:rsidP="00DE42B9">
+    <w:p w14:paraId="7AF1F7C3" w14:textId="77777777" w:rsidR="00E25849" w:rsidRDefault="00DB3135" w:rsidP="00DE42B9">
       <w:pPr>
         <w:pStyle w:val="1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc524892370"/>
       <w:bookmarkStart w:id="1" w:name="_Toc524895640"/>
       <w:bookmarkStart w:id="2" w:name="_Toc524896186"/>
       <w:bookmarkStart w:id="3" w:name="_Toc524896216"/>
       <w:bookmarkStart w:id="4" w:name="_Toc524902722"/>
       <w:bookmarkStart w:id="5" w:name="_Toc525066141"/>
       <w:bookmarkStart w:id="6" w:name="_Toc525070831"/>
       <w:bookmarkStart w:id="7" w:name="_Toc525938371"/>
       <w:bookmarkStart w:id="8" w:name="_Toc525939219"/>
       <w:bookmarkStart w:id="9" w:name="_Toc525939724"/>
       <w:bookmarkStart w:id="10" w:name="_Toc529218258"/>
       <w:bookmarkStart w:id="11" w:name="_Toc529222681"/>
       <w:bookmarkStart w:id="12" w:name="_Toc529223103"/>
       <w:bookmarkStart w:id="13" w:name="_Toc529223854"/>
       <w:bookmarkStart w:id="14" w:name="_Toc529228250"/>
       <w:bookmarkStart w:id="15" w:name="_Toc2400386"/>
       <w:bookmarkStart w:id="16" w:name="_Toc4316181"/>
       <w:bookmarkStart w:id="17" w:name="_Toc4473322"/>
       <w:bookmarkStart w:id="18" w:name="_Toc69556889"/>
       <w:bookmarkStart w:id="19" w:name="_Toc69556938"/>
       <w:bookmarkStart w:id="20" w:name="_Toc69609812"/>
       <w:bookmarkStart w:id="21" w:name="_Toc70241808"/>
@@ -278,51 +319,51 @@
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w:rsidR="005F70B2" w:rsidRPr="00E21350" w:rsidRDefault="003A28F2" w:rsidP="005F70B2">
+    <w:p w14:paraId="2FBAF518" w14:textId="77777777" w:rsidR="005F70B2" w:rsidRPr="00E21350" w:rsidRDefault="003A28F2" w:rsidP="005F70B2">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:ind w:left="1021" w:firstLineChars="200" w:firstLine="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc25764361"/>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>桃園市政府未依政府採購法、行政院公共工程委員會解釋函規定，明知預算不足，卻勉強發包美術館工程。該工程公開閱覽時，即有廠商反映造價超出預算金額，桃園市新工處卻未審慎規劃量體規模，亦未依市場行情</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
@@ -330,71 +371,87 @@
         </w:rPr>
         <w:t>覈</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>實編列本案發包預算，致招標預算不足而兩度流標。該處復未檢視招標</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>文件漏項及</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>評估營建物價上漲風險，逕在原設計材料、工法不變原則下連辦</w:t>
-      </w:r>
+        <w:t>評估營建物價上漲風險，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>2</w:t>
-      </w:r>
+        <w:t>逕</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>次減項發包。嗣後又為取得使用執照，需另案編列</w:t>
+        <w:t>在原設計材料、工法不變原則下連辦</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A28F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>次減項發包。嗣後又為取得使用執照，需另案編列</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A28F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>億</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>6,646</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>萬元費用發包追回減項及原</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -462,57 +519,64 @@
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
+      <w:r w:rsidRPr="003A28F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>日，較原預定完工期限</w:t>
+        <w:t>，較原預定完工期限</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>113</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
@@ -527,51 +591,51 @@
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>日延宕</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="003A28F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>年餘，核有違失。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="325959EF" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>按</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB02D4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>工程會</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>解釋函</w:t>
@@ -611,241 +675,243 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB02D4">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>桃園市政府工程採購流標廢標後續處理原則（下稱流廢標後續處理原則）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>規定</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="28DBF2DA" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>工程會88年8月30日(88)</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>工程企字第8812328號</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>函示：政府採購法第22條第1項第1款所稱「重大改變者」，例如廠商資格的放寬、數量的明顯變更等，而如原採購依放寬或變更後之招標內容及條件招標，或不致於發生無廠商投標或無合格標之情形者。即意謂招標內容放寬或變更後，發生廠商投標或合格標者屬之。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="1900648C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>工程會96年12月7日</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>工程企字第09600498910號</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>函示說明二：「機關辦理採購，請依下列事項辦理：(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>一</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)工程招標案，投標廠商家數不足三家而流標，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidRPr="00393ABE">
-[...23 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00543D30">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>機關重行招標前應檢討流標或廢標之原因，其屬預算不足或設計浪費者，不宜勉強再行招標。</w:t>
+      </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>(二)如因受限於預算而有減項招標之需要，不應影響工程品質及功能需求。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="3F1E100C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB02D4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>文化部補助要點</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>第8點規定：「核定實施補助計畫，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00DB02D4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>縣市政府不得請求追加補助預算，如有追加預算者，其追加部分由縣市政府自行負擔。</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="7F5A773E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>流廢標後續處理原則</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="4C9D9263" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>第4條規定：「第一次公開招標結果未達法定廠商家數而流標時，機關應適時檢討流標原因，處理原則如下：(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>一</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -906,54 +972,68 @@
         </w:rPr>
         <w:t>7、預算金額及底價參考採購法第11條</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、第46條</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>規定，檢討研析近期市場行情及物價（原物料）漲跌幅、公共工程價格資料庫、營建物價期刊及類似案件單位造價，並考量地域性、特殊性或施工困難度等因素。」</w:t>
+        <w:t>規定，檢討</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>析近期市場行情及物價（原物料）漲跌幅、公共工程價格資料庫、營建物價期刊及類似案件單位造價，並考量地域性、特殊性或施工困難度等因素。」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00CE2BC8" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="5405CC63" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00CE2BC8" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>同原則第6條規定：「採購案流標、廢標後，機關除依前二點規定檢討結果外，得依下列規定辦理後續採購作業：…</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -967,56 +1047,58 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>招標文件經重大改變者，應依新案重新辦理第一次公開招標之規定辦理，不適用採購法第48條第2項之規定</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>即等標期不得予縮短，且本次招標仍受3家廠商之限制</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）…</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(三)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE2BC8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>依前款變更或補充招標文件結果，超出議會審定之預算額度時，其處置原則如下：1、先考量</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CE2BC8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>符合原標的</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CE2BC8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -1035,268 +1117,368 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CE2BC8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>（減體減量）。…</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CE2BC8">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CE2BC8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>」。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="7D7EC56E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>據桃園市審計處查核發現：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00C30F42" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="03691A81" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00C30F42" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>新工處辦理公12兒童美術館工程（下稱兒</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>美</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>館）於109年5月15日開標結果，因無廠商投標而流標後，該處即於同年（下同）5月27日</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>合併兒</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>美</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>館</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>及公13美術館本館，辦理美術館工程公開閱覽，嗣工務局於7月2日召集文化局、美術館、新工處、</w:t>
+        <w:t>及公13美術館本館，辦理美術館工程公開閱覽，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>嗣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>工務局於7月2日召集文化局、美術館、新工處、</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>專</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>案</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>管</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>理</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>及規劃設計等單位，參與美術館工程項目減項研商會議，依紀錄結論略以：招標說明會與會廠商反映發包工程費仍不足約3.5億至3.9億元；本案施工界面複雜，為避免不同施工廠商間工程銜接界面出現問題，並尊重原設計者設計理念，以原材料、工法不變前提下，請美術館後續逐年編列方式補足4億元預算等。減項後經9月14日第一次招標開標結果，仍因無廠商投標而流標，新工處再於9月18日召集專</w:t>
-[...23 lines deleted...]
-        <w:t>及規劃設計等單位，參與本工程流標檢討會議結論略</w:t>
+        <w:t>及規劃設計等單位，參與美術館工程項目減項</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>以</w:t>
+        <w:t>研</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>商會議，依紀錄結論略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：招標說明會與會廠商反映發包工程費仍不足約3.5億至3.9億元；本案施工界面複雜，為避免不同施工廠商間工程銜接界面出現問題，並尊重原設計者設計理念，以原材料、工法不變前提下，請美術館後續逐年編列方式補足4億元預算等。減項後經9月14日第一次招標開標結果，仍因無廠商投標而流標，新工處再於9月18日召集專</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>案</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>管</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>理</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>及規劃設計等單位，參與本工程流標檢討會議結論略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>：考量市場反應，本案擬減項約2.4億元，減價項目請設計單位整體考量。</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90FE5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>新工處既知美術館工程流標主因，係發包預算</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B90FE5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>未確依</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00B90FE5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>招標當時最新市場行情覈實編列</w:t>
+        <w:t>招標當時最新市場行情</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B90FE5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>覈</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B90FE5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>實編列</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，致預算不足，卻未依上開工程會96年12月7日函示，</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90FE5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>流標主因屬預算不足者，不宜勉強再行招標</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>且核與</w:t>
+        <w:t>且核與流</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>流廢標後續處理原則第四、(一)、7條規定，預算金額參考採購法第46條規定，檢討研析近期市場行情及物價（原物料）漲跌幅、營建物價期刊等因素之規定有間。</w:t>
+        <w:t>廢標後續處理原則第四、(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>)、7條規定，預算金額參考採購法第46條規定，檢討</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>析近期市場行情及物價（原物料）漲跌幅、營建物價期刊等因素之規定有間。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="722A7EFB" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:spacing w:afterLines="20" w:after="91"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>次查上開</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>109年7月2日及9月18日2次減項會議後，新工處逕以原設計材料、工法不變原則下，其第1次減項3億6,975萬餘元之項目計有公13之室內家具、指標系統、電梯、貨梯；第2次減項2億8,900萬餘元之項目計有機電工程（僅含配管配線與接地工程）、機電工程(消防)（僅含配管配線）、空調工程（僅含配管配線與消音箱）等，</w:t>
+        <w:t>109年7月2日及9月18日2次減項會議後，新工處</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>逕</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393ABE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>以原設計材料、工法不變原則下，其第1次減項3億6,975萬餘元之項目計有公13之室內家具、指標系統、電梯、貨梯；第2次減項2億8,900萬餘元之項目計有機電工程（僅含配管配線與接地工程）、機電工程(消防)（僅含配管配線）、空調工程（僅含配管配線與消音箱）等，</w:t>
       </w:r>
       <w:r w:rsidRPr="001710B2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>上開2次減項18項，合計6億5,875萬餘元</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，發包預算仍維持28億元，</w:t>
       </w:r>
       <w:r w:rsidRPr="000D4D4C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>減項及金額數量明顯變更，屬重大變更</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -1333,89 +1515,89 @@
       <w:r w:rsidRPr="000D4D4C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>另案辦理追回減項發包</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，始能符合原申</w:t>
       </w:r>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>請建造執照之建築及設備圖說，以取得使用執照，亦已推遲開館營運期程，核與</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>上開流廢</w:t>
+        <w:t>上開流廢標</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>標後續處理原則第六、(三)、1及2條規定，考量</w:t>
+        <w:t>後續處理原則第六、(三)、1及2條規定，考量</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>符合原標</w:t>
+        <w:t>符合原標的</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>的功能之條件下，使用較經濟性材料後預算仍不足，在不影響功能需求原則</w:t>
+        <w:t>功能之條件下，使用較經濟性材料後預算仍不足，在不影響功能需求原則</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>下減體</w:t>
+        <w:t>下減體減</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00393ABE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>減量；及工程會96年12月7日函示，如減項招標不應影響工程品質及功能需求等規定有間。</w:t>
+        <w:t>量；及工程會96年12月7日函示，如減項招標不應影響工程品質及功能需求等規定有間。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
+    <w:p w14:paraId="63566542" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:afterLines="20" w:after="91"/>
         <w:ind w:leftChars="300" w:left="1020"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00B703B4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>表1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B703B4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -1426,716 +1608,716 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5132" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1326"/>
         <w:gridCol w:w="2426"/>
         <w:gridCol w:w="2428"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1416"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="003101F0" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="003101F0" w14:paraId="079C1431" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="04777B68" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>減項次數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2677" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="76C603DE" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>減項項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="811" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="258F599B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>減項金額</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="076D4FD3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>發包預算</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="003101F0" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="003101F0" w14:paraId="47AA3784" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="09BF5AAB" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1338" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="0D0614D0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>公12兒童美術館</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="3D591600" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>公13美術館本館</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="811" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="1DADDECF" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="324978C0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="003101F0" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="003101F0" w14:paraId="32FB65EA" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="68208DA8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>第1次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1338" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="43E7438B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>地面層景觀工程、屋頂層景觀工程等2項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="1A16F959" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>屋頂景觀工程、磨石子地磚、地面層景觀工程、照明、室內家具、指標系統、電梯、貨梯、智慧建築、庫房特殊設備（浴塵室/低氧除蟲/低溫庫房）等10項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="811" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="7E689A9A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3億6,975萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="0E000CE5" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>28億元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="003101F0" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="003101F0" w14:paraId="0CBA43F7" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="1835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="718188BD" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>第2次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1338" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="1167A67C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>景觀工程（僅含喬木移植）1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="506AA535" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>建築工程（筏基以外之平頂工程）、機電工程(除消防外)（僅含配管配線與接地工程）、機電工程(消防)（僅含配管配線）、空調工程（僅含配管配線與消音箱）、景觀工程（僅含喬木移植費用）等5項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="811" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="2650CB01" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2億8,900萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="0488BCA9" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>28億元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="003101F0" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="003101F0" w14:paraId="08224554" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3408" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="60CE006B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>合計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="811" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="59F2F0B8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6億5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,875</w:t>
             </w:r>
             <w:r w:rsidRPr="00B703B4">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
+          <w:p w14:paraId="5809B99B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="00DA10E6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="25CA6F13" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00B703B4" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:afterLines="20" w:after="91"/>
         <w:ind w:leftChars="300" w:left="1020"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00745BF8">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>資料來源：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>審計部提供</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00C30F42" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="6213F149" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00C30F42" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B703B4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>另查新工處第2次招標於109年11月4日辦理以最有利標評選結果，由</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>宏</w:t>
       </w:r>
       <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -2158,92 +2340,92 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>上開流廢標</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00B703B4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>後續處理原則第六、(二)條規定，</w:t>
       </w:r>
       <w:r w:rsidRPr="00B703B4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>招標文件經重大改變者，應依新案重新辦理第1次公開招標辦理，不適用政府採購法第48條第1項等</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B703B4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>標期得</w:t>
+        <w:t>標期得予</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00B703B4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>予縮短之規定</w:t>
+        <w:t>縮短之規定</w:t>
       </w:r>
       <w:r w:rsidRPr="00B703B4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，衍生後續須</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>另案</w:t>
       </w:r>
       <w:r w:rsidRPr="00B703B4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>發包</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00B703B4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>辦理追回減項，造成施工界面複雜，及不同施工廠商間工程銜接界面等問題，降低日後施工效率、徒增施工及行政成本。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00C30F42" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="321C5F01" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00C30F42" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>又查行政院於108年10月31日核定美術館興建計畫總經費為30億7,064萬餘元，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>嗣</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -2284,190 +2466,218 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>量</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>2億2,030萬餘元）</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，追回減項之金額已逾原主契約28億元之50％，致</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>該處尚</w:t>
+        <w:t>該處尚難</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>難簽採政府採購法第22條</w:t>
-[...11 lines deleted...]
-        <w:t>第6款限制性招標規定辦理變更設計而需另案發包，漲幅占</w:t>
+        <w:t>簽</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>採</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>2年度中程資本支出計畫概況表所列計畫總經費37億5,599萬餘元</w:t>
+        <w:t>政府採購法第22條</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>第1項</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000856EC">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>第6款限制性招標規定辦理變更設計而需另案發包，漲幅占</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000856EC">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>112</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000856EC">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年度中程資本支出計畫概況表所列計畫總經費37億5,599萬餘元</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>之53.34％（20.0343億元÷37.5599億元）；又</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>各次減項</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>後計畫總經費分別增至47億6,276萬餘元（10.0677億元＋37.5599億元），及57億5,942萬餘元（20.0343億元+37.5599億元），</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>增幅占核</w:t>
+        <w:t>增幅占核定</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>定計畫總經費之87.56％</w:t>
+        <w:t>計畫總經費之87.56％</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。上述新工處編列發包預算未審慎考量減項後之營建物價指數上漲所產生之經費大幅增加，及流標後</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>未依流廢標</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>後續處理原則第四、1、(3)條規定，就材料設備及工項漏列、數量不足項目檢視招標文件之合理性，且依文化部補助要點第8點規定，追加預算地方自行負擔部分不得請求補助，致美術館須於113年及以後年度自籌財源以為因應，徒增市府財政負擔，並排擠其他工程預算，影響施政效能。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="057568E8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>有關</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2C83">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>審計處函報，本案</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009F2C83">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009F2C83">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>年度中程資本支出計畫概況表所編列計畫總經費37億5,599萬餘元，因營建物價指數上漲，原109年7、9月間2次減項合計6億5,875萬餘元，於110年10月22日及112年2月8日召開研商美術館整體預算籌措會議，經專管單位訪查市場行情及營建物價指數漲幅，分別增為10億677萬餘元，及20億343萬餘元（含原合約漏項漏列2億2,030萬餘元），致計畫總經費由上述37億5,599萬餘元，大幅增至57億5,942萬餘元</w:t>
+        <w:t>年度中程資本支出計畫概況表所編列計畫總經費37億5,599萬餘元，因營建物價指數上漲，原109年7、9月間2次減項合計6億5,875萬餘元，於110年10月22日及112年2月8日召開</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F2C83">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F2C83">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>商美術館整體預算籌措會議，經專管單位訪查市場行情及營建物價指數漲幅，分別增為10億677萬餘元，及20億343萬餘元（含原合約漏項漏列2億2,030萬餘元），致計畫總經費由上述37億5,599萬餘元，大幅增至57億5,942萬餘元</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>等情。據桃園市政府114年6月4日補充資料說明如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="044640F6" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00073814">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>行政院核定</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>本案</w:t>
       </w:r>
       <w:r w:rsidRPr="00073814">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>修正計畫總經費為30億7,064萬餘元，</w:t>
@@ -2513,360 +2723,376 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>明顯超過核定金額。</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>據復係經</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>111年4月28日市長主持之「本府新建工程處代辦工程</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>之物調</w:t>
+        <w:t>之物調款</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>款追加會議」核</w:t>
+        <w:t>追加會議」核</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>定，該會議結論如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="1636C515" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>本</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>市物調</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>款追加原則，優先使用各單位之工程剩餘款支應(非侷限於該案工程)；不足者，若屬中央補助案件，則依中央補助追加處理原則依比例向中央</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>申請物調款</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>補助；最後方使用市府中央統籌分配款支應。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="4E337472" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>請新工處再行針對各</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>案物調</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>款及補助款分配比例精算，由秘書長召開協調會議，金額確認後，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>各委</w:t>
+        <w:t>各委辦</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>辦機關辦理議會墊付作業，併同時發函向中央</w:t>
+        <w:t>機關辦理議會墊付作業，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>申請物調</w:t>
+        <w:t>併</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>款追加補助。</w:t>
+        <w:t>同時發函向中央</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>申請物調款</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>追加補助。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="27070DA3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>各單位自辦工程亦須檢討是否有需</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>追加物調款</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>部分，並循本追加原則辦理</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>…。</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="54A2DFFC" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>有關</w:t>
       </w:r>
       <w:r w:rsidRPr="00073814">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>109年間2次減項合計6億5,875萬餘元，到110年10月、112年2月8日，已分別暴增到10億678萬餘元及20億343萬餘元，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>其</w:t>
       </w:r>
       <w:r w:rsidRPr="00073814">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>原因</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>分析如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="0777A21D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>本案於109年7月2日第一次減項約3.75億元，109年9月18日</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>第二次減項</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>約2.75億元，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>共減</w:t>
+        <w:t>共減項</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>項金額約6.5億元，遂後於109年11</w:t>
+        <w:t>金額約6.5億元，遂後於109年11</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月4日由宏</w:t>
       </w:r>
       <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>營造股份有限公司決標。至110年4月19</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日設計單位提送預算編列與工程發包</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>前二次減項</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>金額差異說明，又於110年10月22日再次提送全案預算明細表，其中發包工程費由6.5億元調整至8.82億元(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>詳</w:t>
+        <w:t>詳表</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>表</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>)。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
+    <w:p w14:paraId="1392E4AA" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:beforeLines="50" w:before="228" w:afterLines="20" w:after="91"/>
         <w:ind w:left="1701"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>表</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -2879,337 +3105,337 @@
         <w:t xml:space="preserve">表 </w:t>
       </w:r>
       <w:r w:rsidRPr="007F0312">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>單位：元</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="63"/>
         <w:tblW w:w="7962" w:type="dxa"/>
         <w:tblInd w:w="680" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1565"/>
         <w:gridCol w:w="2132"/>
         <w:gridCol w:w="2132"/>
         <w:gridCol w:w="2133"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w14:paraId="5F1E658A" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="055B1518" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>提送日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="1244EA33" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>109年09月18日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="78D96E01" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>110年04月19日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="485E2781" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>110年10月22日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w14:paraId="11D03B9B" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="2C2A4BA1" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>直接費用(A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="6DA439ED" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>608,805,576</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="504F1C27" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>677,614,302</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="05F7E31B" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="771" w:hanging="771"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>741,828,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w14:paraId="17F7B016" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="7C8B7702" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>間接費用(B)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="0D616F6E" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
@@ -3221,622 +3447,624 @@
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>管費、職安費</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>、BIM、</w:t>
             </w:r>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>包商管理費、包商利潤、稅捐等</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="6DFC916B" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>40,896,154</w:t>
             </w:r>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="0D63BA7F" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>127,853,553</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="45F66118" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="771" w:hanging="771"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>139,969,611</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w14:paraId="48839E4B" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="142AF1B8" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>發包工程費</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="4E87DC63" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(A+B)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="4D1E92D0" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="771" w:hanging="771"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>649,701,730</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="28F30F07" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>805,467,855</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="0F9454BD" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="771" w:hanging="771"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>881,798,111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w14:paraId="26382BB4" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="7C5C6F98" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>其他費用(C)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="01321DF2" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>空污費、設計監造服務費、專管服務費、公共藝術費、工管費；未編列工程準備金及物調預備費</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="7AB38CF9" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>104,028,855</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="55343846" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>114,715,152</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="4F5FB88F" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>124,982,542</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="00F158F3" w:rsidRPr="00F158F3" w14:paraId="537C2902" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="53F1657E" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>追回減項所需工程總經費(A+B+C)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="6ECF6917" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="771" w:hanging="771"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>753,730,585</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="25FF7ACA" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="770" w:hanging="770"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>920,183,007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
+          <w:p w14:paraId="55164C5B" w14:textId="77777777" w:rsidR="00F158F3" w:rsidRPr="00F158F3" w:rsidRDefault="00F158F3" w:rsidP="00F158F3">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="771" w:hanging="771"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F158F3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1,006,780,653</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="5D3E056C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:afterLines="20" w:after="91"/>
         <w:ind w:leftChars="300" w:left="1020"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>資料來源：桃園市</w:t>
       </w:r>
@@ -3846,100 +4074,100 @@
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>新工處</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C83">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>114年6月4日</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>補充資料</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="2F62D5F4" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>其中針對109年至110年劇烈漲幅之金屬、機電及總指數進行比較，設計單位所提工程造價漲幅趨近營建物價指數漲幅，且</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>營建物價指數普遍較市場行情為低</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>詳表</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
+    <w:p w14:paraId="7DB6C3AF" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:beforeLines="50" w:before="228" w:afterLines="20" w:after="91"/>
         <w:ind w:left="2041"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>表3 109至110年</w:t>
       </w:r>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>營建物價</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC2A41">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -3952,2682 +4180,2676 @@
         <w:t>表</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="73"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="421"/>
         <w:gridCol w:w="1281"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="457"/>
         <w:gridCol w:w="1245"/>
         <w:gridCol w:w="1245"/>
         <w:gridCol w:w="457"/>
         <w:gridCol w:w="1245"/>
         <w:gridCol w:w="1245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w14:paraId="2E844086" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2866" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="677E0CCE" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>109年7月</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="69BE1AF7" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>110年4月</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="3D1D77A8" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>110年10月</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w14:paraId="5A833D15" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="22AC1C03" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>指數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="3FBB75EF" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>金額(元</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="15A8194F" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>指數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="6CDFAA1D" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>金額(元</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="5B8E0023" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>指數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="71A8243D" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>金額(元</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w14:paraId="2F0B4D09" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="409"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="77CB3175" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>金屬</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="493545BF" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>114.98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="1BC18E20" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.44E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="6B761E04" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>金屬</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="2D6A68BB" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>142.19</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="6640895A" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>27.21)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="54E21D1B" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.83E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="018385BB" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0.39E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="2DAE0025" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>金屬</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="0748618A" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>161.66</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="7ED29ECB" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>19.47)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="7122C805" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2.19E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="5E604A32" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0.36E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w14:paraId="0255598C" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="409"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="5F97292F" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>機電</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="4513E4E3" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>106.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="2740B920" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2.88E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="790AC03C" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>機電</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="2C7DC62B" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>115.74</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="70282993" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9.73)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="4FCFD0F5" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3.16E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="729017D9" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0.28E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="1CEFDFAA" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>機電</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="39642BBD" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>123.92</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="52EEC73A" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8.18)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="2D5DE68B" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3.42E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="0662409C" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0.26E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w14:paraId="289F4CB3" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="409"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="1F58FE2B" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>總指數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="341B74D7" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>109.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="1C5E35F2" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.76E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="65485695" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>總指數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="232E91E2" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>118.49</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="4C9F5954" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9.01)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="1832B745" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.92E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="6CAD9E0B" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0.16E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="5B94ECE1" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>總指數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="7B504854" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>125.36</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="51F3C17D" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6.87)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="0F52C5BC" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2.05E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="7578714B" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0.13E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w14:paraId="57C5DA1A" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="409"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="024E2BA6" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="0BED30C3" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6.08E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="257457D3" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="7B59FFD9" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6.91E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="46B9205B" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0.83E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="471B104F" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="744D8AF3" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7.66E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="5DD88DD4" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0.75E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w14:paraId="234DB8E0" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="613"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="5C4CFA59" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>設計單位實際提報之直接費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="102D1F8C" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>約6.08E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="2E1FF0F6" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>設計單位實際提報之直接費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="1A6BE290" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>約</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6.78E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="37DF75F2" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0.7E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="12BC9145" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>設計單位實際提報之直接費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="671DBB10" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>約</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7.42E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="7A9E3B16" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0.64E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w14:paraId="29FD886A" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="538"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="77BA22D8" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>間接費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="3AD79E86" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>約0.42E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="7CE93D70" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>間接費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="1AE6EBD3" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>約1.27E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="27F1B421" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>間接費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="7E980B7C" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>約1.4E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidTr="00DA10E6">
+      <w:tr w:rsidR="00156C98" w:rsidRPr="00156C98" w14:paraId="13E533F7" w14:textId="77777777" w:rsidTr="00DA10E6">
         <w:trPr>
           <w:trHeight w:val="409"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="7E67016D" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>發包工程費</w:t>
             </w:r>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>合計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
+          <w:p w14:paraId="50AEB845" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00DA10E6">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>約6.5E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="59E00AB4" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>發包工程費合計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="03077ADA" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>約8.05E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="5100C068" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>發包工程費合計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
+          <w:p w14:paraId="24E22D01" w14:textId="77777777" w:rsidR="00156C98" w:rsidRPr="00156C98" w:rsidRDefault="00156C98" w:rsidP="00156C98">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00156C98">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>約8.82E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="5B0751D6" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:leftChars="212" w:left="721"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>資料來源：桃園市</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>新工處</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C83">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>114年6月4日補充資料</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="42DB670B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>惟本案遲至112年更換市政團隊後方</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>重啟原發包</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>減項預算追回作業，110年至112年期間因</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>疫情</w:t>
+        <w:t>疫情及</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>及國際情勢影響，導致全球營建物價上漲劇</w:t>
+        <w:t>國際情勢影響，導致全球營建物價上漲劇</w:t>
       </w:r>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>烈，於112年4月設計單位重新訪價提出之發包工程費已達12億5,565萬餘元，經專管單位依</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>此</w:t>
       </w:r>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>發包工程費核算其他費用</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>1億6</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>463萬餘元，加總</w:t>
       </w:r>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>已達14億2,028萬餘元(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>詳</w:t>
+        <w:t>詳表</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>表</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>)。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00115F62" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
+    <w:p w14:paraId="760CE4D6" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00115F62" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:beforeLines="50" w:before="228" w:afterLines="20" w:after="91"/>
         <w:ind w:leftChars="212" w:left="721"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00115F62">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>表</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -6670,2605 +6892,2601 @@
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="007F0312">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>單位：元</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="afa"/>
         <w:tblW w:w="8296" w:type="dxa"/>
         <w:tblInd w:w="960" w:type="dxa"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="457"/>
         <w:gridCol w:w="1920"/>
         <w:gridCol w:w="1903"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="2031"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="7DE3FCC0" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="204"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2377" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="67B3EFC2" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="7D01D5CA" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>內容</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="4A73B14D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>110年</w:t>
             </w:r>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="5365A7D2" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>112年</w:t>
             </w:r>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="58F69768" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8296" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="2E644D4F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>壹、發包工程費(A+B)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="3C1072AF" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8296" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="071B441B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>第一次減項</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="1F60994A" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="5E0C8A39" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="221FA711" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)電梯、貨梯</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="33590268" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="78BE1157" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>23,978,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="2EAC3456" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>29,615,838</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="2A9EC33C" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="57E581C0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="1AAF82BC" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>兒美館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12)屋頂景觀工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="5A3733EC" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>植</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>草墊及澆灌</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>系統</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>等屬減</w:t>
+              <w:t>等屬減項</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>項內容，樹木移植屬本期工程</w:t>
+              <w:t>內容，樹木移植屬本期工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="12CFC578" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>23,500,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="47D7532D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>32,945,021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="5AFB3C46" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="27B49F21" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="57496FA8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>兒美館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12)地面景觀工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="374D627D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>舗面、植栽、照明等減項內容</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="2EC822D0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>24,300,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="4EEC5164" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>34,066,554</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="261DC970" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="73442630" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="1879FAB3" w14:textId="61BFA3F1" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>13) 屋頂景観工程</w:t>
+              <w:t>13) 屋頂景</w:t>
+            </w:r>
+            <w:r w:rsidR="00706BEE">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>觀</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004219DD">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="1A9350DD" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>植</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>草墊及澆灌系統屬減</w:t>
+              <w:t>草墊及澆灌系統屬減項</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>項內容</w:t>
+              <w:t>內容</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="2091EBBB" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>63,000,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="190D1650" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>88,320,695</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="4254AB2C" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="5FC5A760" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3CB2F7F9" w14:textId="5EC03FA1" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>(主館公13)地面層景</w:t>
+            </w:r>
+            <w:r w:rsidR="00706BEE">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>觀</w:t>
+            </w:r>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>主館公</w:t>
-[...29 lines deleted...]
-              <w:t>景観工程</w:t>
+              <w:t>工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="38DFED17" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>舗面、植栽、照明等屬後擴工程，樹木移植屬本期工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="019758D6" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>39,000,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="2637B62D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>58,674,716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="243C5E38" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="45379F9F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="01F376D3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)地面層交通改善設施工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="74222AE1" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>交通影響評估規定</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="5DD3FCB7" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2,400,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="2892D684" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3,364,598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="33508FD4" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3AF76322" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3FA2F28F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)磨石子地磚</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="69401E4E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>室內地坪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="5BD785AE" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>41,050,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="76303AE6" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>57,548,643</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="39F8E8B4" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="34AA7EAD" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="0BCA7157" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)智慧建築</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="706ADCD0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="4EA5F8F8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>37,300,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="504D2107" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>52,340,932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="6A8C27C8" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="1D040F18" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3FC3CD0E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)照明</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="559E7AE9" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>電力配管</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>配線屬機電</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>工程，照明訊號</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>配線屬照</w:t>
+              <w:t>配線屬照明</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>明工程，二者皆屬本期工程；減項內容為設備、燈具等</w:t>
+              <w:t>工程，二者皆屬本期工程；減項內容為設備、燈具等</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3BDE1AE8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>66,100,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="52BAFD16" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>92,666,634</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="6A347E7A" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="1DDF07FD" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="104230B5" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)室內家具</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="56534148" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="52FC4378" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>25,400,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="32B5240B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>35,608,661</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="13276C20" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="7AE50F45" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="4087BB0F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)指標系統</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="322004FE" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="116C5640" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16,400,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="04357DCA" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>22,991,419</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="0F952BF8" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="6A6BD4E0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="45D279A1" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)庫房特殊設備</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3690F0AD" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>浴塵室</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>低氧</w:t>
+              <w:t>低氧除</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>除蟲/低溫庫房</w:t>
+              <w:t>蟲/低溫庫房</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="716DF8DB" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21,400,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="22F0EBDC" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30,000,998</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="55DA53FA" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8296" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="68C482C9" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>第二次減項</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="722157C7" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="303"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="33D47A6F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="7969BB47" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001D3B14">
               <w:rPr>
@@ -9285,2707 +9503,2707 @@
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)機電工程(消防)(含逃生指標</w:t>
             </w:r>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="68429385" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>本期工程</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>僅含配</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>管配線</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="5D22318D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>53,200,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="03D3DF12" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>74,581,920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="7D6899C2" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="04316DE0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="7750D229" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)機電工程(除消防外)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="729B5A0A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>本期工程</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>僅含配</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>管配線與接地工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="4CDA283E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>99,300,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="6846C10A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>139,210,238</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="3DF44A2E" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="30DFB4B8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="1124B975" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)建築工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="48EB8356" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>減項</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>內容為筏基</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>以外之平頂工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="0E1A5F2D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>112,000,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="24C1E82A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>157,014,568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="5F8D37B5" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="5FCEA605" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="15C3E975" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主館公</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13)空調工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="17DFE69A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>本期工程</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>僅含配</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>管配線與消音箱</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="039E6529" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>93,500,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="6E9B86BF" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>131,079,126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="57D861CC" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="479F115E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3C6A0B3B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="4B3DA63B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>直接費用 (A)  小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="005B6A33" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="171F106F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="005B6A33" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6A33">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>741,828,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="005B6A33" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="1DC6347D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="005B6A33" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6A33">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1,040,030,561</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="27CE6773" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="232CA667" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="02F8885A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="13938A63" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>間接費用 (B)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="005B6A33" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="1E30B975" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="005B6A33" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6A33">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>139,969,611</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="005B6A33" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="4E477E8B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="005B6A33" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6A33">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>215,621,570</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="025F2F72" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="34636F29" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>發包工程費(A+B)  小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="65AC3D34" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>881,798,111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="1BB4CE68" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1,255,652,131 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="53D3054D" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="18ABDCB7" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="143F2A15" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>空氣汙染防制費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="563E2AB0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C值*0.28%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="29F89195" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2,469,035</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3FF5CD55" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3,515,826</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="3CCF25A3" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="617F497D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="6B333D8A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>外管線補助費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="27CCBE03" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>依個案估算</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="74A23BB3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="0ED92E3A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3,714,970</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="67A5C6FA" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="71E3AB63" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="4632F89D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>工程管理費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="2C787E6C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>依桃園縣政府所屬機關工程管理費及工作費支用要點</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="2596B17B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5,486,538</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="212370A9" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6,949,782</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="7225DF1E" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="5DCF5EE1" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="7777B374" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>設計監造費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="462C618D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>建造費10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="2FA7342B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>83,758,224</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3C891636" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>107,358,257</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="79EBA536" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="31ED895F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="00BBC494" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>專案管理費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3E7104AF" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>依契約規定</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="10CD79C8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>24,450,764</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="35C5A22F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30,538,675</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="645C2F7C" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="602DF509" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="5E1E542D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>公共藝術</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="4C90307E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C值*1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="52A12C10" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8,817,981</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="0C2436EF" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12,556,521</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="137C41E7" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="3F969EE2" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="105A2117" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>工程準備金</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="6CB432CA" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>另案討論</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="580D5B81" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>110年10月決議</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>不</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>編列，惟依本案工程經驗多有優化及配合現場零星變更之處，建議編列相關預算，以免後續無相關預備金可支應。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="1F67E769" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="20F8ECD3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="08A20D15" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>物價調整款</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="4BDC9B78" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004219DD">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>另案逐年編列</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="69453750" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="503C1030" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="70255778" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C24C77">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>其他費用(C)   小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="63999CDD" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C24C77">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>124,982,542</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="1723B74F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C24C77">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">164,634,031 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="004219DD" w14:paraId="09E54EAF" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="2B45EE03" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C24C77">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>工程總經費(A+B+C)  合計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="34C8A422" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C24C77">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,006,780,653</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
+          <w:p w14:paraId="104D8B4A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00C24C77" w:rsidRDefault="003A28F2" w:rsidP="007E55A4">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C24C77">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1,420,286,162 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="3D0836E9" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:leftChars="212" w:left="721"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>資料來源：桃園市</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>新工處</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C83">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>114年6月4日補充資料</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="7F2F7057" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>其中相較於110年10月針對追回減項所推估之發包工程費約8.82億元，其中直接費用約為7.42億元；依目前市場行情推估直接費用約為10.4億元，即直接工程費用提升約2.98億元(10.4億-7.42億)、整體發包工程費(含間接費用)提升約3.74億元(12.56億-8.82億)，其原因說明如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="59F5C8CB" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="6"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2094"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>本案要求之精度高且工法特殊，非臺灣常見施作方式，各工項有其</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>施作順序使工</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>率難以</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>提升，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>故工</w:t>
+        <w:t>故工班</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>班承接意願低。</w:t>
+        <w:t>承接意願低。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="4524F215" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="6"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2094"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
         <w:t>另設計工法複雜，須仰賴高度介面協調，各專業分包商經公12(兒童美術館)經驗後，多反映所需成本提高，致使整體直接工程成本提升。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="009569AF" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="3567DD68" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="009569AF" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="6"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2094"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>原減項之工項多屬機電設備及室內裝修部分，營建市場物價仍在漲幅階段，自110年10月至112年4月，營建物價總指數上揚約6.04</w:t>
       </w:r>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-4"/>
@@ -12005,1373 +12223,1434 @@
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>詳表</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>5）</w:t>
-      </w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009569AF">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
+    <w:p w14:paraId="6CA5A716" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
       <w:pPr>
         <w:pStyle w:val="6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:beforeLines="50" w:before="228" w:afterLines="20" w:after="91"/>
         <w:ind w:leftChars="500" w:left="1701"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">表5 </w:t>
       </w:r>
       <w:r w:rsidRPr="005B6A33">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>110年10月至112年4月營建物價指數</w:t>
       </w:r>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>比較表</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="afa"/>
         <w:tblW w:w="7400" w:type="dxa"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1298"/>
         <w:gridCol w:w="1658"/>
         <w:gridCol w:w="1298"/>
         <w:gridCol w:w="1270"/>
         <w:gridCol w:w="1876"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w:rsidTr="00FC3D35">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w14:paraId="08F1BF43" w14:textId="77777777" w:rsidTr="00FC3D35">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2956" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="2A07DBB3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>110年10月</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4444" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="0A841A4D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>112年4月</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w:rsidTr="00FC3D35">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w14:paraId="4166FBBB" w14:textId="77777777" w:rsidTr="00FC3D35">
         <w:trPr>
           <w:trHeight w:val="183"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="3D432529" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>分類</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="53F57C19" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>金額(元</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2568" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="0BA69BA2" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>指數漲幅</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1876" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="11AD5372" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>金額/差異(元</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w:rsidTr="00FC3D35">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w14:paraId="335C5ADA" w14:textId="77777777" w:rsidTr="00FC3D35">
         <w:trPr>
           <w:trHeight w:val="174"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="26D3FB11" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>金屬</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="2D53959E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.19E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="7A9F8B16" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>金屬</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="55A7D024" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-2.54%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1876" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="21E8C661" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.13E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="7A0F2DC8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F2"/>
             </w:r>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0.06E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w:rsidTr="00FC3D35">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w14:paraId="6F75461D" w14:textId="77777777" w:rsidTr="00FC3D35">
         <w:trPr>
           <w:trHeight w:val="70"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="79162725" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>機電</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="61E8C15B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3.42E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="394EB745" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>機電</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="1BD9AB89" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11.13%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1876" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="0896559A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3.8E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="0A5EBC95" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0.38E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w:rsidTr="00FC3D35">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w14:paraId="163FBCCD" w14:textId="77777777" w:rsidTr="00FC3D35">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="010FCA43" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>總指數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="55CF2C67" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.05E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="07E750E0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>總指數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="50165E11" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6.04%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1876" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="052390F7" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.18E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="407CFE97" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0.13E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w:rsidTr="00FC3D35">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00BE7690" w14:paraId="18E07199" w14:textId="77777777" w:rsidTr="00FC3D35">
         <w:trPr>
           <w:trHeight w:val="245"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="263AC510" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="37A6C051" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7.66E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2568" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="132CC489" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1876" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="377C7ED5" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8.11E</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
+          <w:p w14:paraId="3E1A7AA9" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FC3D35" w:rsidRDefault="003A28F2" w:rsidP="00FC3D35">
             <w:pPr>
               <w:pStyle w:val="afb"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0F1"/>
             </w:r>
             <w:r w:rsidRPr="00FC3D35">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0.45E)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="7572CA01" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:leftChars="406" w:left="1381"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1AB8">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>資料來源：桃園市</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>新工處</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C83">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="New Gulim" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>114年6月4日補充資料</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="009E1AB8" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="4FBC76E2" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="009E1AB8" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>除上述原減項發包之項目外，另</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>包含漏項漏</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>列費用(約1億6,999萬餘元)、配合本館及兒童美術館開館優化費用等文化局使用需求(約1億8</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>566萬餘元)、工程準備金(1億6,463萬餘元)、空橋(約1億6,703萬餘元)及其他因發包工程費調整增加之費用(如空汙費、外管線補助費、工程管理費、設計監造費、專案管理費、公共藝術費用等)，</w:t>
+        <w:t>566萬餘元)、工程準備金(1億6,463萬餘元)、空橋(約1億6,703萬餘元)及其他因發包工程費調整增加之費用(如空</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009569AF">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>汙</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009569AF">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>費、外管線補助費、工程管理費、設計監造費、專案管理費、公共藝術費用等)，</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED61D0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>最終核定追加預算</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>為</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED61D0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>20億6</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED61D0">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED61D0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>646萬餘元</w:t>
       </w:r>
       <w:r w:rsidRPr="009569AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="0C2992F2" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>另查據</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64FCB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>桃園市政府</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>聲復資</w:t>
+        <w:t>聲復資料</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>，有關追回減項之工項，將在符合原功能條件下，使用較經濟性材料，以撙節費用。有關未依市場行情</w:t>
+        <w:t>，有關追回減項之工項，將在符合原功能條件下，使用較經濟性材料，以</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>撙</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>節費用。有關未依市場行情</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>覈</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>實編列發包預算，招標文件</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>漏項，</w:t>
+        <w:t>漏項，逕</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>逕以原設計材料、工法不變原則下連辦2次減項發包，已影響工程品質及功能需求一節，係為</w:t>
+        <w:t>以原設計材料、工法不變原則下連辦2次減項發包，已影響工程品質及功能需求一節，係為</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6CD8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>招標時期逢covid-19疫情原物料大漲且未能預期</w:t>
-[...12 lines deleted...]
-        <w:t>招標</w:t>
+        <w:t>招標時期逢covid-19</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004B6CD8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>文件漏項編列</w:t>
+        <w:t>疫</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004B6CD8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>情原物料大漲且未能預期</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。另</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B6CD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>招標</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B6CD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>文件漏項編列</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B6CD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>，屬設計單位疏失，將依契約規定辦理扣罰</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。新工處另查復</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，依該府112年10月19日召開「桃園市立美術館新建工程」變更設計追加減工項及預算確認第3次會議結論1.有關材料替選部分，除室內</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>地磚以原材料</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>較為經濟之分割(45*45)方式取代原設計耗損較大(60*60)之方式外，其餘依據原設計進行，將約減省總造價2,568萬餘元。另有關就工程流標後未檢視招標</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>文件漏項合理</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>性，及評估營建物價上漲風險，逕以原設計材料、工法不變</w:t>
+        <w:t>性，及評估營建物價上漲風險，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>原則下減</w:t>
+        <w:t>逕</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>項發包一事，</w:t>
+        <w:t>以原設計材料、工法不變</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>原則下減項</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>發包一事，</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6CD8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>屬設計單位疏失，依契約規定辦理扣罰，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>經核算將</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6CD8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>扣罰650萬餘元</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
           <w:u w:val="single"/>
@@ -13389,392 +13668,496 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>前檢討，檢討完成後，續行勞務結算。</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>惟</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="31F71566" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>有關新工處所稱連辦2次減項發包，係因招標時期逢covid-19</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>疫</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>情影響原物料大漲且事先未能預期一節，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>查據桃園</w:t>
+        <w:t>查據桃園市</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>市審計處覆核意見：</w:t>
+        <w:t>審計處覆核意見：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="6EFCA878" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>依行政院主計總處統計資料顯示，營造工程物價總指數累計平均值，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>106</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年度（</w:t>
       </w:r>
       <w:r>
         <w:t>84.13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）至</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>10</w:t>
+        <w:t>108</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年度（</w:t>
       </w:r>
       <w:r>
         <w:t>88.88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）增加</w:t>
       </w:r>
       <w:r>
         <w:t>4.75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，每年度平均增加</w:t>
       </w:r>
       <w:r>
         <w:t>2.38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，及至</w:t>
       </w:r>
       <w:r>
         <w:t>109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>月疫情發生時該年度營造工程物</w:t>
+        <w:t>月</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>疫</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>情發生時該年度營造工程物</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>價總指數累計平均值為</w:t>
       </w:r>
       <w:r>
         <w:t>90.14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，亦僅較</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>10</w:t>
+        <w:t>108</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年度增加</w:t>
       </w:r>
       <w:r>
         <w:t>1.26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，至</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>11</w:t>
+        <w:t>110</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年度則較</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>10</w:t>
+        <w:t>109</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>9</w:t>
-[...5 lines deleted...]
-        <w:t>年度遽增</w:t>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年度</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>遽</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>增</w:t>
       </w:r>
       <w:r>
         <w:t>9.86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="006226A5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>顯見美術館工程於</w:t>
       </w:r>
       <w:r w:rsidRPr="006226A5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>109</w:t>
       </w:r>
       <w:r w:rsidRPr="006226A5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>年招、決標期間，疫情尚未影響原物料大漲</w:t>
+        <w:t>年招、決標期間，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006226A5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>疫</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006226A5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>情尚未影響原物料大漲</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00CE2BC8" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="6DD7E932" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00CE2BC8" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>另查新工處於109年5月15日辦理公12兒童美術館工程開標結果流標後，經工務局於7月2日召開減項</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>研</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>商會議結論略以：招標說明會與會廠商反映發包工程費仍不足約3.5億至3.9億元，請美術館後續逐年編列方式補足4億元預算等。</w:t>
+        <w:t>商會議結論略</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：招標說明會與會廠商反映發包工程費仍不足約3.5億至3.9億元，請美術館後續逐年編列方式補足4億元預算等。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>惟減項</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>後仍因無廠商投標而流標，新工處再於9月18日召開流標檢討會議結論略以：考量市場反映，本案擬減項約2.4億元，減價項目請設計單位整體考量。以上</w:t>
+        <w:t>後仍因無廠商投標而流標，新工處再於9月18日召開流標檢討會議結論略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：考量市場反映，本案擬減項約2.4億元，減價項目請設計單位整體考量。以上</w:t>
       </w:r>
       <w:r w:rsidRPr="006226A5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>新工處既知美術館工程流標主因</w:t>
       </w:r>
       <w:r w:rsidRPr="006226A5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，係發包預算</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006226A5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>未確依</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006226A5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>招標當時最新市場行情覈實編列</w:t>
+        <w:t>招標當時最新市場行情</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006226A5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>覈</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006226A5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>實編列</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，致預算不足，卻未依工程會96年12月7日函示，</w:t>
       </w:r>
       <w:r w:rsidRPr="006226A5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>流標主因屬預算不足者，不宜勉強再行招標</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>，且與107年11月13日「桃園市政府工程採購流標廢標後續處理原則」第四、(一)、</w:t>
+        <w:t>，且與107年11月13日「桃園市政府工程採購流標廢標後續處理原則」第四、(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>)、</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE2BC8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>7條規定，預算金額應參考採購法第46條規定，檢討研析近期市場行情及物價（原物料）漲跌幅、營建物價期刊等因素之規定有間。</w:t>
+        <w:t>7條規定，預算金額應參考採購法第46條規定，檢討</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE2BC8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE2BC8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>析近期市場行情及物價（原物料）漲跌幅、營建物價期刊等因素之規定有間。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="0F1A08B2" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Hlk194909883"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>市府明知</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3A9F">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>文化部補助要點規定：「核定實施補助計畫，…</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003A3A9F">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -13917,795 +14300,787 @@
       <w:r w:rsidRPr="00C14601">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>據桃園市</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>政府代表</w:t>
       </w:r>
       <w:r w:rsidRPr="00C14601">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>說明如下</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="74CC4CEF" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>文化部於109年8月</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「公共建設推動會報」暨「活化閒置公共設施推動會報」</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>109</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>9年度第7次會議中，說明「本案經費撥付情形，截至7月底執行數仍為0。109年底前如未能順利發包及</w:t>
+        <w:t>年度第7次會議中，說明「本案經費撥付情形，截至7月底執行數仍為0。109年底前如未能順利發包及</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>請領本案10</w:t>
+        <w:t>請領本案109</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>9年度補助經費，後續辦理經費保留亦有難度</w:t>
+        <w:t>年度補助經費，後續辦理經費保留亦有難度</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>…」故</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>」故</w:t>
       </w:r>
       <w:r w:rsidRPr="004304B7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>該府為避免補助款流失，辦理</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004304B7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>減項並</w:t>
+        <w:t>減項並於</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004304B7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>於文化部補助額度內辦理招標作業</w:t>
+        <w:t>文化部補助額度內辦理招標作業</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="5CB05679" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>本案歷經2次流標，檢討流標原因係工程造價、材料設備採購不易及施工困難度高之緣故，使得廠商投標意願薄弱，為使本案能儘速完成招標，於109年9月29日簽報市府同意減項發包。2次減項發包項目為：a.連結空橋。b.室內裝修。c.部分空調、消防、機電工程。d.景觀工程。其</w:t>
       </w:r>
       <w:r w:rsidRPr="004304B7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>減項結果，導致無法取得使用執照(如消防、景觀工程)，故後續須辦理另案招標追回減項</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>另案發包已於113年7月前，皆已發包完成，並於113年底開工。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="73F23E4A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>自張市長善政上任以來，已重申未來各項招標作業不得有不合理之後續擴充或減項情事。</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:t>有關</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日後</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:t>國際標案預算控管</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:t>精進作為如下</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="2F4C9106" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="6"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2094"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:t>勞務招標階段(國際競圖階段</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="27645BA3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>使用者須明確羅列使用需求及營運模式。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="501C487E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>明訂工程招標期程，並應將推估之物價漲幅納入預算規劃。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="6815E02A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>預估興建工程所需之總預算以及各階段之目標(里程碑等)和必要的建造費用。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="2A4595A8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>提列緊急準備金，以用於緊急事件或必要之工程變更。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="4A8B252C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>確認先期規劃之可行性。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="571DEC57" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:lastRenderedPageBreak/>
         <w:t>明訂契約金額上限並</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00907396">
         <w:t>明訂超上限</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00907396">
         <w:t>之罰則</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00CE2BC8" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="320099E7" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00CE2BC8" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE2BC8">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>明訂不得使用國外限定之技術工法或材料</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE2BC8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="5C1CF3A8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:t>過去履約績效做為評分重點之一</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:t>杜絕不良廠商</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="5DBC4B79" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="6"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2094"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>規劃</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:t>設計</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>階段</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="1BA839D3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:t>建立合理簡潔結構系統</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="1FBF1777" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>訂定</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:t>各階段設</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>計檢核</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:t>表</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="00F3F279" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:t>加強各重點項目之審查並落實外審機制</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="29A9AEF3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="6"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2094"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>工程</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:t>招標</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>階段</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="6DA97372" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00907396" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>落實訪價機制</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>編列符合市場行情之預算</w:t>
       </w:r>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="18BED996" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00907396">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>充分辦理相關說明會，聽取市場意見據以調整招標內容。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00E14D1C" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="6CAE006B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00E14D1C" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E14D1C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>有關本工程因大幅</w:t>
+        <w:t>有關本工程因大幅減項施作，致桃園市政府需自籌經費，另案編列20億6,64</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E14D1C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E14D1C">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>萬元費用以追回減項及原</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E14D1C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>減項施作</w:t>
+        <w:t>合約漏項等</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E14D1C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>，致桃園市政府需自籌經費，另案編列20億6,64</w:t>
-[...28 lines deleted...]
-        <w:t>等，據新工處補充說明如表6</w:t>
+        <w:t>，據新工處補充說明如表6</w:t>
       </w:r>
       <w:r w:rsidRPr="00E14D1C">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>、表7</w:t>
       </w:r>
       <w:r w:rsidRPr="00E14D1C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00BC0331" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
+    <w:p w14:paraId="6A52FA29" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00BC0331" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:beforeLines="20" w:before="91" w:afterLines="20" w:after="91"/>
         <w:ind w:left="1701"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>表6 專案管理廠商預估經費</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="afa"/>
         <w:tblW w:w="7692" w:type="dxa"/>
         <w:tblInd w:w="1234" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="888"/>
         <w:gridCol w:w="4252"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w14:paraId="239DF1C8" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="0C53E950" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="0A2A638E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>洽原廠商</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>總經費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="1739E8A0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>億</w:t>
             </w:r>
@@ -14722,109 +15097,109 @@
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>580</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w14:paraId="60559F58" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="7D514D36" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>A-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="330BFC5D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>機電相關(消防、空調、電力、照明、智慧建築等)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="6DDD5D6A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>億</w:t>
             </w:r>
@@ -14841,109 +15216,109 @@
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>177</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED61D0">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w14:paraId="610988CE" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="4FCEEC47" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>A-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="504B3C8E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>施工界面(磨石子地磚、天花、屋頂景觀等)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="715EE87A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>億</w:t>
             </w:r>
@@ -14960,117 +15335,117 @@
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>862</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w14:paraId="6B528F16" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="45D223AC" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>A-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="29AF5959" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>美術館</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>本館及兒美館優化工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="47037955" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>億</w:t>
             </w:r>
@@ -15087,111 +15462,111 @@
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>541</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED61D0">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w14:paraId="207BAD6A" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="59483DB2" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>A-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="4373B57F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>漏項漏量</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="4906AF30" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>億</w:t>
             </w:r>
@@ -15208,234 +15583,234 @@
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>999</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED61D0">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w14:paraId="31390833" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="43B88157" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="1846CB89" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>文化局另案自行採購</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="6EFB13F1" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>825</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED61D0">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w14:paraId="059DDA72" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="73FC6BE9" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="35C4AC40" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>另案</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>公</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>開招標</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="5510EE96" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>億</w:t>
             </w:r>
@@ -15452,117 +15827,117 @@
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>239</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED61D0">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w14:paraId="30C39181" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="13D1F4C0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>C-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="78A7191A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>指標系統、室內</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>家具、空橋等</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="3D7AF2DB" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>億</w:t>
             </w:r>
@@ -15579,109 +15954,109 @@
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>461</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED61D0">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w14:paraId="383191C9" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="59B1C273" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>C-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="137DA5A6" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>工程準備金</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="56488C0C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>億</w:t>
             </w:r>
@@ -15698,111 +16073,111 @@
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>778</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED61D0">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidTr="007E55A4">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="001E3537" w14:paraId="76B11C15" w14:textId="77777777" w:rsidTr="007E55A4">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="60B2954C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>總</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="3E16772D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="7EE6C8C5" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="001E3537" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3537">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>億</w:t>
             </w:r>
@@ -15828,2795 +16203,2788 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED61D0">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>萬餘元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00BC0331" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="038F4ED7" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00BC0331" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:afterLines="25" w:after="114"/>
         <w:ind w:leftChars="312" w:left="1061"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC0331">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>資料來源：桃園市新工處</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>114年5月7日</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC0331">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>補充資料</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00397D01" w:rsidRDefault="00397D01">
+    <w:p w14:paraId="2BD02F4D" w14:textId="77777777" w:rsidR="00397D01" w:rsidRDefault="00397D01">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial"/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
+    <w:p w14:paraId="6CB3625B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="00CE2BC8">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:afterLines="20" w:after="91"/>
         <w:ind w:left="1701"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>表7 桃園市政府目前已辦理之後續發包</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="afa"/>
         <w:tblW w:w="9950" w:type="dxa"/>
         <w:tblInd w:w="-572" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="1474"/>
         <w:gridCol w:w="737"/>
         <w:gridCol w:w="907"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1332"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidTr="00397D01">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w14:paraId="52217145" w14:textId="77777777" w:rsidTr="00397D01">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="38D11E8B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>工程名稱</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="498D7A1C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>預算金額</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(元</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="5392662D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>決標金額</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(元</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="3266BCAB" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>招標</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>方式</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="2A60AA50" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>決標</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>方式</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="59728FC2" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>得標</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>廠商</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="1B01F75F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>決標日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="357BAE96" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>完工日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1332" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="64E5775F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>備註</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidTr="00397D01">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w14:paraId="2AF400C2" w14:textId="77777777" w:rsidTr="00397D01">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="68034446" w14:textId="77777777" w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>第3次</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="605F13F5" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>變更設計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="3A8D98BD" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>178</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>896</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="6529525D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>178</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>886</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="7D49B377" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>限制性</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>招標</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="0F76DBD6" w14:textId="77777777" w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>有底價</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="5DDC611B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>最低標</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FB0516" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="6A8623C5" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FB0516" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB0516">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>宏</w:t>
             </w:r>
             <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>○</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB0516">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00FB0516">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>營造</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="37172A0A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13/2/6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="0EB48393" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15/7/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1332" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="3E284BE2" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>兒美館</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>優化及</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>漏項漏</w:t>
+              <w:t>漏項漏量</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w14:paraId="3D1D742A" w14:textId="77777777" w:rsidTr="00397D01">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCDDC47" w14:textId="77777777" w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>第4次</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D888CC7" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>變更設計</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8D60DF" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>723</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>399</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCA15CB" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>716</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>274</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB2CADC" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>限制性</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>招標</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="691D4A03" w14:textId="77777777" w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>有底價</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23AD4B1B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>最低標</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A270182" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FB0516" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>宏</w:t>
+            </w:r>
+            <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>○</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>營造</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5571A2A1" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13/4/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0378E27E" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15/7/11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F95B3BF" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>追回減項、施工界面等</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w14:paraId="06F1DABA" w14:textId="77777777" w:rsidTr="00397D01">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DFE3791" w14:textId="77777777" w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>第5次</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA67405" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>變更設計</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68BD9C16" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>602</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>876</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D19E1A4" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>584</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>607</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F22EC3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>限制性</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>招標</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F8D50C" w14:textId="77777777" w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>有底價</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A11D78C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>最低標</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0986D374" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FB0516" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>宏</w:t>
+            </w:r>
+            <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>○</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>營造</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="146AC875" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14/2/12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F98F6A3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15/7/11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3AA5A8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>兒美館</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>量</w:t>
+              <w:t>竣工與結算數量不符</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidTr="00397D01">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w14:paraId="6E3DE906" w14:textId="77777777" w:rsidTr="00397D01">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="0760C9FF" w14:textId="77777777" w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>第4次</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+              <w:t>第6次</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2731E67F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>變更設計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="40646C14" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>723</w:t>
+              <w:t>127</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>399</w:t>
+              <w:t>524</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>003</w:t>
+              <w:t>830</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="67932237" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>716</w:t>
+              <w:t>127</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>274</w:t>
+              <w:t>300</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>700</w:t>
+              <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="129487DA" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>限制性</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>招標</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="672C70F0" w14:textId="77777777" w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>有底價</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="2EF5909D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>最低標</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FB0516" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="1DB9A051" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FB0516" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB0516">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>宏</w:t>
             </w:r>
             <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>○</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB0516">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00FB0516">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>營造</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="75480FA0" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>13/4/25</w:t>
+              <w:t>14/4/30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="688C62E9" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15/7/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1332" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="6CBB7329" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>追回減項、施工界面等</w:t>
+              <w:t>機關需求</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidTr="00397D01">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w14:paraId="4A3E5C7E" w14:textId="77777777" w:rsidTr="00397D01">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="58217234" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>第5次</w:t>
-[...15 lines deleted...]
-              <w:t>變更設計</w:t>
+              <w:t>空橋工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="16272BCE" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>120</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>602</w:t>
+              <w:t>249</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>876</w:t>
+              <w:t>115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="77C83B6D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>120</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>584</w:t>
+              <w:t>249</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>607</w:t>
+              <w:t>115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="579CAA46" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>限制性</w:t>
+              <w:t>公開</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>招標</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="303D2C01" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>有底價</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+              <w:t>最有</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>利標</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CDDD68" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FB0516" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00685539">
-[...13 lines deleted...]
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FB0516" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>新</w:t>
+            </w:r>
+            <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>○</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>營造</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B3BDB7" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB0516">
-[...25 lines deleted...]
-              <w:t>營造</w:t>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13/6/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="4B81F4A4" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>14/2/12</w:t>
-[...2 lines deleted...]
-        </w:tc>
+              <w:t>15/7/11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53930547" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>另案公開招標</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w14:paraId="2A4E4E92" w14:textId="77777777" w:rsidTr="00397D01">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="556F3699" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>指標</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>、</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>家具及景觀</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="268E69D8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>230</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>585</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>370</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="407F4A47" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>230</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>585</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E515238" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>公開</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>招標</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CC12AC" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>最有</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>利標</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF532B6" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00FB0516" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>新</w:t>
+            </w:r>
+            <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>○</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB0516">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>營造</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA77557" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>13/7/8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4D62F3" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>15/7/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1332" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="46D9BDAC" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>兒美館</w:t>
-[...7 lines deleted...]
-              <w:t>竣工與結算數量不符</w:t>
+              <w:t>另案公開招標</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidTr="00397D01">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w14:paraId="1CAE5D2F" w14:textId="77777777" w:rsidTr="00397D01">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="1928FDC6" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00C86127" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
-                <w:sz w:val="20"/>
-[...23 lines deleted...]
-              <w:t>變更設計</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86127">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>文化局另案自行採購</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="549C5A63" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>127</w:t>
+              <w:t>68</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>524</w:t>
+              <w:t>250</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>830</w:t>
+              <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
-[...50 lines deleted...]
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="0D44706B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
-                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00397D01" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1599744B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
-                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0F164C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
-                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
-[...2 lines deleted...]
-              <w:t>最低標</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00FB0516" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="4CD72C2A" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB0516">
-[...25 lines deleted...]
-              <w:t>營造</w:t>
+            <w:r w:rsidRPr="00685539">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="75C616D4" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
-                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
-[...9 lines deleted...]
-              <w:t>14/4/30</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="4B66BF79" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
-                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCC538F" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
-                <w:rFonts w:hAnsi="標楷體"/>
-[...24 lines deleted...]
-              <w:t>機關需求</w:t>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>文化局另案自行採購</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidTr="00397D01">
-[...896 lines deleted...]
-      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidTr="00397D01">
+      <w:tr w:rsidR="003A28F2" w:rsidRPr="00685539" w14:paraId="002E446F" w14:textId="77777777" w:rsidTr="00397D01">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="68398B72" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>總</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="02A7772C" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -18624,405 +18992,402 @@
               </w:rPr>
               <w:t>454</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00685539">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>508,124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="6D9395E5" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="51EA53E6" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="25A18A14" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="413AEDD8" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="0CC34360" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="39FC6D6D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1332" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
+          <w:p w14:paraId="23FEC73D" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00685539" w:rsidRDefault="003A28F2" w:rsidP="00397D01">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="00BC0331" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="0A03FE90" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="00BC0331" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:afterLines="50" w:after="228"/>
         <w:ind w:leftChars="300" w:left="1020"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC0331">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>資料來源：桃園市新工處</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>114年5月7日</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC0331">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>補充資料</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="5649A28B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>有關</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C83">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>專</w:t>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="_GoBack"/>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>案管理廠商誠</w:t>
       </w:r>
       <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>工程顧問股份有限公司</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>下稱誠</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>公司或P</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>CM</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>對設計團隊</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:t>石</w:t>
       </w:r>
       <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:t>永建築師事務所及株式會社山</w:t>
       </w:r>
       <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FB0516">
-        <w:t>理顯設</w:t>
+        <w:t>理顯設計</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FB0516">
-        <w:t>計工場(</w:t>
+        <w:t>工場(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FB0516">
-        <w:t>下稱</w:t>
+        <w:t>下稱山</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00FB0516">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00546916" w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:t>工場)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0516">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>所提設計</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="001D5C83">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>預算大幅超出契約金額</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>一事</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C83">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，是否曾提出警告或建議</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，以及</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C83">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>其作為PCM，是否失職失能</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>等，據復：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRPr="004B235E" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="61ED9A9B" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRPr="004B235E" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>CM</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C83">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>於108年11月15日接獲設計單位細部設計書圖(第一版)時，因內容未檢附預算、詳細價目表、數量計算、規範等，於專管單位審查意見即有開列相關意見，惟</w:t>
       </w:r>
       <w:r w:rsidRPr="004B235E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>設計單位遲至108年12月30日方提供本案預算書，其發包工程費已達41億餘元。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="73512158" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>CM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>隨即召集設計團隊進行預算檢討及減價作業，並由P</w:t>
       </w:r>
       <w:r>
         <w:t>CM</w:t>
@@ -19067,51 +19432,51 @@
         <w:t>本案設計內容仍逾108年1月25日「桃園市立美術館設計內容及經費調整會議」決議之增加經費，</w:t>
       </w:r>
       <w:r w:rsidRPr="004B235E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>建議設計單位仍須調整設計內容</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，進行減價評估。109年2月4日市府詢問時，P</w:t>
       </w:r>
       <w:r>
         <w:t>CM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>說明本案雖經減價作業，預算仍逾核定經費28億元，並與新北市立美術館各工項金額及占比進行比較，建議設計單位仍須檢討設計並進行減價作業。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="0A792289" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004B235E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>本案公開閱覽時，即有廠商反映工程造價超出預算金額</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，P</w:t>
       </w:r>
       <w:r>
         <w:t>CM</w:t>
       </w:r>
       <w:r>
@@ -19129,99 +19494,93 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>提出建議，亦針對</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>外</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>牆惟</w:t>
+        <w:t>牆惟幕</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>幕系統</w:t>
+        <w:t>系統</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>遮陽板波浪造型</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>沖孔鋁</w:t>
+        <w:t>沖孔鋁板</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>沖孔矽酸鈣板</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -19229,193 +19588,193 @@
         <w:t>」</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>及</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>其他(包含隔間牆、景觀、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>金屬鋁沖孔天</w:t>
+        <w:t>金屬鋁沖孔天花</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>花及機電)</w:t>
+        <w:t>及機電)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>等項目，提出改變材質、工法、檢討廠牌等建議，</w:t>
       </w:r>
       <w:r w:rsidRPr="001630AC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>惟該建議未獲採納，決議由設計單位</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001630AC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>研議</w:t>
+        <w:t>研議本</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001630AC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>本案</w:t>
+        <w:t>案</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001630AC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>納入後擴擴</w:t>
+        <w:t>納入後擴擴充</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001630AC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>充項目</w:t>
+        <w:t>項目</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="642E9518" w14:textId="77777777" w:rsidR="003A28F2" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>爰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>本案於109年7月29日第一次公開招標，等標期間因廠商要求釋疑及市場反映整體預算仍有落差，由前工務局於109年8月17日招標及重要工項討論會議及同月27日機電、玻璃、植</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>草墊邀</w:t>
+        <w:t>草墊邀標</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>標討論會議時，P</w:t>
+        <w:t>討論會議時，P</w:t>
       </w:r>
       <w:r>
         <w:t>CM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>皆有提醒依目前營建市場多反映預算超額並提出更改工法及材質，以符預算等方式，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>惟</w:t>
       </w:r>
       <w:r w:rsidRPr="001630AC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>前市</w:t>
+        <w:t>前市府</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001630AC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>府因考量國外建築師設計原意，且更動幅度過大恐無法符合招標期程等因素，仍尊重設計團隊原設計，改以減項發包方式辦理</w:t>
+        <w:t>因考量國外建築師設計原意，且更動幅度過大恐無法符合招標期程等因素，仍尊重設計團隊原設計，改以減項發包方式辦理</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD4F82" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
+    <w:p w14:paraId="6A1AA3D1" w14:textId="77777777" w:rsidR="00DD4F82" w:rsidRDefault="003A28F2" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>綜上，</w:t>
       </w:r>
       <w:r w:rsidRPr="00543D30">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>桃園市政府未依政府採購法、行政院公共工程委員會解釋函規定</w:t>
       </w:r>
@@ -19498,55 +19857,63 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>性及評估營建物價上漲風險，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>實已</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>不宜勉強再行招標，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>竟</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B90FE5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>逕在原設計材料、工法不變原則下</w:t>
+        <w:t>逕</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B90FE5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>在原設計材料、工法不變原則下</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，連辦2次減項</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>發包，刪除</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>美術館本館之室內家具、指標系統、電梯、貨梯，機電工程(消防)、空調工程等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>嚴重</w:t>
       </w:r>
@@ -19558,75 +19925,75 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>基本服務</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>功能</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>的工項，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001710B2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>致需</w:t>
+        <w:t>致需另</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001710B2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>另案發包辦理追回減項及原</w:t>
+        <w:t>案發包辦理追回減項及原</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001710B2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>合約漏項</w:t>
+        <w:t>合約漏項等</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001710B2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>等，始能取得使用執照</w:t>
+        <w:t>，始能取得使用執照</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，衍生不同施工廠商間銜接界面降低施工效率，並推遲</w:t>
       </w:r>
       <w:r w:rsidRPr="00080FC4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>美術館計畫</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>營運期程</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>等缺失</w:t>
       </w:r>
@@ -19738,249 +20105,263 @@
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>245</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>萬餘元</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90FE5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，徒增施工界面複雜性及市府財政負擔，並推遲美術館計畫完工</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B90FE5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>期程至115年7月11</w:t>
+        <w:t>期程至115年7月11日</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00B90FE5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>日，較原預定完工期限113年1月29日延宕2年餘，核有</w:t>
+        <w:t>，較原預定完工期限113年1月29日延宕2年餘，核有</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>違</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90FE5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>失</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C61B63" w:rsidRPr="00D26525" w:rsidRDefault="00C61B63" w:rsidP="00DD4F82">
+    <w:p w14:paraId="1B0B6A8F" w14:textId="77777777" w:rsidR="00C61B63" w:rsidRPr="00D26525" w:rsidRDefault="00C61B63" w:rsidP="00DD4F82">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:ind w:left="1361"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00286B1B" w:rsidRDefault="00E25849" w:rsidP="00C86866">
+    <w:p w14:paraId="2003BD6D" w14:textId="77777777" w:rsidR="00286B1B" w:rsidRDefault="00E25849" w:rsidP="00C86866">
       <w:pPr>
         <w:pStyle w:val="12"/>
         <w:ind w:left="680" w:firstLine="680"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc524895641"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:id="48" w:name="_Toc529218269"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc524895641"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc524896187"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc524896217"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc525066142"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc4316182"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc4473323"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc69556890"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc69556939"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc69609813"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc70241809"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc524895646"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc524896192"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc524896222"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc524902729"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc525066145"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc525070836"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc525938376"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc525939224"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc525939729"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc529218269"/>
       <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="_Toc524902730"/>
       <w:bookmarkEnd w:id="38"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="_Toc524902730"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
-      <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidR="000512D1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>綜上所述，</w:t>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="_Hlk204586030"/>
+      <w:bookmarkStart w:id="49" w:name="_Hlk204586030"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>桃園市政府未依政府採購法、行政院公共工程委員會解釋函規定，明知預算不足，卻勉強發包美術館工程。該工程公開閱覽時，即有廠商反映造價超出預算金額，桃園市新工處卻未審慎規劃量體規模，亦未依市場行情</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>覈</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>實編列本案發包預算，致招標預算不足而兩度流標。該處復未檢視招標</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>文件漏項合理</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>性及評估營建物價上漲風險，實已不宜勉強再行招標，竟逕在原設計材料、工法不變原則下，連辦2次減項發包，刪除美術館本館之室內家具、指標系統、電梯、貨梯，機電工程(消防)、空調工程等嚴重影響品質及基本服務功能的工項，</w:t>
+        <w:t>性及評估營建物價上漲風險，實已不宜勉強再行招標，竟</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>致需</w:t>
+        <w:t>逕</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>另案發包辦理追回減項及原</w:t>
+        <w:t>在原設計材料、工法不變原則下，連辦2次減項發包，刪除美術館本館之室內家具、指標系統、電梯、貨梯，機電工程(消防)、空調工程等嚴重影響品質及基本服務功能的工項，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>合約漏項</w:t>
+        <w:t>致需另</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>等，始能取得使用執照，衍生不同施工廠商間銜接界面降低施工效率，明顯有違政府採購法第46條、流廢標後續處理原則等規定及工程會函示規定。嗣後又為取得使用執照，需另案編列20億6,646萬元費用發包追回減項及原</w:t>
+        <w:t>案發包辦理追回減項及原</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>合約漏項等</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>，計畫總經費大幅增加至58億2,245萬餘元，</w:t>
-[...11 lines deleted...]
-        <w:t>徒增施工界面複雜性及市府財政負擔，並推遲美術館計畫完工</w:t>
+        <w:t>，始能取得使用執照，衍生不同施工廠商間銜接界面降低施工效率，明顯有違政府採購法第46條、流廢標後續處理原則等規定及工程會函示規定。嗣後又為取得使用執照，需另案編列20億6,646萬元費用發包追回減項及原</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>期程至115年7月11</w:t>
+        <w:t>合約漏項等</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>日，較原預定完工期限113年1月29日延宕2年餘，核有違失。</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="50"/>
+        <w:t>，計畫總經費大幅增加至58億2,245萬餘元，</w:t>
+      </w:r>
+      <w:r w:rsidR="002752AA" w:rsidRPr="006C3B23">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>引來各界物議，</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>徒增施工界面複雜性及市府財政負擔，並推遲美術館計畫完工</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>期程至115年7月11日</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006C3B23" w:rsidRPr="006C3B23">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，較原預定完工期限113年1月29日延宕2年餘，核有違失。</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000512D1" w:rsidRPr="005F70B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
         <w:t>爰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000512D1" w:rsidRPr="005F70B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
         <w:t>依</w:t>
       </w:r>
       <w:r w:rsidR="001B48EB" w:rsidRPr="005F70B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>憲法第</w:t>
       </w:r>
       <w:r w:rsidR="001B48EB" w:rsidRPr="005F70B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:bCs/>
@@ -20026,155 +20407,163 @@
         </w:rPr>
         <w:t>條</w:t>
       </w:r>
       <w:r w:rsidR="00396EC5" w:rsidRPr="005F70B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidR="000512D1" w:rsidRPr="005F70B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
         <w:t>規定提案糾正，移送</w:t>
       </w:r>
       <w:r w:rsidR="005F70B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>行政院</w:t>
       </w:r>
       <w:r w:rsidR="000512D1" w:rsidRPr="005F70B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
-        <w:t>轉飭</w:t>
-      </w:r>
+        <w:t>轉</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000512D1" w:rsidRPr="005F70B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+        <w:t>飭</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005F70B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>桃園市政府</w:t>
       </w:r>
       <w:r w:rsidR="000512D1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>確實檢討改善</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000512D1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>見復</w:t>
       </w:r>
+      <w:r w:rsidR="00286B1B">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00286B1B">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00286B1B" w:rsidRDefault="00286B1B" w:rsidP="001E7A1F">
+    <w:p w14:paraId="4A86D165" w14:textId="77777777" w:rsidR="00286B1B" w:rsidRDefault="00286B1B" w:rsidP="001E7A1F">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:spacing w:beforeLines="150" w:before="685" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="_Toc524895649"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="53" w:name="_Toc524896225"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc524895649"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc524896195"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc524896225"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
-      <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidRPr="006D0935">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>提案委員：</w:t>
       </w:r>
       <w:r w:rsidR="001E7A1F">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>林盛豐</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E7A1F" w:rsidRPr="006D0935" w:rsidRDefault="001E7A1F" w:rsidP="001E7A1F">
+    <w:p w14:paraId="311BDE84" w14:textId="77777777" w:rsidR="001E7A1F" w:rsidRPr="006D0935" w:rsidRDefault="001E7A1F" w:rsidP="00F966A7">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
-        <w:ind w:leftChars="1750" w:left="5953"/>
+        <w:ind w:leftChars="1755" w:left="5970"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>浦忠成</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:p w:rsidR="00451E78" w:rsidRDefault="00451E78" w:rsidP="001E7A1F">
+    <w:bookmarkEnd w:id="48"/>
+    <w:p w14:paraId="15344B18" w14:textId="77777777" w:rsidR="00451E78" w:rsidRDefault="00451E78" w:rsidP="001E7A1F">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00451E78" w:rsidSect="00931A10">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="851" w:gutter="227"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="457" w:charSpace="4127"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0071">
@@ -20261,71 +20650,72 @@
   <wne:acds>
     <wne:acd wne:argValue="AgC1az2EI2oPXzAA" wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzUA" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzYA" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzcA" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzgA" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzkA" wne:acdName="acd9" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd10" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd11" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd12" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAUA" wne:acdName="acd13" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAYA" wne:acdName="acd14" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAcA" wne:acdName="acd15" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAgA" wne:acdName="acd16" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAkA" wne:acdName="acd17" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd18" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FD0F1F" w:rsidRDefault="00FD0F1F">
+    <w:p w14:paraId="3F1E09E6" w14:textId="77777777" w:rsidR="00332BB1" w:rsidRDefault="00332BB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FD0F1F" w:rsidRDefault="00FD0F1F">
+    <w:p w14:paraId="70845547" w14:textId="77777777" w:rsidR="00332BB1" w:rsidRDefault="00332BB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="標楷體">
+    <w:altName w:val="DF Kai Shu"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
@@ -20364,189 +20754,189 @@
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="New Gulim">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="7FD77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="007E55A4" w:rsidRDefault="007E55A4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2995BA5F" w14:textId="77777777" w:rsidR="007E55A4" w:rsidRDefault="007E55A4">
     <w:pPr>
       <w:pStyle w:val="af6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="ae"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ae"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ae"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ae"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ae"/>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ae"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="007E55A4" w:rsidRDefault="007E55A4">
+  <w:p w14:paraId="701B8EA6" w14:textId="77777777" w:rsidR="007E55A4" w:rsidRDefault="007E55A4">
     <w:pPr>
       <w:framePr w:wrap="auto" w:hAnchor="text" w:y="-955"/>
       <w:ind w:left="640" w:right="360" w:firstLine="448"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FD0F1F" w:rsidRDefault="00FD0F1F">
+    <w:p w14:paraId="6F0A8A58" w14:textId="77777777" w:rsidR="00332BB1" w:rsidRDefault="00332BB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FD0F1F" w:rsidRDefault="00FD0F1F">
+    <w:p w14:paraId="3F952522" w14:textId="77777777" w:rsidR="00332BB1" w:rsidRDefault="00332BB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="007E55A4" w:rsidRDefault="007E55A4" w:rsidP="00A80AF2">
+    <w:p w14:paraId="312F3FC2" w14:textId="77777777" w:rsidR="007E55A4" w:rsidRDefault="007E55A4" w:rsidP="00A80AF2">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:ind w:left="220" w:hangingChars="100" w:hanging="220"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F158F3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>政府採購法第11條規定：「主管機關應設立採購資訊中心，統一蒐集共通性商情及同等品分類之資訊，並建立工程價格資料庫，以供各機關採購預算編列及底價訂定之參考……」</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="007E55A4" w:rsidRPr="00F158F3" w:rsidRDefault="007E55A4" w:rsidP="00A80AF2">
+    <w:p w14:paraId="7CADB05E" w14:textId="77777777" w:rsidR="007E55A4" w:rsidRPr="00F158F3" w:rsidRDefault="007E55A4" w:rsidP="00A80AF2">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:ind w:left="220" w:hangingChars="100" w:hanging="220"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F158F3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>政府採購法第46條規定：「機關辦理採購，除本法另有規定外，應訂定底價。底價應依圖說、規範、契約並考量</w:t>
       </w:r>
       <w:r w:rsidRPr="00F158F3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>成本、市場行情</w:t>
       </w:r>
       <w:r w:rsidRPr="00F158F3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>及政府機關決標資料逐項編列……」</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="007E55A4" w:rsidRDefault="007E55A4" w:rsidP="003A28F2">
+    <w:p w14:paraId="2E53FD83" w14:textId="77777777" w:rsidR="007E55A4" w:rsidRDefault="007E55A4" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:ind w:left="1361" w:hanging="1361"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>57.5942-30.7064</w:t>
       </w:r>
@@ -20567,157 +20957,149 @@
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>30.7064</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>87.56</w:t>
       </w:r>
       <w:r w:rsidRPr="000856EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>％</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="007E55A4" w:rsidRPr="009E1AB8" w:rsidRDefault="007E55A4" w:rsidP="00F158F3">
+    <w:p w14:paraId="67314BB3" w14:textId="77777777" w:rsidR="007E55A4" w:rsidRPr="009E1AB8" w:rsidRDefault="007E55A4" w:rsidP="00F158F3">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:ind w:left="1361" w:hanging="1361"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F158F3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>第二次減項未編列間接費用</w:t>
-[...6 lines deleted...]
-        <w:t>。</w:t>
+        <w:t>第二次減項未編列間接費用。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w:rsidR="007E55A4" w:rsidRDefault="007E55A4" w:rsidP="003A28F2">
+    <w:p w14:paraId="69320C4F" w14:textId="77777777" w:rsidR="007E55A4" w:rsidRDefault="007E55A4" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:ind w:left="1361" w:hanging="1361"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3D35">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>112年10月26日府文會字第1120294813號函。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w:rsidR="007E55A4" w:rsidRDefault="007E55A4" w:rsidP="003A28F2">
+    <w:p w14:paraId="400F1D53" w14:textId="77777777" w:rsidR="007E55A4" w:rsidRDefault="007E55A4" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:ind w:left="1361" w:hanging="1361"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3D35">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>113年4月29日桃工新土字第1130017328號函。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w:rsidR="007E55A4" w:rsidRPr="00FC3D35" w:rsidRDefault="007E55A4" w:rsidP="003A28F2">
+    <w:p w14:paraId="1EE4BED7" w14:textId="77777777" w:rsidR="007E55A4" w:rsidRPr="00FC3D35" w:rsidRDefault="007E55A4" w:rsidP="003A28F2">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:ind w:left="220" w:hangingChars="100" w:hanging="220"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="aff0"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3D35">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>依約詢書面資料，經本案專案管理廠商核算，設計單位漏項漏量之懲罰性違約金為645萬9,836元。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="081F43FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58C275BC"/>
     <w:lvl w:ilvl="0" w:tplc="74685D60">
       <w:start w:val="1"/>
       <w:numFmt w:val="taiwaneseCountingThousand"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="附圖%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="695" w:hanging="695"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hint="eastAsia"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -22632,287 +23014,287 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3850" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4330" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1631981793">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1524325798">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="522672854">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="330908712">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1229877582">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1755009709">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1314720386">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="717172557">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1771661042">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="996499856">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="458887035">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="842666007">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="102968234">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="582691358">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1015032182">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1183545357">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1563561179">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2133937426">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="466507389">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2086488538">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="24210082">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1761294540">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1261796883">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="68116323">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="923412359">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="925305207">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="63528776">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1869099056">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="152572941">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="150294280">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1607931934">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1087265810">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1470394347">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="358243898">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="656611016">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1675448622">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1316716535">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="7"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="290744186">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="20210208">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1409230390">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1968505891">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1014040955">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1834376182">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="414324724">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="70"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:mirrorMargins/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:drawingGridHorizontalSpacing w:val="170"/>
   <w:drawingGridVerticalSpacing w:val="457"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A302B2"/>
@@ -22982,66 +23364,68 @@
     <w:rsid w:val="00200007"/>
     <w:rsid w:val="002030A5"/>
     <w:rsid w:val="00203131"/>
     <w:rsid w:val="00212E88"/>
     <w:rsid w:val="00213C9C"/>
     <w:rsid w:val="0022009E"/>
     <w:rsid w:val="0022425C"/>
     <w:rsid w:val="002246DE"/>
     <w:rsid w:val="002421B5"/>
     <w:rsid w:val="0025106C"/>
     <w:rsid w:val="00252BC4"/>
     <w:rsid w:val="00254014"/>
     <w:rsid w:val="0026504D"/>
     <w:rsid w:val="00273A2F"/>
     <w:rsid w:val="002752AA"/>
     <w:rsid w:val="00280986"/>
     <w:rsid w:val="00281ECE"/>
     <w:rsid w:val="002831C7"/>
     <w:rsid w:val="002840C6"/>
     <w:rsid w:val="002864C5"/>
     <w:rsid w:val="00286B1B"/>
     <w:rsid w:val="00295174"/>
     <w:rsid w:val="00296172"/>
     <w:rsid w:val="00296B92"/>
     <w:rsid w:val="002A2C22"/>
+    <w:rsid w:val="002A7035"/>
     <w:rsid w:val="002B02EB"/>
     <w:rsid w:val="002C0602"/>
     <w:rsid w:val="002D5C16"/>
     <w:rsid w:val="002E53B4"/>
     <w:rsid w:val="002F3DFF"/>
     <w:rsid w:val="002F5E05"/>
     <w:rsid w:val="00313DAB"/>
     <w:rsid w:val="003144CB"/>
     <w:rsid w:val="00317053"/>
     <w:rsid w:val="0032109C"/>
     <w:rsid w:val="00322B45"/>
     <w:rsid w:val="00323809"/>
     <w:rsid w:val="00323D41"/>
     <w:rsid w:val="00325414"/>
     <w:rsid w:val="0032768F"/>
     <w:rsid w:val="003302F1"/>
+    <w:rsid w:val="00332BB1"/>
     <w:rsid w:val="0034470E"/>
     <w:rsid w:val="00352DB0"/>
     <w:rsid w:val="00371833"/>
     <w:rsid w:val="00371ED3"/>
     <w:rsid w:val="0037728A"/>
     <w:rsid w:val="00380B7D"/>
     <w:rsid w:val="00381A99"/>
     <w:rsid w:val="003829C2"/>
     <w:rsid w:val="00384724"/>
     <w:rsid w:val="003919B7"/>
     <w:rsid w:val="00391D57"/>
     <w:rsid w:val="00392292"/>
     <w:rsid w:val="00396EC5"/>
     <w:rsid w:val="00397D01"/>
     <w:rsid w:val="003A28F2"/>
     <w:rsid w:val="003A5B7B"/>
     <w:rsid w:val="003A7A58"/>
     <w:rsid w:val="003B1017"/>
     <w:rsid w:val="003B3C07"/>
     <w:rsid w:val="003B6775"/>
     <w:rsid w:val="003C5FE2"/>
     <w:rsid w:val="003D05FB"/>
     <w:rsid w:val="003D1B16"/>
     <w:rsid w:val="003D45BF"/>
     <w:rsid w:val="003D508A"/>
@@ -23110,83 +23494,85 @@
     <w:rsid w:val="005F70B2"/>
     <w:rsid w:val="00612023"/>
     <w:rsid w:val="00614190"/>
     <w:rsid w:val="00622A99"/>
     <w:rsid w:val="00622E67"/>
     <w:rsid w:val="00626EDC"/>
     <w:rsid w:val="006470EC"/>
     <w:rsid w:val="0065598E"/>
     <w:rsid w:val="00655AF2"/>
     <w:rsid w:val="006568BE"/>
     <w:rsid w:val="0066025D"/>
     <w:rsid w:val="006773EC"/>
     <w:rsid w:val="00680504"/>
     <w:rsid w:val="00681CD9"/>
     <w:rsid w:val="00683E30"/>
     <w:rsid w:val="00687024"/>
     <w:rsid w:val="00696415"/>
     <w:rsid w:val="006C3B23"/>
     <w:rsid w:val="006D3691"/>
     <w:rsid w:val="006E2DCE"/>
     <w:rsid w:val="006E6A40"/>
     <w:rsid w:val="006F3563"/>
     <w:rsid w:val="006F42B9"/>
     <w:rsid w:val="006F6103"/>
     <w:rsid w:val="00704E00"/>
+    <w:rsid w:val="00706BEE"/>
     <w:rsid w:val="007209E7"/>
     <w:rsid w:val="0072336E"/>
     <w:rsid w:val="00726182"/>
     <w:rsid w:val="00732329"/>
     <w:rsid w:val="007337CA"/>
     <w:rsid w:val="00734CE4"/>
     <w:rsid w:val="00735123"/>
     <w:rsid w:val="00741837"/>
     <w:rsid w:val="007453E6"/>
     <w:rsid w:val="0075243E"/>
     <w:rsid w:val="007666F5"/>
     <w:rsid w:val="0077309D"/>
     <w:rsid w:val="007774EE"/>
     <w:rsid w:val="00781822"/>
     <w:rsid w:val="00783F21"/>
     <w:rsid w:val="00787159"/>
     <w:rsid w:val="00790896"/>
     <w:rsid w:val="00791668"/>
     <w:rsid w:val="00791AA1"/>
     <w:rsid w:val="007A3793"/>
     <w:rsid w:val="007B305F"/>
     <w:rsid w:val="007C1BA2"/>
     <w:rsid w:val="007D20E9"/>
     <w:rsid w:val="007D2E7C"/>
     <w:rsid w:val="007D7881"/>
     <w:rsid w:val="007D7E3A"/>
     <w:rsid w:val="007E0E10"/>
     <w:rsid w:val="007E4768"/>
     <w:rsid w:val="007E55A4"/>
     <w:rsid w:val="007E5BDD"/>
     <w:rsid w:val="007E777B"/>
     <w:rsid w:val="007F03C9"/>
     <w:rsid w:val="007F2070"/>
+    <w:rsid w:val="00803CD3"/>
     <w:rsid w:val="008053F5"/>
     <w:rsid w:val="00810198"/>
     <w:rsid w:val="00815DA8"/>
     <w:rsid w:val="0082194D"/>
     <w:rsid w:val="00826EF5"/>
     <w:rsid w:val="00831693"/>
     <w:rsid w:val="00840104"/>
     <w:rsid w:val="00841FC5"/>
     <w:rsid w:val="00845709"/>
     <w:rsid w:val="008576BD"/>
     <w:rsid w:val="00860463"/>
     <w:rsid w:val="00864145"/>
     <w:rsid w:val="008733DA"/>
     <w:rsid w:val="008850E4"/>
     <w:rsid w:val="008A12F5"/>
     <w:rsid w:val="008A288A"/>
     <w:rsid w:val="008B1587"/>
     <w:rsid w:val="008B1B01"/>
     <w:rsid w:val="008B3BCD"/>
     <w:rsid w:val="008B4841"/>
     <w:rsid w:val="008B6DF8"/>
     <w:rsid w:val="008B7165"/>
     <w:rsid w:val="008C106C"/>
     <w:rsid w:val="008C10F1"/>
     <w:rsid w:val="008C1E99"/>
@@ -23273,50 +23659,51 @@
     <w:rsid w:val="00BB3752"/>
     <w:rsid w:val="00BB6688"/>
     <w:rsid w:val="00BC26D4"/>
     <w:rsid w:val="00BC4250"/>
     <w:rsid w:val="00BC64F2"/>
     <w:rsid w:val="00BD4303"/>
     <w:rsid w:val="00BD7249"/>
     <w:rsid w:val="00BD7D5D"/>
     <w:rsid w:val="00BF2A42"/>
     <w:rsid w:val="00C03D8C"/>
     <w:rsid w:val="00C055EC"/>
     <w:rsid w:val="00C10DC9"/>
     <w:rsid w:val="00C12665"/>
     <w:rsid w:val="00C12FB3"/>
     <w:rsid w:val="00C17341"/>
     <w:rsid w:val="00C24EEF"/>
     <w:rsid w:val="00C25CF6"/>
     <w:rsid w:val="00C26C36"/>
     <w:rsid w:val="00C32768"/>
     <w:rsid w:val="00C431DF"/>
     <w:rsid w:val="00C456BD"/>
     <w:rsid w:val="00C467DF"/>
     <w:rsid w:val="00C52DE3"/>
     <w:rsid w:val="00C530DC"/>
     <w:rsid w:val="00C5350D"/>
+    <w:rsid w:val="00C57DF0"/>
     <w:rsid w:val="00C6123C"/>
     <w:rsid w:val="00C61B63"/>
     <w:rsid w:val="00C7084D"/>
     <w:rsid w:val="00C7315E"/>
     <w:rsid w:val="00C751A3"/>
     <w:rsid w:val="00C75895"/>
     <w:rsid w:val="00C83C9F"/>
     <w:rsid w:val="00C86866"/>
     <w:rsid w:val="00C94840"/>
     <w:rsid w:val="00CA6AC8"/>
     <w:rsid w:val="00CB027F"/>
     <w:rsid w:val="00CC6297"/>
     <w:rsid w:val="00CC7690"/>
     <w:rsid w:val="00CD1986"/>
     <w:rsid w:val="00CE2BC8"/>
     <w:rsid w:val="00CE4D5C"/>
     <w:rsid w:val="00CF05DA"/>
     <w:rsid w:val="00CF58EB"/>
     <w:rsid w:val="00D0106E"/>
     <w:rsid w:val="00D06383"/>
     <w:rsid w:val="00D20E85"/>
     <w:rsid w:val="00D24615"/>
     <w:rsid w:val="00D2692C"/>
     <w:rsid w:val="00D27557"/>
     <w:rsid w:val="00D37842"/>
@@ -23382,108 +23769,110 @@
     <w:rsid w:val="00ED1CD4"/>
     <w:rsid w:val="00ED1D2B"/>
     <w:rsid w:val="00ED5A8D"/>
     <w:rsid w:val="00ED64B5"/>
     <w:rsid w:val="00EE7CCA"/>
     <w:rsid w:val="00F158F3"/>
     <w:rsid w:val="00F16A14"/>
     <w:rsid w:val="00F231DC"/>
     <w:rsid w:val="00F362D7"/>
     <w:rsid w:val="00F37D7B"/>
     <w:rsid w:val="00F47AC9"/>
     <w:rsid w:val="00F5314C"/>
     <w:rsid w:val="00F54CFB"/>
     <w:rsid w:val="00F635DD"/>
     <w:rsid w:val="00F648E1"/>
     <w:rsid w:val="00F6627B"/>
     <w:rsid w:val="00F734F2"/>
     <w:rsid w:val="00F75052"/>
     <w:rsid w:val="00F804D3"/>
     <w:rsid w:val="00F81CD2"/>
     <w:rsid w:val="00F82641"/>
     <w:rsid w:val="00F90F18"/>
     <w:rsid w:val="00F920FC"/>
     <w:rsid w:val="00F937E4"/>
     <w:rsid w:val="00F95EE7"/>
+    <w:rsid w:val="00F966A7"/>
     <w:rsid w:val="00F97BEA"/>
     <w:rsid w:val="00FA39E6"/>
     <w:rsid w:val="00FA7BC9"/>
     <w:rsid w:val="00FB0516"/>
     <w:rsid w:val="00FB0F64"/>
     <w:rsid w:val="00FB378E"/>
     <w:rsid w:val="00FB37F1"/>
     <w:rsid w:val="00FB47C0"/>
     <w:rsid w:val="00FB501B"/>
     <w:rsid w:val="00FB7770"/>
     <w:rsid w:val="00FC3D35"/>
     <w:rsid w:val="00FC634B"/>
     <w:rsid w:val="00FD0F1F"/>
     <w:rsid w:val="00FD3B91"/>
     <w:rsid w:val="00FD576B"/>
     <w:rsid w:val="00FD579E"/>
     <w:rsid w:val="00FE4516"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="0DA58405"/>
   <w15:docId w15:val="{B73EE885-1C78-46E6-A528-0ACEC9B73A78}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
@@ -23815,50 +24204,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a6">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005E65C0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
       <w:kern w:val="2"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="章,題號1"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="004F5E57"/>
@@ -25523,51 +25913,51 @@
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="73">
     <w:name w:val="表格格線7"/>
     <w:basedOn w:val="a8"/>
     <w:next w:val="afa"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00156C98"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="52050340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="145365042">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -25858,51 +26248,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{219787EF-06D3-483E-9C07-9ED11F4C39B7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B45612B-3ED4-4921-A8B7-DFE1C742A459}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>C030調查報告格式體例(橫式)</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
   <Words>1940</Words>
   <Characters>11063</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>92</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>cy</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>12978</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>