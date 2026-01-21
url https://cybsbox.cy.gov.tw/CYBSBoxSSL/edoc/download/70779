--- v0 (2025-10-16)
+++ v1 (2026-01-21)
@@ -47,51 +47,67 @@
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>被糾正機關：花蓮縣政府、花蓮縣農產運銷股份有限公司</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0238D991" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>案　　　由：花蓮縣政府暨所屬花蓮縣農產運銷股份有限公司於111及112年度執行「肉品批發市場畜產品冷鏈設施(備)補助計畫」所辦理之相關採購案，</w:t>
+        <w:t>案　　　由：花蓮縣政府暨所屬花蓮縣農產運銷股份有限公司於111及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>112</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>年度執行「肉品批發市場畜產品冷鏈設施(備)補助計畫」所辦理之相關採購案，</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk201925635"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>竟發生廠商同時辦理設計、監造及執行專案管理，監督機制形同虛設；未經同意擅自變更計畫內容增購車輛；於工程施工階段，未有效督促監造廠商落實查驗；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>設備</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -99,56 +115,81 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>安裝，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>竟仍認定符合契約規範而同意驗收</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>；以及花蓮縣政府未善盡督導，實地查核之監督機制，形同虛設等，</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>均核有重大違失，爰依法提案糾正。</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>均核有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>重大違失，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>依法提案糾正。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59FF53A2" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc524892370"/>
       <w:bookmarkStart w:id="2" w:name="_Toc524895640"/>
       <w:bookmarkStart w:id="3" w:name="_Toc524896186"/>
       <w:bookmarkStart w:id="4" w:name="_Toc524896216"/>
       <w:bookmarkStart w:id="5" w:name="_Toc524902722"/>
       <w:bookmarkStart w:id="6" w:name="_Toc525066141"/>
       <w:bookmarkStart w:id="7" w:name="_Toc525070831"/>
       <w:bookmarkStart w:id="8" w:name="_Toc525938371"/>
       <w:bookmarkStart w:id="9" w:name="_Toc525939219"/>
       <w:bookmarkStart w:id="10" w:name="_Toc525939724"/>
       <w:bookmarkStart w:id="11" w:name="_Toc529218258"/>
       <w:bookmarkStart w:id="12" w:name="_Toc529222681"/>
       <w:bookmarkStart w:id="13" w:name="_Toc529223103"/>
       <w:bookmarkStart w:id="14" w:name="_Toc529223854"/>
       <w:bookmarkStart w:id="15" w:name="_Toc529228250"/>
       <w:bookmarkStart w:id="16" w:name="_Toc2400386"/>
@@ -185,268 +226,410 @@
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="33386464" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:ind w:left="680" w:firstLine="680"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>有關花蓮縣政府暨所屬花蓮縣農產運銷股份有限公司（下稱花蓮農產運銷公司）於111及112年度執行「肉品批發市場畜產品冷鏈設施(備)補助計畫」所辦理之相關採購案，經核有下列重大違失：</w:t>
+        <w:t>有關花蓮縣政府暨所屬花蓮縣農產運銷股份有限公司（下稱花蓮農產運銷公司）於111及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>112</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>年度執行「肉品批發市場畜產品冷鏈設施(備)補助計畫」所辦理之相關採購案，經核有下列重大違失：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15702872" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc203578396"/>
       <w:bookmarkStart w:id="27" w:name="_Toc201403360"/>
       <w:bookmarkStart w:id="28" w:name="_Hlk203636031"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>於1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>年間辦理第1期計畫，勞務採購係委託廠商提供專案管理及監造技術服務，依勞務契約書所載「履約標的」，係協助該公司完成「花蓮肉品批發市場現代化屠宰及冷鏈設備統包工程」。惟</w:t>
-      </w:r>
+        <w:t>年間辦理第1期計畫，勞務採購係委託廠商提供專案管理及監造技術服務，依勞務契約書所載「履約標的」，係協助該公司完成「花蓮肉品批發市場現代化屠宰及冷鏈設備統包工程」。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>後續並未辦理統包工程之採購，而係辦理委託廠商施工之採購，並由提供專案管理及監造技術服務之廠商，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>繪製施工圖說辦理設計，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>導致辦理設計與審查設計為同一廠商，形同球員兼裁判，監督機制形同虛設，而發生利益衝突情形，不利確保採購之品質，核其</w:t>
+        <w:t>導致辦理設計與審查設計為同一廠商，形同球員兼裁判，監督機制形同虛設，而發生利益衝突情形，不利確保採購之品質，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>核其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>上開採購相關決策與作為，顯有違失。而花蓮縣政府未能適時導正</w:t>
+        <w:t>上</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>開採購相關決策與作為，顯有違失。而花蓮縣政府未能適時導正</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工程設計，形同</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>球員兼裁判而發生利益衝突之情形，亦核有督導不力之違失。</w:t>
+        <w:t>球員兼裁判而發生利益衝突之情形，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>亦核有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>督導不力之違失。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ACC6845" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>按「機關委託廠商辦理監造，得依採購案件之特性及實際需要，就下列服務項目擇定之：一、擬訂監造計畫並依核定之計畫內容據以執行。二、派遣人員留駐工地，持續性監督施工廠商按契約及設計圖說施工及查證施工廠商履約。三、施工廠商之施工計畫、品質計畫、預定進度、施工圖、器材樣品、趕工計畫、工期展延與其他送審案件之審查及管制。四、重要分包廠商及設備製造商資格之審查。五、施工廠商放樣、施工基準測量及各項測量之校驗。六、監督及查驗施工廠商辦理材料及設備之品質管理工作。七、監督施工廠商執行工地安全衛生、交通維持及環境保護等工作。八、履約進度查證與管理及履約估驗計價之審查。九、有關履約界面之協調及整合。十、契約變更之建議及協辦。十一、機電設備測試及試運轉之監督。十二、審查竣工圖表、工程結算明細表及契約所載其他結算資料。十三、驗收之協辦。十四、協辦履約爭議之處理。十五、其他與監造有關且載明於招標文件或契約之技術服務。」及「機關委託廠商辦理專案管理，得依採購案件之特性及實際需要，就下列服務項目擇定之：一、可行性研究之諮詢及審查</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>按「機關委託廠商辦理監造，得依採購案件之特性及實際需要，就下列服務項目擇定之：一、擬訂監造計畫並依核定之計畫內容據以執行。二、派遣人員留駐工地，持續性監督施工廠商按契約及設計圖說施工及查證施工廠商履約。三、施工廠商之施工計畫、品質計畫、預定進度、施工圖、器材樣品、趕工計畫、工期展延與其他送審案件之審查及管制。四、重要分包廠商及設備製造商資格之審查。五、施工</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>廠商放樣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、施工基準測量及各項測量之校驗。六、監督及查驗施工廠商辦理材料及設備之品質管理工作。七、監督施工廠商執行工地安全衛生、交通維持及環境保護等工作。八、履約進度查證與管理及履約估驗計價之審查。九、有關履約界面之協調及整合。十、契約變更之建議及協辦。十一、機電設備測試及試運轉之監督。十二、審查竣工圖表、工程結算明細表及契約所載其他結算資料。十三、驗收之協辦。十四、協辦履約爭議之處理。十五、其他與監造有關且載明於招標文件或契約之技術服務。」及「機關委託廠商辦理專案管理，得依採購案件之特性及實際需要，就下列服務項目擇定之：一、可行性研究之諮詢及審查</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>二、規劃之諮詢及審查</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>……</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>三、設計之諮詢及審查</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>……</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>四、招標、決標之諮詢及審查</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>……</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>五、施工督導與履約管理之諮詢及審查</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>……</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。機關委託廠商辦理前項專案管理，得視工程性質及實際需要，將第7條第1項之監造服務項目，與前項第5款之服務項目整合，並排除重複及利益衝突情形後，一併委託辦理。」分別為</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="-4"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>機關委託技術服務廠商評選及計費辦法</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
@@ -480,210 +663,394 @@
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>委託廠商辦理專案管理，得視工程性質及實際需要，將擬訂監造計畫並依核定之計畫內容據以執行等監造服務項目，予以整合，並排除重複及利益衝突情形後，一併委託辦理，惟此時不得再將設計同時委託，以避免辦理設計與審查設計為同一廠商而發生利益衝突情形。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC8E426" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>查花蓮農產運銷公司為辦理</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>度之「建構肉品批發市場現代化屠宰及冷鏈設施設備計畫」，因</w:t>
+        <w:t>度之「</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>建構肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場現代化屠宰及冷鏈設施設備計畫」，因</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>計畫執行期限緊迫，於1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年4月1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日向花蓮縣政府請示，獲該府同意先行辦理設計監造公告招標事宜，該府表示因預算未完成相關程序前，得先保留決標，俟預算通過後，決標方生效，如工程無法順利決標生效，廠商也不予請款。同時，花蓮縣政府於公文中亦說明，本案俟行政院農業委員會(已於112年8月1日改制升格為農業部，下稱農業部)核定計畫後，由該府進行督導該公司辦理後續事宜，並請該公司積極執行計畫。</w:t>
+        <w:t>日向花蓮縣政府請示，獲該府同意先行辦理設計監造公告招標事宜，該府表示因預算未完成相關程序前，得先保留決標，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>俟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>預算通過後，決標方生效，如工程無法順利決標生效，廠商也不予請款。同時，花蓮縣政府於公文中亦說明，本案</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>俟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>行政院農業委員會(已於112年8月1日改制升格為農業部，下稱農業部)核定計畫後，由該府進行督導該公司辦理後續事宜，並請該公司積極執行計畫。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afc"/>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE571C6" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5BE571C6" w14:textId="79093BB0" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>經查花蓮農產運銷公司為辦理</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>度之「建構肉品批發市場現代化屠宰及冷鏈設施設備計畫」，係先辦理委託專案管理及監造技術服務之採購，嗣由專案管理單位設計標案，再據以辦理現代化屠宰及冷鏈設備改善工程之採購案。花蓮農產運銷公司為辦理「花蓮肉品批發市場現代化屠宰及冷鏈設備委託專案管理及監造技術服務」之採購，該公司時任總經理張○超原指派電宰課官○榮擔任驗收人員，惟其以對政府採購法令不熟及無驗收經驗等為由，申請改派其他人員擔任，總經理張○超遂批示由其本人依法主驗，然顯有違該公司依業務別設置各單位</w:t>
+        <w:t>度之「</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>建構肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場現代化屠宰及冷鏈設施設備計畫」，係先辦理委託專案管理及監造技術服務之採購，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>嗣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>由專案管理單位設計標案，再據以辦理現代化屠宰及冷鏈設備改善工程之採購案。花蓮農產運銷公司為辦理「花蓮肉品批發市場現代化屠宰及冷鏈設備委託專案管理及監造技術服務」之採購，該公司時任總經理張○</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>超原指派電宰課官</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>○榮擔任驗收人員，惟其以對政府採購法令不熟及無驗收經驗等為由，申請改派其他人員擔任，總經理張○</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>超遂批示</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>由其本人依法主驗，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>然顯有違該</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>公司依業務別設置各單位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>分層負責制度之精</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>神。採購案嗣於</w:t>
+        <w:t>神。採購案</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>嗣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>於</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
@@ -693,101 +1060,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日決標予</w:t>
-[...6 lines deleted...]
-        <w:t>吉晟公司。依據</w:t>
+        <w:t>日</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>決標予</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>吉晟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>公司。依據</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司與</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>吉晟公司簽訂之契約第2條履約標的，乙方（吉晟公司）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>應盡善良管理人之注意義務，發揮管理專業協助甲方（花蓮農產運銷公司）執行專案管理工作，其最終目標乃在協助甲方完成</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>花蓮肉品批發巿場現代化屠宰及冷鏈設備統包工程</w:t>
+        <w:t>花蓮肉品批發</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>巿</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>場現代化屠宰及冷鏈設備統包工程</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，並以甲方之權益為依歸。乙方代表甲方協調、整合</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
@@ -844,58 +1249,67 @@
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>統包工程概念設計；3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>保影響差異報告彙整；</w:t>
+      <w:r w:rsidR="00BF3C8D">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>環境</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>影響差異報告彙整；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>協辦統包招標及決標有關事項；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5.</w:t>
@@ -980,465 +1394,607 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>試運轉督導；9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>其他事項。爰</w:t>
-      </w:r>
+        <w:t>其他事項。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>吉晟公司應</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>發揮管理專業協助花蓮農產運銷公司執行專案管理工作，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>審查統包廠商之相關設計並負責</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>監造及施工督導等工作</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C4AAF52" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>然查</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>花蓮</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>農產運銷公司</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>後續之</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>工程採購，並未採用統包工程概念辦理，據1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年9月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>「</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>花蓮肉品批發</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>巿</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>場現代化屠宰及冷鏈設備改善工程」之招標公告，其揭示本案已委託廠商提供技術服務，技術服務範疇：規劃</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>設計</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>監造</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>專案管理；復依花蓮農產運銷公司與得標廠商夏立公司簽訂之契約，其係採用</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>工程類工程採購契約範本</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>，並非</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>工程類統包</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>工程採購契約範本</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>。本院辦理詢問時，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>吉晟公司表示該公司所簽之上開</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>合約中，並未包括設計，惟因執行過程中，須將相關施工圖說送農業部動植物防疫檢疫署審查，爰1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年計畫的工程，包括新設電宰1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>線、屠體預冷室等之細部施工圖，皆是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>吉晟公司</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>所繪製，即成為所謂最後的設計。此外，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>夏立公司亦</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>表示，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>本案</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>該公司</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>係以</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>承包的概念辦理。本案</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t>工程採購，並未採用統包工程概念辦理，據1</w:t>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>於1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>年9月</w:t>
-[...114 lines deleted...]
-        <w:t>吉晟公司表示該公司所簽之上開</w:t>
+        <w:t>年間辦理第1期計畫，勞務採購係委託廠商提供專案管理及監造技術服務，依勞務契約書所載「履約標的」，係協助該公司完成「花蓮肉品批發市場現代化屠宰及冷鏈設備統包工程」；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>花蓮農產運銷公司</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>後續並未辦理統包工程之採購，而係辦理委託廠商施工之採購，並由提供專案管理及監造技術服務之廠商，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>合約中，並未包括設計，惟因執行過程中，須將相關施工圖說送農業部動植物防疫檢疫署審查，爰1</w:t>
-[...144 lines deleted...]
-        </w:rPr>
         <w:t>繪製施工圖說辦理設計，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>導致辦理設計與審查設計為同一廠商，形同球員兼裁判，監督機制形同虛設，而發生利益衝突情形，其相關決策與作為，顯有違失。而</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>花蓮縣政府雖於公文中表示，本案俟核定計畫後，由該府進行督導該公司辦理後續事宜，然顯並未善盡督導作為，導致</w:t>
+        <w:t>花蓮縣政府雖於公文中表示，本案</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>俟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>核定計畫後，由該府進行督導該公司辦理後續事宜，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>然顯並未</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>善盡督導作為，導致</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工程設計，形同</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>球員兼裁判而發生利益衝突之情形，亦核有違失。</w:t>
+        <w:t>球員兼裁判而發生利益衝突之情形，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>亦核有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>違失。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28348FF8" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>綜上，機關</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -1475,121 +2031,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>於1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>年間辦理第1期計畫，勞務採購係委託廠商提供專案管理及監造技術服務，依勞務契約書所載「履約標的」，係協助該公司完成「花蓮肉品批發市場現代化屠宰及冷鏈設備統包工程」;惟</w:t>
-      </w:r>
+        <w:t>年間辦理第1期計畫，勞務採購係委託廠商提供專案管理及監造技術服務，依勞務契約書所載「履約標的」，係協助該公司完成「花蓮肉品批發市場現代化屠宰及冷鏈設備統包工程」;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>後續並未辦理統包工程之採購，而係辦理委託廠商施工之採購，並由提供專案管理及監造技術服務之廠商，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>繪製施工圖說辦理設計，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>導致辦理設計與審查設計為同一廠商，形同球員兼裁判，監督機制形同虛設，而發</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>生利益衝突情形，不利確保採購之品質，核其上開採購相關決策與作為，顯有違失。而花蓮縣政府未能適時導正</w:t>
+        <w:t>生利益衝突情形，不利確保採購之品質，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>核其上</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>開採購相關決策與作為，顯有違失。而花蓮縣政府未能適時導正</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工程設計，形同</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>球員兼裁判而發生利益衝突之情形，亦核有督導不力之違失。</w:t>
+        <w:t>球員兼裁判而發生利益衝突之情形，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>亦核有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>督導不力之違失。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0383D2E5" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc201127735"/>
       <w:bookmarkStart w:id="30" w:name="_Toc201403369"/>
       <w:bookmarkStart w:id="31" w:name="_Toc201562544"/>
       <w:bookmarkStart w:id="32" w:name="_Toc203578402"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>花蓮</w:t>
       </w:r>
       <w:r>
@@ -1631,109 +2238,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>公噸、排氣量至少1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>,490CC</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>之客貨車型冷鏈運輸車；詎上開招標案之簽辦公文會辦花蓮縣政府時，該府農業處各級人員竟未審查採購項目是否符合計畫內容，肇致本案發生</w:t>
+        <w:t>之客貨車型冷鏈運輸車；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>詎</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>上開招標案之簽辦公文會辦花蓮縣政府時，該府農業處各級人員竟未審查採購項目是否符合計畫內容，肇致本案發生</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>未依</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>農業部</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>核定計畫用途支用經費</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，而違反相關規定情事</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>。花蓮縣政府與花蓮農產運銷公司，均難辭其</w:t>
+        <w:t>。花蓮縣政府與花蓮農產運銷公司，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>均難辭</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>責，均核</w:t>
-[...8 lines deleted...]
-        <w:t>有違失</w:t>
+        <w:t>責，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>均核</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>違失</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="733E5EB3" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -1792,103 +2458,136 @@
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>日以農牧字第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1110042675</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>號函，核定</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>年度「建構肉品批發市場現代化屠宰及冷鏈設施設備計畫」，補助花蓮農產運銷公司辦理更新屠宰設備、新設去骨室、新設屠體預冷室及</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年度「</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>建構肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場現代化屠宰及冷鏈設施設備計畫」，補助花蓮農產運銷公司辦理更新屠宰設備、新設去骨室、新設屠體預冷室及</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>10.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>公噸冷凍運輸車輛</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>含吊掛軌道</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>含吊掛</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>軌道</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>台，總經費新臺幣（下同）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
@@ -1970,51 +2669,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>輛，經費</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>350</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>萬元。嗣花蓮農產運銷公司以花蓮縣地理狹長運送路程遙遠，且鄉鎮道路狹窄等由，變更為5公噸冷凍運輸車2輛，並調整所需經費為590萬元。案經花蓮縣政府函請農業部同意辦理，復經農業部於</w:t>
+        <w:t>萬元。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>嗣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>花蓮農產運銷公司以花蓮縣地理狹長運送路程遙遠，且鄉鎮道路狹窄等由，變更為5公噸冷凍運輸車2輛，並調整所需經費為590萬元。案經花蓮縣政府函請農業部同意辦理，復經農業部於</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
@@ -2114,81 +2833,132 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>貨車型</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，並請確依計畫內容辦理。農業部為加強主管計畫經費之處理，俾利各計畫執行機關單位有所遵循，特別訂定該部主管計畫經費處理作業規</w:t>
+        <w:t>，並</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>請確依</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>計畫內容辦理。農業部為加強主管計畫經費之處理，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>利各計畫執行機關單位有所遵循，特別訂定該部主管計畫經費處理作業規</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>定，計畫執行機關自應悉依該規定辦理，自不待言。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC3EC1E" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>惟花蓮農產運銷公司簽辦花蓮肉品批發市場現代化屠宰及冷鏈設施改善-冷鏈運輸車及設備改善採購案時，有關車輛部分之採購內容，竟未依農業部同意之變更後計畫內容，除購置農業部核定可購置車重不小於5公噸</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>花蓮農產運銷公司簽辦花蓮肉品批發市場現代化屠宰及冷鏈設施改善-冷鏈運輸車及設備改善採購案時，有關車輛部分之採購內容，竟未依農業部同意之變更後計畫內容，除購置農業部核定可購置車重不小於5公噸</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>排氣量至少2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
@@ -2288,51 +3058,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日核章後，公文會辦花蓮縣政府時，該府農業處於逐級陳核過程中，竟未審查採購項目是否符合計畫內容，由該公司董事長於同日核決後據以辦理採購。</w:t>
+        <w:t>日核章後，公文會辦花蓮縣政府時，該府農業處於逐級陳核過程中，竟未審查採購項目是否符合計畫內容，由該公司董事長於同</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>日核決</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>後據以辦理採購。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="094614BE" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>經查，花蓮農產運銷公司前開增購客貨車型冷鏈運輸車</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -2381,70 +3171,92 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>點：「計畫經費不得用作下列各款開支：（一）不合計畫之支出。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>……</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>之規定。爰</w:t>
-      </w:r>
+        <w:t>之規定。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>農業部於113年7月1日以農牧字第1130224401號函復，請該公司繳回不符計畫補助範圍之款項，並且114年至117年不得申請所有農業部相關計畫。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本案花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>未依</w:t>
       </w:r>
       <w:r>
@@ -2456,68 +3268,107 @@
         <w:t>農業部</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>核定計畫用途支用經費</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，違反相關規定，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>花蓮縣政府與花蓮農產運銷公司，均難辭其</w:t>
+        <w:t>花蓮縣政府與花蓮農產運銷公司，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>均難辭</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>責，均核</w:t>
-[...8 lines deleted...]
-        <w:t>有違失</w:t>
+        <w:t>責，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>均核</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>違失</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60966855" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc201403373"/>
       <w:bookmarkStart w:id="34" w:name="_Toc203578406"/>
       <w:bookmarkStart w:id="35" w:name="_Hlk204154966"/>
       <w:bookmarkStart w:id="36" w:name="_Toc203578411"/>
       <w:bookmarkStart w:id="37" w:name="_Hlk203636059"/>
       <w:bookmarkEnd w:id="28"/>
@@ -2535,136 +3386,218 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>辦理</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年花蓮肉品批發市場現代化屠宰及冷鏈設備委託專案管理及監造技術服務、</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>年度「建構肉品批發市場現代化屠宰及冷鏈設施設備</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年度「</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>建構肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場現代化屠宰及冷鏈設施設備</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>計畫」等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>件技術服務勞務採購案，將各該年度計畫工程之監造，委託廠商依監造計畫辦理。惟</w:t>
-      </w:r>
+        <w:t>件技術服務勞務採購案，將各該年度計畫工程之監造，委託廠商依監造計畫辦理。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司未有效督促</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>監造單位善盡其功能，未</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>於工程施工階段督促廠商注意落實施工停檢查驗並留存督導紀錄備查，工程於</w:t>
-[...6 lines deleted...]
-        <w:t>驗收時發現，不論是土木工程或機電部分，均與契約、圖說、貨樣規定等，多有不符，</w:t>
+        <w:t>於工程施工階段督促廠商注意落實</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>施工停檢查驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>並留存督導紀錄備查，工程於</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>驗收時發現，不論是土木工程或機電部分，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>均與契約</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>、圖說、貨樣規定等，多有不符，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>甚至有尚未安裝情形</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，核其所為，顯有</w:t>
+        <w:t>，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>核其所為</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，顯有</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>違失</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="052D5E46" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:left="1390"/>
         <w:rPr>
@@ -2697,206 +3630,285 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>點規定：「機關應隨時督導工程施工情形，並留存紀錄備查。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>……</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>機關發現工程缺失時，應即以書面通知監造單位或廠商限期改善。」花蓮農產運銷公司為辦理現代化屠宰及冷鏈設施設備改善，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>辦理</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年花蓮肉品批發市場現代化屠宰及冷鏈設備委託專案管理及監造技術服務及</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>建構肉品批發市場現代化屠宰及冷鏈設施設備計畫」等</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>建構肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場現代化屠宰及冷鏈設施設備計畫」等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>件技術服務勞務採購案，均係由吉晟公司得標，其負責1</w:t>
+        <w:t>件技術服務勞務採購案，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>均係由</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>吉晟公司得標，其負責1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年與1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年計畫工程之監造，依該公司擬具之監造計畫，工程施工前施工單位應依工程規模、特性</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>契約及圖說之規定，提施工計畫送監造單位審查，作為工程施工檢驗之依據，對於</w:t>
+        <w:t>契約及圖說之規定，提施工</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>計畫送監造</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>單位審查，作為工程施工檢驗之依據，對於</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>材料與設備辦理抽</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>驗，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>以確保工程使用之各項材料及組件均能符合品質要求，並且進行設備功能運轉測試抽驗以及施工抽查等程序，並留存相關紀錄。</w:t>
+        <w:t>以確保工程使用之各項材料及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>組件均能符合</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>品質要求，並且進行設備功能運轉測試抽驗以及施工抽查等程序，並留存相關紀錄。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="38864B4B" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:left="1390"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Toc201397857"/>
       <w:bookmarkStart w:id="49" w:name="_Toc201403375"/>
@@ -2975,51 +3987,71 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>次工務會議</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>會議中均提及各項管制停檢點施作前，需通知監造單位進行會勘及查驗。然吉晟公司執行第</w:t>
+        <w:t>會議中均提及各項管制停檢點施作前，需通知監造單位進行會</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>勘</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>及查驗。然吉晟公司執行第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>期工程監造作業時，僅於</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
@@ -3101,61 +4133,141 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>日等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日監造日報表列載辦理部分工項之施工停檢查驗，惟花蓮農產運銷公司未於工程施工階段審查及督導吉晟公司所提送監造作業相關報表</w:t>
+        <w:t>日監造日報表列載辦理部分工項之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>施工停檢查驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>，惟花蓮農產運銷公司未於工程施工階段審查及督導吉晟公司所</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>提送監造作</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>業相關報表</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>資料，督促廠商特別注意落實施工停檢查驗並留存督導紀錄備查。此外，依第</w:t>
+        <w:t>資料，督促廠商特別注意落實</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>施工停檢查驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>並留存督導紀錄備查。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>此外，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>依第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>期工程材料設備送審管制總表，夏立公司於</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
@@ -3183,87 +4295,147 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日整批一次函送該工程使用之材料設備資料予監造單位吉晟公司辦理審查，同年</w:t>
+        <w:t>日整批一次函送該工程使用之材料設備</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>資料予監造</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>單位吉晟公司辦理審查，同年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日核准，除前開材料設備採一次送審外，亦未見吉晟公司辦理材料設備品質取樣檢驗等紀錄。</w:t>
+        <w:t>日核准，除前開材料設備</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>採</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>一次</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>送審外</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>，亦未見吉晟公司辦理材料設備品質取樣檢驗等紀錄。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="13034800" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:left="1390"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="58" w:name="_Toc201397858"/>
       <w:bookmarkStart w:id="59" w:name="_Toc201403376"/>
       <w:bookmarkStart w:id="60" w:name="_Toc201411898"/>
       <w:bookmarkStart w:id="61" w:name="_Toc201412608"/>
       <w:bookmarkStart w:id="62" w:name="_Toc201562551"/>
@@ -3398,51 +4570,67 @@
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>決算書及各材料之出廠證明以利再驗。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B59EB3" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>經丈量庫板、天花板、不鏽鋼板</w:t>
+        <w:t>經</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>丈量庫板</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>、天花板、不鏽鋼板</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(SUS304)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>面積</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>299.03m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -3574,51 +4762,67 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>30m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46CC16DA" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>壹.一.</w:t>
+        <w:t>壹.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>工業地板實做</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>182m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -3662,51 +4866,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>拍賣館工程有關地板工程實做面積</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>93.2m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，泥作地板鋪面面積</w:t>
+        <w:t>，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>泥作地板</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>鋪面面積</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>64.24m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，經驗收丈量結果地板澆灌面積</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -3732,252 +4952,391 @@
         </w:rPr>
         <w:t>115m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，地板施作為工業地板與設計不符。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E7C0E8" w14:textId="109E42B2" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>拍賣館門扇設計</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>拍賣館門扇</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>設計</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>組，契約數量</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>組，惟規格材質皆與預算編列及設計不符。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE06311" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>庫板門實際施工與設計圖不符。</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>庫板門</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>實際施工與設計圖不符。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44455466" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>機電工程部分之驗收意見</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32C3A300" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>壹.一.</w:t>
+        <w:t>壹.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1.4.7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>線軌道系統之軌道切換模組待安裝。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1650F797" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>壹</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>一.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>血液收集工程全系統尚未連結。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B37255C" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>各軌道用固定架燒焊</w:t>
+        <w:t>各軌道用</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>固定架</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>燒焊</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>切割及固定處應完整防鏽，同色補漆（含天花板固定點補漆）。</w:t>
+        <w:t>切割及固定處應完整防鏽，同</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>色補漆</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>（含天花板固定點補漆）。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA11B87" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>壹.一.</w:t>
+        <w:t>壹.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>若干作業台腳架未滿焊及補漆，作業台亦待完整調校定位。</w:t>
+        <w:t>若干</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>作業台腳架</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>未滿</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>焊及補漆</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，作業台亦待完整調</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>校定</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>位。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A9F378" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>試運轉紀錄應有單機，系統連結完整測試。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AEE0BDF" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -4034,191 +5393,260 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>辦理</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年花蓮肉品批發市場現代化屠宰及冷鏈設備委託專案管理及監造技術服務及</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>建構肉品批發市場現代化屠宰及冷鏈設施設備計畫」等</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>建構肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場現代化屠宰及冷鏈設施設備計畫」等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>件技術服務勞務採購案，將各該年度計畫工程之監造，委託廠商依監造計畫辦理。惟</w:t>
-      </w:r>
+        <w:t>件技術服務勞務採購案，將各該年度計畫工程之監造，委託廠商依監造計畫辦理。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司未有效督促</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>監造單位善盡其功能，未</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>於工程施工階段督促廠商注意落實施工停檢查驗並留存督導紀錄備查，工程於</w:t>
-[...13 lines deleted...]
-        <w:t>核其所為，</w:t>
+        <w:t>於工程施工階段督促廠商注意落實</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>施工停檢查驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>並留存督導紀錄備查，工程於</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>驗收時發現，不論是土木工程或機電部分，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>均與契約</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>、圖說、貨樣規定等，多有不符，甚至有尚未安裝情形，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>核其所為</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>顯有</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>違失</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
     </w:p>
     <w:p w14:paraId="3DA924D4" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -4278,149 +5706,246 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日辦理驗收，惟該公司於驗收前，並未簽請指派驗收人員，驗收紀錄之主驗人係由該公司總經理自行核章，代理總務課長於監驗人員欄位核章，會驗人員之欄位空白</w:t>
+        <w:t>日辦理驗收，惟該公司於驗收前，並未簽請指派驗收人員，驗收紀錄之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>主驗人係</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>由該公司總經理自行核章，代理總務課長</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>於監驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>人員欄位核章，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>會驗人員</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>之欄位空白</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>無人簽章，核與</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>驗收時應由首長指派適當人員主驗，通知接管單位或使用單位會驗</w:t>
-      </w:r>
+        <w:t>驗收時應由首長指派適當人員主驗，通知接管單位或使用</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>單位會驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>公告金額以上採購之驗收，應由其會計單位會同監辦等政府採購法之規定未合。此外，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工程採購案所購置之</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>瓦斯型貫流式蒸汽鍋爐，迄今仍未安裝，詎</w:t>
-      </w:r>
+        <w:t>瓦斯</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>型貫流式</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>蒸汽鍋爐，迄今仍未安裝，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>詎</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司竟於1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -4448,223 +5973,312 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>日辦理驗</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>收並認定符合契約規範而同意驗收，顯有驗收不實情事，核有重大違失。花蓮縣政府未能督導花蓮農產運銷公司，</w:t>
+        <w:t>收並認定符合契約規範而同意驗收，顯有驗收</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>實情事，核有重大違失。花蓮縣政府未能督導花蓮農產運銷公司，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>確實依政府</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>採購法及</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>契約規定</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>辦理重大工程採購之驗收工作，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>亦</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>核有重大怠失。</w:t>
+        <w:t>核有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>重大</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>怠</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>失。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF6ABAA" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:line="460" w:lineRule="exact"/>
         <w:ind w:left="1360" w:hanging="680"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>政府採購法</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>第7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>條第2項規定：「驗收時應由機關首長或其授權人員指派適當人員主驗，通知接管單位或使用單位會驗。」同法第7</w:t>
+        <w:t>條第2項規定：「驗收時應由機關首長或其授權人員指派適當人員主驗，通知接管單位或使用</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>單位會驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>。」同法第7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>條第1項規定：「機關辦理驗收時應製作紀錄，由參加人員會同簽認。驗收結果與契約、圖說、貨樣規定不符者，應通知廠商限期改善、拆除、重作、退貨或換貨。」及同法第1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>條第1項規定：「機關辦理公告金額以上採購之開標、比價、議價、決標及驗收，除有特殊情形者外，應由其主（會）計及有關單位會同監辦。」依據</w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>機關主會計及有關單位會同監辦採購辦法</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>第3條，上述所稱有關單位，係由機關首長或其授權人員就機關內之政風、監查（察）、督察、檢核或稽核單位擇一指定之。</w:t>
+        <w:t>第3條，上述所稱有關單位，係由機關首長或其授權人員就機關內之政風、監查（察）、督察、檢核或稽核單位擇</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>指定之。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2459A5" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:line="460" w:lineRule="exact"/>
         <w:ind w:left="1360" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>於</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度以</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>公開招標方式辦理「花蓮肉品批發市場現代化屠宰及冷鏈設備改善工程」之工程採購案，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>更新屠宰設備、新設去骨室、新設屠體預冷室</w:t>
       </w:r>
       <w:r>
@@ -4728,51 +6342,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>款規定略以，查驗或驗收有試車、試運轉或試用測試程序者，廠商應就履約標的於本案招標需求及</w:t>
+        <w:t>款規定略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>，查驗或驗收有試車、試運轉或試用測試程序者，廠商應就履約標的於本案招標需求及</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1~2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>號產線電宰作業範圍</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
@@ -4793,68 +6427,70 @@
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>天</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>期間</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>及實際運轉作業中</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -4891,56 +6527,58 @@
     </w:p>
     <w:p w14:paraId="138FF453" w14:textId="711A8E91" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:left="1390"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>查</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -5198,121 +6836,193 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日予以驗收合格。然本案</w:t>
-      </w:r>
+        <w:t>日予以驗收合格。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>然本案</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>驗收前，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>並未簽請指派驗收人員，驗收紀錄之主驗人係由該公司總經理張○超自行核章，代理總務課長陳</w:t>
+        <w:t>並未簽請指派驗收人員，驗收紀錄之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>主驗人係</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>由該公司總經理張○超自行核章，代理總務課長陳</w:t>
       </w:r>
       <w:r w:rsidR="007727F3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>梅於監驗人員欄位核章，會驗人員之欄位空白</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>梅於監驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>人員欄位核章，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>會驗人員</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>之欄位空白</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>無人簽章，核與上開</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>驗收時應由首長指派適當人員主驗，通知接管單位或使用單位會驗</w:t>
-      </w:r>
+        <w:t>驗收時應由首長指派適當人員主驗，通知接管單位或使用</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>單位會驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>公告金額以上採購之驗收，應由其會計單位會同監辦等政府採購法之規定未合。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149CBE6A" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:left="1390"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -5356,51 +7066,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日辦理驗收事宜，尚符契約規範同意驗收；驗收結果與契約、圖說、貨樣規定相符；完成履約日期1</w:t>
+        <w:t>日辦理驗收事宜，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>尚符契約</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>規範同意驗收；驗收結果與契約、圖說、貨樣規定相符；完成履約日期1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
@@ -5451,196 +7181,298 @@
         <w:t>本工程結算總價同契約金額</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4,980</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>萬元，無增減價款、驗收扣款或逾期違約金；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>工程結算明細中，項次壹、一、1</w:t>
+        <w:t>工程結算</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>明細中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，項次壹、一、1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>之屠宰設施工程項下，列有瓦斯型貫流式蒸汽鍋爐1組、</w:t>
+        <w:t>之屠宰設施工程項下，列有瓦斯</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>型貫流式</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>蒸汽鍋爐1組、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>萬</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>9,698</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>元，及既有柴油鍋爐更換為瓦斯系統(瓦斯控制統、瓦斯過濾器、微壓表、現場修改</w:t>
+        <w:t>元，及既有柴油鍋爐更換為瓦斯系統(瓦斯控制統、瓦斯過濾器、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>微壓表</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>、現場修改</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1組、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>萬</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4,586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>元。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>惟</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>審計部1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年5月查核時發現，瓦斯型貫流式蒸汽鍋爐仍未安裝，而花蓮縣政府查復本院表示，</w:t>
+        <w:t>年5月查核時發現，瓦斯</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>型貫流式</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>蒸汽鍋爐仍未安裝，而花蓮縣政府</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>查復本院</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>表示，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>原訂</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>113</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>年度鍋爐</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>室內遷</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>工程進行連線運轉，因申請減列</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>113</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度補助經費及農業部裁罰</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>114</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年至</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>117</w:t>
@@ -5708,61 +7540,72 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日辦理1</w:t>
+        <w:t>日辦理</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年度之</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工程採購案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>驗收並認定符合契約規範而同意驗收，有驗收不實之情事，確有重大違失，亦證</w:t>
@@ -5788,121 +7631,163 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年4月2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日公文中所稱，本案俟核定計畫後，由該府進行督導該公司辦理後續事宜</w:t>
+        <w:t>日公文中所稱，本案</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>俟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>核定計畫後，由該府進行督導該公司辦理後續事宜</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afc"/>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，顯並未落實於本件重大工程採購案之驗收作業，核</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>有重大怠失</w:t>
+        <w:t>有重大</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>怠</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>失</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C41AD11" w14:textId="22DC4A10" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:left="1390"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>綜上，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -5962,205 +7847,344 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>日辦理驗收，惟該公司於驗收前，並未簽請指派驗收人員，驗收紀錄之主驗人係由該公司總經理自行核章，代理總務課長於監驗人員欄位核章，會驗人員之欄位空白</w:t>
+        <w:t>日辦理驗收，惟該公司於驗收前，並未簽請指派驗收人員，驗收紀錄之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>主驗人係</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>由該公司總經理自行核章，代理總務課長</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>於監驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>人員欄位核章，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>會驗人員</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>之欄位空白</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>無人簽章，核與</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>驗收時應由首長指派適當人員主驗，通知接管單位或使用單位會驗</w:t>
-      </w:r>
+        <w:t>驗收時應由首長指派適當人員主驗，通知接管單位或使用</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>單位會驗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>公告金額以上採購之驗收，應由其會計單位會同監辦等政府採購法之規定未合。此外，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工程採購案所購置之</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>瓦斯型貫流式蒸汽鍋爐，迄今仍未安裝，</w:t>
-[...8 lines deleted...]
-        <w:t>顯有驗收不實情事，核有重大違失。花蓮縣政府未能督導花蓮農產運銷公司，</w:t>
+        <w:t>瓦斯</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>型貫流式</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>蒸汽鍋爐，迄今仍未安裝，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>顯有驗收</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>實情事，核有重大違失。花蓮縣政府未能督導花蓮農產運銷公司，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>確實依政府</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>採購法及</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>契約規定</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>辦理重大工程採購之驗收工作，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>亦</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>核有重大怠失。</w:t>
+        <w:t>核有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>重大</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>怠</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>失。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9946BB" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本案花蓮縣政府為</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>受補助單位</w:t>
       </w:r>
@@ -6260,184 +8284,256 @@
         <w:t>院</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（下稱農科院）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>以確保計畫執行情形及進度符合計畫核定內容。</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>詎本案</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>詎</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>本案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>花蓮縣政府對於</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>採購案之辦理情形，僅採程序監督之消極作為，違反</w:t>
+        <w:t>採購案之辦理情形，僅</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>採</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>程序監督之消極作為，違反</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>補助作業規範</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>之規定；且</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對於應每月派員現場查核並填報之查核表單，便宜行</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>事，任由該公司代為填寫，復未確實審核，肇致本案花蓮縣政府實地查核之監督機制，形同虛設等，而未能避免本案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>辦理之採購案發生諸多違失以及工程延宕等情事，核有違失。</w:t>
+        <w:t>辦理之採購案發生</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>諸多違</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>失以及工程延宕等情事，核有違失。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="393B60CE" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:left="1390"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>依農業部</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>年度及1</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年度及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>年度之「建構肉品批發市場現代化屠宰及冷鏈設施設備計畫」，本案花蓮縣政府農業處為計畫執行機關，處長陳淑雯為執行人。</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年度之「</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>建構肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場現代化屠宰及冷鏈設施設備計畫」，本案花蓮縣政府農業處為計畫執行機關，處長陳淑雯為執行人。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>依據111年補助作業規範第4點第6項</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>同112年補助作業規範第4點第5項）</w:t>
       </w:r>
@@ -6457,155 +8553,237 @@
         </w:rPr>
         <w:t>查核輔導機制，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>包括：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>受補助單位應切實主動負起督導考核所轄肉品批發市場之責任，在計畫執行期間，應隨時主動督導查核，以確保計畫執行情形及進度符合計畫核定內容。</w:t>
+        <w:t>受補助單位應切實主動負起督導考核</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>所轄肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場之責任，在計畫執行</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>期間，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>應隨時主動督導查核，以確保計畫執行情形及進度符合計畫核定內容。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>與「</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>受補助單位應指派專人於每月15日前，依據查核表單逐項查核所轄肉品批發市場辦理計畫期程與進度，並向農科院所籌組之工作小組窗口進行回報</w:t>
+        <w:t>受補助單位應指派專人於每月15日前，依據查核表單逐項查核</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>所轄肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場辦理計畫期程與進度，並向農科院所籌組之工作小組窗口進行回報</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」等。本案花蓮縣政府為</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>受補助單位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，由花蓮農產運銷公司執行計畫，爰花蓮縣政府自應依上開</w:t>
+        <w:t>，由花蓮農產運銷公司執行計畫，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>花蓮縣政府自應依上開</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>補助作業規範</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>切實主動督導考核花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本案相關採購之辦理情形</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，以確保計畫執行情形及進度符合計畫核定內容。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35FD95C1" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:left="1390"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>惟查，</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>惟查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>花蓮縣政府竟未</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>依上開</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>補助作業規範</w:t>
       </w:r>
       <w:r>
@@ -6637,51 +8815,67 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>辦理計畫之期程與進度，並據以向農科院工作小組回報之查核表單，便宜行事，任由</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>代為填寫亦未確實審核，例如未填載111年第1期計畫採購之貫流式蒸氣鍋爐已驗收付款，然實際上始終未安裝之情事，1</w:t>
+        <w:t>代為填寫亦未確實審核，例如未填載111年第1期計畫採購</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>之貫流式</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>蒸氣鍋爐已驗收付款，然實際上始終未安裝之情事，1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年第2期工程於1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -6712,51 +8906,67 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>辦理111年第1期及1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年第2期採購案發生諸多違失以及工程延宕等情事，核有不當，應澈底檢討。茲將花蓮縣政府說明該府對</w:t>
+        <w:t>年第2期採購案發生</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>諸多違</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>失以及工程延宕等情事，核有不當，應澈底檢討。茲將花蓮縣政府說明該府對</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>之監督情形</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，摘錄如下：</w:t>
       </w:r>
     </w:p>
@@ -6882,51 +9092,67 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>日前，依查核表單所列各項查核點，逐項現場查核填報</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>辦理計畫之期程與進度，並向農科院所籌組之工作小組窗口進行回報。除依補助作業規範督導花蓮農產運銷公司辦理外，另列席每月農科院召開之進度協調會議，參與各肉品市場計畫進度討論、協助排除執行障礙並掌握辦理進度等事宜。經查本案採購案之相關佐證資料，花蓮縣政府主要採程序監督為主。</w:t>
+        <w:t>辦理計畫之期程與進度，並向農科院所籌組之工作小組窗口進行回報。除依補助作業規範督導花蓮農產運銷公司辦理外，另列席每月農科院召開之進度協調會議，參與各肉品市場計畫進度討論、協助排除執行障礙並掌握辦理進度等事宜。經查本案採購案之相關佐證資料，花蓮縣政府主要</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>採</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>程序監督為主。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="710203F8" w14:textId="04360E8E" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本案由</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
@@ -6964,65 +9190,97 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>月由花蓮縣政府農業處漁牧科盧</w:t>
+        <w:t>月由花蓮縣政府</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>農業處漁牧</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>科</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>盧</w:t>
       </w:r>
       <w:r w:rsidR="007727F3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>萍小姐現地審查；</w:t>
+        <w:t>萍</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>小姐現地審查；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -7030,240 +9288,374 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>月花蓮縣政府農業處漁牧科阮</w:t>
-      </w:r>
+        <w:t>月花蓮縣政府</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>農業處漁牧</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>科</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>阮</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007727F3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>○</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>強先生現地審查。此外，花蓮縣政府查無其他相關具體監督作為之書面佐證資料。</w:t>
+        <w:t>強先生現地審查。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>此外，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>花蓮縣政府查無其他相關具體監督作為之書面佐證資料。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="755F2711" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:left="1390"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>綜上，農業部為達成升級國內肉品市場畜產冷鏈物流基礎設施與營運能力，提升產銷品質與減少耗損，進而增加畜產品價值與安全，期望能提高外銷品項與拓展國際市場，並可於產銷失衡時發揮調節供貨的功能，協助穩定國內農產價格，增加農民收益之目標，爰</w:t>
-      </w:r>
+        <w:t>綜上，農業部為達成升級</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>國內肉</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>品市場畜產冷鏈物流基礎設施與營運能力，提升產銷品質與減少耗損，進而增加畜產品價值與安全，期望能提高外銷品項與拓展國際市場，並可於產銷失衡時發揮調節供貨的功能，協助穩定國內農產價格，增加農民收益之目標，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>辦理</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>「建構肉品批發市場現代化屠宰</w:t>
+        <w:t>「</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>建構肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場現代化屠宰</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>及冷鏈設施設備計畫」，並</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>特別訂定補助作業規範，要求</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>受補助單位應主動負起查核輔導責任</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>依農業部</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>年度及1</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年度及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>年度之「建構肉品批發市場現代化屠宰及冷鏈設施設備計畫」，本案花蓮縣政府為</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年度之「</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>建構肉品</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>批發市場現代化屠宰及冷鏈設施設備計畫」，本案花蓮縣政府為</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>受補助單位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，由花蓮縣政府農業處執行計畫，爰花蓮縣政府自應依</w:t>
+        <w:t>，由花蓮縣政府農業處執行計畫，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>花蓮縣政府自應依</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>補助作業規範</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>切實主動督導考核花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本案相關採購之辦理情形</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>詎</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>花蓮縣政府竟未</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>主動</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>積極</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7294,51 +9686,67 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>之規定；且</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對於應於每月就各項查核點，逐項現場查核並填報</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>辦理計畫之期程與進度，並據以向農科院工作小組回報之查核表單，便宜行事，任由該公司代為填寫復未確實審核，例如未能發現並揭露111年第1期計畫採購之貫流式蒸氣鍋爐，已驗收付款卻始終未進行安裝之情事，以及1</w:t>
+        <w:t>辦理計畫之期程與進度，並據以向農科院工作小組回報之查核表單，便宜行事，任由該公司代為填寫復未確實審核，例如未能發現並揭露111年第1期計畫採購</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>之貫流式</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>蒸氣鍋爐，已驗收付款卻始終未進行安裝之情事，以及1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年第2期工程於1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -7361,51 +9769,67 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>花蓮農產運銷公司</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>辦理111年第1期及1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年第2期採購案發生諸多違失以及工程延宕等情事，核有違失。</w:t>
+        <w:t>年第2期採購案發生</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>諸多違</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>失以及工程延宕等情事，核有違失。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E6ABF9E" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="007057CF">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:ind w:left="680" w:firstLine="680"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="78" w:name="_Toc524902730"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="404607C2" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="007057CF">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:ind w:left="680" w:firstLine="680"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59A484E0" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="007057CF">
       <w:pPr>
@@ -7462,100 +9886,189 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C99350E" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="007057CF">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:ind w:left="680" w:firstLine="680"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C955B1D" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:ind w:left="680" w:firstLine="680"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>綜上所述，花蓮縣政府暨所屬花蓮農產運銷公司於111及112年度執行「肉品批發市場畜產品冷鏈設施(備)補助計畫」所辦理之相關採購案，竟發生廠商同時辦理設計、監造及執行專案管理，監督機制形同虛設；未經同意擅自變更計畫內容增購車輛；於工程施工階段，未有效督促監造廠商落實查驗；</w:t>
-[...6 lines deleted...]
-        <w:t>瓦斯型貫流式蒸汽鍋爐</w:t>
+        <w:t>綜上所述，花蓮縣政府暨所屬花蓮農產運銷公司於111及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>112</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>年度執行「肉品批發市場畜產品冷鏈設施(備)補助計畫」所辦理之相關採購案，竟發生廠商同時辦理設計、監造及執行專案管理，監督機制形同虛設；未經同意擅自變更計畫內容增購車輛；於工程施工階段，未有效督促監造廠商落實查驗；</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>瓦斯</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>型貫流式</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>蒸汽鍋爐</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>並</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>未安裝，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>竟仍認定符合契約規範而同意驗收</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>；以及花蓮縣政府未善盡督導，實地查核之監督機制，形同虛設等，均核有重大違失，爰依憲法第97條第1項及監察法第24條之規定提案糾正，</w:t>
+        <w:t>；以及花蓮縣政府未善盡督導，實地查核之監督機制，形同虛設等，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>均核有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>重大違失，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>依憲法第97條第1項及監察法第24條之規定提案糾正，</w:t>
       </w:r>
       <w:bookmarkStart w:id="79" w:name="_Hlk187862666"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>移送行政院督飭花蓮縣政府確實檢討改善見復。</w:t>
+        <w:t>移送行政院督</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>飭</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>花蓮縣政府確實檢討改善</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>見復。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="79"/>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="28D53949" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="007057CF">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:ind w:left="680" w:firstLine="680"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FA07387" w14:textId="77777777" w:rsidR="00A249E8" w:rsidRDefault="00A249E8" w:rsidP="00A249E8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
@@ -7833,58 +10346,58 @@
     <wne:acd wne:argValue="AgC1az2EI2oPXzEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzUA" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzYA" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzcA" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzgA" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzkA" wne:acdName="acd9" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd10" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd11" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd12" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAUA" wne:acdName="acd13" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAYA" wne:acdName="acd14" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAcA" wne:acdName="acd15" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAgA" wne:acdName="acd16" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAkA" wne:acdName="acd17" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd18" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65E1A8BD" w14:textId="77777777" w:rsidR="00004202" w:rsidRDefault="00004202">
+    <w:p w14:paraId="07F20ACA" w14:textId="77777777" w:rsidR="00C372D9" w:rsidRDefault="00C372D9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05D77868" w14:textId="77777777" w:rsidR="00004202" w:rsidRDefault="00004202">
+    <w:p w14:paraId="3E874149" w14:textId="77777777" w:rsidR="00C372D9" w:rsidRDefault="00C372D9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
@@ -7974,231 +10487,272 @@
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="30331D63" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="007057CF">
     <w:pPr>
       <w:framePr w:wrap="auto" w:hAnchor="text" w:y="-955"/>
       <w:ind w:left="640" w:right="360" w:firstLine="448"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D2EFCFA" w14:textId="77777777" w:rsidR="00004202" w:rsidRDefault="00004202">
+    <w:p w14:paraId="4ABD6012" w14:textId="77777777" w:rsidR="00C372D9" w:rsidRDefault="00C372D9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74A9F534" w14:textId="77777777" w:rsidR="00004202" w:rsidRDefault="00004202">
+    <w:p w14:paraId="5BD7A565" w14:textId="77777777" w:rsidR="00C372D9" w:rsidRDefault="00C372D9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4A0D0724" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="afa"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afc"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>參照花蓮縣政府1</w:t>
+        <w:t>參照花蓮縣政府</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年4月2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>日府農漁字第</w:t>
+        <w:t>日府農漁</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>字第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1110086949</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>號函。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="70D7BDDA" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="afa"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afc"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>嗣因</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>嗣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>因</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>行政院農業委員會改制為農業部</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，名稱修正為農業部主管計畫經費處理作業要點。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="1F9B42DE" w14:textId="77777777" w:rsidR="007057CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="afa"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afc"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>參照花蓮縣政府1</w:t>
+        <w:t>參照花蓮縣政府</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年4月2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>日府農漁字第</w:t>
+        <w:t>日府農漁</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>字第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1110086949</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>號函。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="081F43FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58C275BC"/>
@@ -9204,96 +11758,102 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="411898309">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1548293553">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="633607134">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2134252761">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:mirrorMargins/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:drawingGridHorizontalSpacing w:val="170"/>
   <w:drawingGridVerticalSpacing w:val="457"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007057CF"/>
     <w:rsid w:val="00004202"/>
+    <w:rsid w:val="00037A8C"/>
     <w:rsid w:val="000F2459"/>
     <w:rsid w:val="003F4641"/>
     <w:rsid w:val="00406FCE"/>
     <w:rsid w:val="005607D7"/>
     <w:rsid w:val="00600398"/>
     <w:rsid w:val="00656F4D"/>
     <w:rsid w:val="007057CF"/>
+    <w:rsid w:val="0076787E"/>
     <w:rsid w:val="007727F3"/>
     <w:rsid w:val="00926137"/>
     <w:rsid w:val="00946DAA"/>
     <w:rsid w:val="00A249E8"/>
+    <w:rsid w:val="00BF3C8D"/>
+    <w:rsid w:val="00C274DC"/>
+    <w:rsid w:val="00C372D9"/>
     <w:rsid w:val="00D81ACD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -10952,51 +13512,51 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E514D540-FA15-45C9-B89E-128351292433}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>C030調查報告格式體例(橫式).dot</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
   <Words>1590</Words>
-  <Characters>9063</Characters>
+  <Characters>9064</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>75</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>cy</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10632</CharactersWithSpaces>
+  <CharactersWithSpaces>10633</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>糾正案文</dc:title>
   <dc:creator>陳福進</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>