--- v0 (2025-10-18)
+++ v1 (2026-01-30)
@@ -631,51 +631,51 @@
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR" w:hint="eastAsia"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>日向花蓮縣政府請示，獲該府同意先行辦理設計監造公告招標事宜，該府表示因預算未完成相關程序前，得先保留決標，俟預算通過後，決標方生效，如工程無法順利決標生效，廠商也不予請款。同時，花蓮縣政府於公文中亦說明，本案俟行政院農業委員會(已於112年8月1日改制升格為農業部，下稱農業部)核定計畫後，由該府進行督導該公司辦理後續事宜，並請該公司積極執行計畫。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:rFonts w:hAnsi="標楷體" w:cs="HiddenHorzOCR"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
-    <w:p w14:paraId="74A76B73" w14:textId="77777777" w:rsidR="00F41C1D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="74A76B73" w14:textId="2C8AC97A" w:rsidR="00F41C1D" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="85" w:name="_Toc203138252"/>
       <w:bookmarkStart w:id="86" w:name="_Toc203578399"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>經查花蓮農產運銷公司為辦理</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
         </w:rPr>
@@ -912,58 +912,67 @@
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>統包工程概念設計；3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>保影響差異報告彙整；</w:t>
+      <w:r w:rsidR="009A3B3C">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>環境</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>影響差異報告彙整；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
         </w:rPr>
         <w:t>協辦統包招標及決標有關事項；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5.</w:t>
@@ -11669,58 +11678,58 @@
     <wne:acd wne:argValue="AgC1az2EI2oPXzEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzUA" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzYA" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzcA" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzgA" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzkA" wne:acdName="acd9" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd10" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd11" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd12" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAUA" wne:acdName="acd13" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAYA" wne:acdName="acd14" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAcA" wne:acdName="acd15" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAgA" wne:acdName="acd16" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAkA" wne:acdName="acd17" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd18" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69AD3908" w14:textId="77777777" w:rsidR="00365842" w:rsidRDefault="00365842">
+    <w:p w14:paraId="193E3640" w14:textId="77777777" w:rsidR="00CC1CFA" w:rsidRDefault="00CC1CFA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D1914E5" w14:textId="77777777" w:rsidR="00365842" w:rsidRDefault="00365842">
+    <w:p w14:paraId="4CB744F0" w14:textId="77777777" w:rsidR="00CC1CFA" w:rsidRDefault="00CC1CFA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
@@ -11824,58 +11833,58 @@
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3CE0345A" w14:textId="77777777" w:rsidR="00F41C1D" w:rsidRDefault="00F41C1D">
     <w:pPr>
       <w:framePr w:wrap="auto" w:hAnchor="text" w:y="-955"/>
       <w:ind w:left="640" w:right="360" w:firstLine="448"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2618D170" w14:textId="77777777" w:rsidR="00365842" w:rsidRDefault="00365842">
+    <w:p w14:paraId="5D59D507" w14:textId="77777777" w:rsidR="00CC1CFA" w:rsidRDefault="00CC1CFA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00D797FA" w14:textId="77777777" w:rsidR="00365842" w:rsidRDefault="00365842">
+    <w:p w14:paraId="0B0F0A01" w14:textId="77777777" w:rsidR="00CC1CFA" w:rsidRDefault="00CC1CFA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="11ECCDEB" w14:textId="77777777" w:rsidR="00F41C1D" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -15312,50 +15321,55 @@
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F41C1D"/>
     <w:rsid w:val="00150B60"/>
     <w:rsid w:val="00165434"/>
     <w:rsid w:val="00320BC9"/>
     <w:rsid w:val="00365842"/>
     <w:rsid w:val="004C00B6"/>
     <w:rsid w:val="00740889"/>
     <w:rsid w:val="00946DAA"/>
+    <w:rsid w:val="009A3B3C"/>
+    <w:rsid w:val="00A42CBF"/>
+    <w:rsid w:val="00B42D9B"/>
+    <w:rsid w:val="00C274DC"/>
+    <w:rsid w:val="00CC1CFA"/>
     <w:rsid w:val="00F41C1D"/>
     <w:rsid w:val="00FD3CDC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -17137,54 +17151,54 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D928C64-3D38-465B-B889-D6A52C65579C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>24</Pages>
-  <Words>2261</Words>
+  <Words>2262</Words>
   <Characters>12894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>107</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15125</CharactersWithSpaces>
+  <CharactersWithSpaces>15126</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>