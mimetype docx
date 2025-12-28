--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -3,87 +3,87 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00D75644" w:rsidRPr="00544ECA" w:rsidRDefault="0025106C" w:rsidP="00F37D7B">
+    <w:p w14:paraId="377F313B" w14:textId="77777777" w:rsidR="00D75644" w:rsidRPr="00544ECA" w:rsidRDefault="0025106C" w:rsidP="00F37D7B">
       <w:pPr>
         <w:pStyle w:val="af8"/>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>糾正案文</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25849" w:rsidRPr="00544ECA" w:rsidRDefault="0025106C" w:rsidP="00F231DC">
+    <w:p w14:paraId="25906E3D" w14:textId="77777777" w:rsidR="00E25849" w:rsidRPr="00544ECA" w:rsidRDefault="0025106C" w:rsidP="00F231DC">
       <w:pPr>
         <w:pStyle w:val="10"/>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>被糾正機關：</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>經濟部產業園區管理局</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25849" w:rsidRPr="00544ECA" w:rsidRDefault="0025106C" w:rsidP="008B7185">
+    <w:p w14:paraId="30E1F0C7" w14:textId="77777777" w:rsidR="00E25849" w:rsidRPr="00544ECA" w:rsidRDefault="0025106C" w:rsidP="008B7185">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:kinsoku w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>案　　　由：</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>自</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>民國(下同)</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
@@ -710,51 +710,51 @@
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008B4841" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>爰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008B4841" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>依法提案糾正</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25849" w:rsidRPr="00544ECA" w:rsidRDefault="00DB3135" w:rsidP="00DE42B9">
+    <w:p w14:paraId="66DEDB3B" w14:textId="77777777" w:rsidR="00E25849" w:rsidRPr="00544ECA" w:rsidRDefault="00DB3135" w:rsidP="00DE42B9">
       <w:pPr>
         <w:pStyle w:val="10"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc524892370"/>
       <w:bookmarkStart w:id="2" w:name="_Toc524895640"/>
       <w:bookmarkStart w:id="3" w:name="_Toc524896186"/>
       <w:bookmarkStart w:id="4" w:name="_Toc524896216"/>
       <w:bookmarkStart w:id="5" w:name="_Toc524902722"/>
       <w:bookmarkStart w:id="6" w:name="_Toc525066141"/>
       <w:bookmarkStart w:id="7" w:name="_Toc525070831"/>
       <w:bookmarkStart w:id="8" w:name="_Toc525938371"/>
       <w:bookmarkStart w:id="9" w:name="_Toc525939219"/>
       <w:bookmarkStart w:id="10" w:name="_Toc525939724"/>
       <w:bookmarkStart w:id="11" w:name="_Toc529218258"/>
       <w:bookmarkStart w:id="12" w:name="_Toc529222681"/>
       <w:bookmarkStart w:id="13" w:name="_Toc529223103"/>
       <w:bookmarkStart w:id="14" w:name="_Toc529223854"/>
       <w:bookmarkStart w:id="15" w:name="_Toc529228250"/>
       <w:bookmarkStart w:id="16" w:name="_Toc2400386"/>
       <w:bookmarkStart w:id="17" w:name="_Toc4316181"/>
       <w:bookmarkStart w:id="18" w:name="_Toc4473322"/>
       <w:bookmarkStart w:id="19" w:name="_Toc69556889"/>
       <w:bookmarkStart w:id="20" w:name="_Toc69556938"/>
       <w:bookmarkStart w:id="21" w:name="_Toc69609812"/>
       <w:bookmarkStart w:id="22" w:name="_Toc70241808"/>
@@ -772,51 +772,51 @@
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w:rsidR="00B83C6B" w:rsidRPr="00544ECA" w:rsidRDefault="007666F5" w:rsidP="003A5B7B">
+    <w:p w14:paraId="0E8D5794" w14:textId="77777777" w:rsidR="00B83C6B" w:rsidRPr="00544ECA" w:rsidRDefault="007666F5" w:rsidP="003A5B7B">
       <w:pPr>
         <w:pStyle w:val="13"/>
         <w:ind w:left="680" w:firstLine="680"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc524895641"/>
       <w:bookmarkStart w:id="27" w:name="_Toc524896187"/>
       <w:bookmarkStart w:id="28" w:name="_Toc524896217"/>
       <w:bookmarkStart w:id="29" w:name="_Toc525066142"/>
       <w:bookmarkStart w:id="30" w:name="_Toc4316182"/>
       <w:bookmarkStart w:id="31" w:name="_Toc4473323"/>
       <w:bookmarkStart w:id="32" w:name="_Toc69556890"/>
       <w:bookmarkStart w:id="33" w:name="_Toc69556939"/>
       <w:bookmarkStart w:id="34" w:name="_Toc69609813"/>
       <w:bookmarkStart w:id="35" w:name="_Toc70241809"/>
       <w:bookmarkStart w:id="36" w:name="_Toc525070834"/>
       <w:bookmarkStart w:id="37" w:name="_Toc525938374"/>
       <w:bookmarkStart w:id="38" w:name="_Toc525939222"/>
       <w:bookmarkStart w:id="39" w:name="_Toc525939727"/>
       <w:bookmarkStart w:id="40" w:name="_Toc525066144"/>
       <w:bookmarkStart w:id="41" w:name="_Toc524892372"/>
       <w:bookmarkEnd w:id="26"/>
@@ -1225,51 +1225,51 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>臚</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>列事實與理由如下</w:t>
       </w:r>
       <w:r w:rsidR="00B83C6B" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="5F6586E1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc189838803"/>
       <w:bookmarkStart w:id="43" w:name="_Toc524895646"/>
       <w:bookmarkStart w:id="44" w:name="_Toc524896192"/>
       <w:bookmarkStart w:id="45" w:name="_Toc524896222"/>
       <w:bookmarkStart w:id="46" w:name="_Toc524902729"/>
       <w:bookmarkStart w:id="47" w:name="_Toc525066145"/>
       <w:bookmarkStart w:id="48" w:name="_Toc525070836"/>
       <w:bookmarkStart w:id="49" w:name="_Toc525938376"/>
       <w:bookmarkStart w:id="50" w:name="_Toc525939224"/>
       <w:bookmarkStart w:id="51" w:name="_Toc525939729"/>
       <w:bookmarkStart w:id="52" w:name="_Toc529218269"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
@@ -1741,51 +1741,51 @@
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0067701D" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>怠</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0067701D" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>失</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="54F455D4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Toc185948275"/>
       <w:bookmarkStart w:id="54" w:name="_Toc189838804"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>依據經濟部產業園區管理局補助地方政府強化地方工業區公共設施及設置平價產業園區作業要點(下稱作業要點)第28點規定：「補助款之支用應依計畫實際執行之進度按補助款與自籌款分擔比率撥付之，除受補助之直轄市、縣(市)政府與本局另有約定外，不得先行支用補助款或將補助款移作他用。」及第30點第1項規定：「補助決定經撤銷、廢止或縮減金額者，受補助之直轄市、縣(市)政府應於本局指定之期限內將已領取之補助款超過應領取之部分及該部分之孳息繳回本局指定帳戶。」經查</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>平價園區方案</w:t>
       </w:r>
@@ -1940,83 +1940,83 @@
         <w:t>其類型可概分如下(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>詳</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>表</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>1)：</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="3C8D9C07" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>政策轉變辦理撤案：主要為核定補助後，執行時因接獲行政院指示改變開發主體、或縣市府內部政策轉變、或議會未能及時編列</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>墊付案項等</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>因素，由地方政府申請撤案，共計8案。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="1FA7959B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>用地問題辦理撤案：主要為補助案件執行時，遲遲無法與地主達成用地取得共識，後經縣市府評估後已無續行推動可能而申請撤案，共計6</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>案。</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
@@ -2130,120 +2130,162 @@
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>2期（公共設施整體規劃-聯外道路工程）</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」，其撤案原因</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>詢據園</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>管局說明如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="7B2325B6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>新竹縣新埔鎮內立工業區計畫：該案於申請補助評選之初，因該計畫範圍私有土地甚多，建請縣府提出私有土地取得策略，縣府亦承諾若開發過程中涉及私有土地取得，將依土地徵收條例相關規定辦理，故經評選委員會同意後始得補助。經該局補助後，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>囿</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>於該區域天然條件限制甚多，經縣府檢討後實難以規劃足夠公共設施用地以符合產業園區創新條例第</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>39條有關公共設施用地比例20%規定，</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>如採徵收方式</w:t>
+        <w:t>如</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>採</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>徵收方式</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>取得公共設施用地，則用地取得費用遠超出縣府預算、且作業時間冗長，恐無法符合園區計畫執行期程，爰縣府經整體考量後來函申請終止計畫，雖該局亦提請縣府補充說明私有土地整合及其他未預期執行困難，惟經</w:t>
+        <w:t>取得公共設施用地，則用地取得費用遠超出縣府預算、且作業時間冗長，恐無法符合園區計畫執行期程，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>縣府經整體考量後來函申請終止計畫，雖該局亦提請縣府補充說明私有土地整合及其他未預期執行困難，惟經</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>考量縣府已無持續推動可行性，爰勉予同意</w:t>
+        <w:t>考量縣府已無持續推動可行性，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>爰勉</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>予同意</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>終止計畫</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="0E6A9F1F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>新園工業用地分期分區開發計畫第</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>2期（公共設施整體規劃-聯外道路工程）</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -2306,2260 +2348,2218 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>鑑價</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>致</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>撥用</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>金額遽增，經</w:t>
+        <w:t>金額</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>遽</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>增，經</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>縣府</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>評估財務仍超出可負擔範圍</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>，雙方對於土地撥用價格亦遲遲無法取得共識，導致道路工程遲無進展，且後續縣府於112年5月18日與該案承攬商終止契約，園管局考量相關經費恐難於113年底補助期限執行完畢，為有效控管計畫預算之執行，</w:t>
-      </w:r>
+        <w:t>，雙方對於土地撥用價格亦遲遲無法取得共識，導致道路工程遲無進展，且後續縣府於112年5月18日與該案承攬商終止契約，園管局考量相關經費</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>恐</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>難於113年底補助期限執行完畢，為有效控管計畫預算之執行，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>爰勉予同意</w:t>
+        <w:t>爰勉</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>予同意</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>終止計畫</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16908" w:rsidRDefault="00D65C6B" w:rsidP="009651E6">
+    <w:p w14:paraId="2B67203C" w14:textId="77777777" w:rsidR="00C16908" w:rsidRDefault="00D65C6B" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>因抗爭、審議</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>辦理撤案：主要為申設案件送審後，因地方民意反對或經審議決議不予開發，由地方政府申請撤案，共計2案。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16908" w:rsidRDefault="00C16908">
+    <w:p w14:paraId="2E4C6B93" w14:textId="77777777" w:rsidR="00C16908" w:rsidRDefault="00C16908">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:kern w:val="32"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="44C7AEB5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>截至113年8月底</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>止</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>平價園區方案之計畫撤銷情形</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="3B863A75" w14:textId="58CB7025" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="277"/>
         <w:gridCol w:w="277"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="1048"/>
         <w:gridCol w:w="1085"/>
         <w:gridCol w:w="2929"/>
         <w:gridCol w:w="2267"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="4E1CA9A4" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="277D7924" w14:textId="37FED44C" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>撤案類型</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="139D1D5E" w14:textId="3CC45394" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>縣市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0D7C56F9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>申請案件名稱</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="76214E4B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>核定補助</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="76C58A27" w14:textId="77777777" w:rsidR="009651E6" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>金額</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00763B52" w:rsidRPr="00544ECA" w:rsidRDefault="00763B52" w:rsidP="00763B52">
+          <w:p w14:paraId="13520490" w14:textId="77777777" w:rsidR="00763B52" w:rsidRPr="00544ECA" w:rsidRDefault="00763B52" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(千元)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4C85CEAB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>申請案件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="44566577" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>撤案原因</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="417F5CEC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>備註</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="1C562DF7" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3CA4E599" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1D090370" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7DD5A5E4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="084A239A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1F448385" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>核定日期</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="22763E1D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>撤案日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2D39AC3D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="18916180" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="61822D6C" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="312E14A1" w14:textId="5AB80095" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>合計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4FDA2B4B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>2,776,102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7FBBCF08" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="63027099" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6FA67FCF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付142,919千元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="54CD8321" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
-[...92 lines deleted...]
-              <w:t>辦理撤案</w:t>
+          <w:p w14:paraId="5A156093" w14:textId="3B5EE5E7" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+            <w:pPr>
+              <w:pStyle w:val="afff2"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:t>政策轉變辦理撤案</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0126C72A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="47B34EFA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>樹林柑園產業園區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="44E9B9EB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>49,490</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="558E3D4B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>108/09/09</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4CD246AE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109/7/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="39EE5249" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>市府政策改變，改由城鄉局主政、以新訂都市計畫方式辦理整體開發，故申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="06D78288" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付1,924.28千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="14B73DE0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>後續由新北市政府配合總體產業發展策略開發</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="3711F44C" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6B2C7123" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="22FD37FD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6759AA84" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>泰山楓江產業園區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="75EF8056" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>34,600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="001B6326" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>108/09/09</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="35B75EAE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109/7/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="56B803B1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>市府政策改變，改由城鄉局主政、以新訂都市計畫方式辦理整體開發，故申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6C72744A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付1,573.15千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7DE436A9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>後續由新北市政府配合總體產業發展策略開發</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="743FEE5C" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="46D5C7AC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1259F6F1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="20632CC8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>淡海新市鎮產業園區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="17B9B519" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>34,010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4A653BA6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>108/09/09</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="28AE38A8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109/7/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3EC04758" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>規劃過程中，經新北市政府與內政部國</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>土署</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>協調後政策改變，改由內政部國</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>土</w:t>
+              <w:t>土署</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>署以新市鎮開發條例辦理整體開發，故申請撤案。</w:t>
+              <w:t>以新市鎮開發條例辦理整體開發，故申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="717DCB4A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付2,146.2千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="01ECCB4D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>後續由</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>內政部</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>國</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>土署</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>配合整體國土規劃政策開發</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="66DA1B94" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="53A831C4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7689FDCC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="26DA73E5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>烏日溪南產業園區申請設置計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="259CEA8A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>21,150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0FDE7B84" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>未核定</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="65352016" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>107/4/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="421CE17B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>因市府政策改變，將改依都市計畫法辦理，故申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6902FE54" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>107年第二階段評選大會同意補助，於核定計畫前即來函申請撤案</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="32E3C3C5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>後續由</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中市政府配合總體產業發展策略開發</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="24B18AC8" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5860F3C0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1A73F7AD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>雲林縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6DF1630A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>北港農創智慧</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>產業園區計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="60716381" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>23,850</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="790322DA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/11/12</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="085D00FB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>108/3/7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="72FB535B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>議會墊付案未通過，故申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2EB9B069" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>撥付款項</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="6A17B3BD" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4A25DDF1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="29C044BD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5019C680" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>雲林離島式基礎工業區</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>台西綠能專區</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="07E0ED0D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>1,926,660</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5AF2C950" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/05/09</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2F21E7BE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>108/6/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="42C42A28" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>政策改變，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>綠能專區</w:t>
+              <w:t>綠能專區不</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>不續執行，故申請撤案。</w:t>
+              <w:t>續執行，故申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7A921AF7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付57,800千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="52217F26" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>雲林縣政府配合</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>其</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -4571,2584 +4571,2561 @@
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>雲林離島式基礎工業區台西產業園區計畫(海洋科技智慧園區計畫)</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>」申請補助</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>，刻正執行中</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="322272D6" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2A5738D2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6F2B9DFD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>嘉義縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7758DA9C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>嘉義縣民雄無人機與航太產業園區計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="26C77B80" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>15,858</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4DD99579" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110/10/06</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2F4810BC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113/04/22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7AB6C499" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>縣府依據行政院於112年8月10日裁示，由國家中山科學研究院主導開發作業，故由縣府申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="50A12CA6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付14,906.52千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="523ABAF0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>後續</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>由</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>國家中山科學研究院主導開發</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="284CAA29" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6E9C59ED" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7F32BF4C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>基隆市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="58E1BD85" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>北五堵國際研發新鎮計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="67307B58" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>30,750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="49F8CB9D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>107/04/25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="68A82E68" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113/06/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="17094CF6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>市府</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>評估倘依</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>「產業創新條例」所規定園區開發方式，財政難以負擔，故申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5ADA3289" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付17,220千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7FD1A24F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>後續由基隆市政府配合總體產業發展策略開發</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="4D5EC6B9" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2028AB4E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>用地問題辦理撤案</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5340A2F4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="71B85FC0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>八德大安產業園區計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="493E4548" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>10,074</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="74F4B0CC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/03/14</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6A2F738C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112/4/7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3970C25D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>本案考量私有土地經與地主多次協調</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>價購仍無</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>進展、且市府不願強制徵收，故申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="35DD30F8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付8,480.67千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="01AC6301" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>後續由桃園市政府視土地取得情形辦理整體開發</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="580AFC67" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="47FA8B3D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="71BC8071" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>新竹縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="679874B9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>新竹縣芎林鄉五華工業區設置編定申請變更計畫</w:t>
+              <w:t>新竹縣芎林鄉五華工業區設置編定申請變更計</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="5EC2B8D8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+            <w:pPr>
+              <w:pStyle w:val="afff2"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>239,070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6F3A15ED" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/04/25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="22680EAC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109/4/22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0D07B3C7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>經辦理公共設施工程可行性評估，本案需理用地徵收，另工期約31個月，無法符合前瞻計畫規定期程，且尚需籌措徵收或補償經費，縣府經評估後申請撤案。</w:t>
+              <w:t>經辦理公共設施工程可行性評估，本案需理用地徵收，另工期約31個月，無法符合前瞻計畫規定期程，且尚需籌措徵收或補償經費，縣府經評估後</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7B88A438" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>已撥付6,500千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4410EAC2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>後續由新竹縣政府視土地取得及經費籌措情形辦理整體開發</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="0A234A38" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3881D2C9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="67803AEA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3D61114E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>新竹縣新埔鎮內立工業區計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4FE19F32" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>5,186.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1DA53468" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>110/02/25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="65D83B31" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111/7/12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3363B698" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>用地取得費用遠超出縣府預算、且作業時間冗長，恐無法符合園區計畫執行期程，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>爰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>縣府經整體考量後申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1360BF5C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付3,111.9千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0199F39C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>後續由新竹縣政府視土地取得及經費籌措情形辦理整體開發</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="26AE6D4B" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="06E2EFB6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4B12BBEC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="28C021AB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>后里都市計畫工業區道路</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>闢</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>設計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6DD85F81" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>36,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="20D4D585" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/03/20</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="20101A52" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110/6/21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="24CE8ED0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>案內土地多為私有，經</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中市政府與土地所有權人協調未果，使計畫執行延宕不前，故申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="23497EEE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>撥付款項</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5597413C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>後續由</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中市政府視土地取得情形續行辦理</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="0D31488D" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0CA3AF90" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7E92EE91" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>彰化縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="65D726E9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>彰化交流道附近特定區產業園區開發示範計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="09FCAAC4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>33,300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3D2FC6D1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>107/05/09</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6CEB20CE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>108/11/21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="135679B9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>因區內土地多屬私有，整合不易，經評估</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>不</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>續辦第二階段產業園區規劃及申請設置作業，改採民間自行整合開發，故申請撤案。</w:t>
+              <w:t>續辦第二階段產業園區規劃及申請設置作業，改</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:t>採</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:t>民間自行整合開發，故申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="77885D7C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付4,289.31千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="45774F7D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>原計畫範圍內已有由民間提送之個案變更計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="3A0A93C8" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="36B91068" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="74B72EAF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>屏東縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3286E5AA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>新園工業用地分期分區開發計畫第2期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7C25686C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>272,790</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4223E3E1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>110/02/25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="75EA1743" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112/10/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="308B4E17" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>本工程需使用東港鎮公所土地，惟屏東縣府與東港鎮公所針對土地撥用價格遲無法獲具體共識，經考量補助期限僅至113年底，故由縣府申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6B3F9FCB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>公共設施整體規劃-聯外道路工程</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="02E22DFA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>撥付款項</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="2129A8C6" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="00D65C6B" w:rsidP="00763B52">
+          <w:p w14:paraId="42D42FD5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="00D65C6B" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>因抗爭、審議</w:t>
             </w:r>
             <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>辦理撤案</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="613BD67E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>彰化縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4FA090FD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>彰化縣打鐵</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>厝</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>南側</w:t>
+              <w:t>南側)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>)產業園區計畫</w:t>
+              <w:t>產業園區計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5DE7255B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>18,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="07910009" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/05/09</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="60BB02EE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>108/8/16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="016C3E01" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>因計畫</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>位址緊臨</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>富麗大鎮社區，於審議期間屢遭社區民眾抗議，爰申請撤案。</w:t>
+              <w:t>富麗大鎮社區，於審議期間屢遭社區民眾抗議，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:t>爰</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3093622A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付10,078.59千元</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00E05C5B">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="710F9C91" w14:textId="77777777" w:rsidTr="00702841">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="563C65CB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="157" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="661A053B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>南市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0F47A0EC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>臺南市綠能產</w:t>
+              <w:t>臺南市綠能產業</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>業園區計畫</w:t>
+              <w:t>園區計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="593" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="49F53435" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>24,813</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5EE0B11D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110/02/24</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6CF799E5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113/08/07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="71D7E9C3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>生態棲地補償、樹木移植、淹水補償等規劃未獲接受且民眾反對，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>環境部環評</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>委員會決議不應開發，故市府申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="032FDC8C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>已撥付14,887.92千元</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5E2CA054" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>南市政府後續再配合產業政策及民意同意情形辦理整體開發</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="00E05C5B" w:rsidP="009651E6">
+    <w:p w14:paraId="7EF666A6" w14:textId="5FFB30D0" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...72 lines deleted...]
-      <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
+      <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>資料來源：園管局提供本院資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="4DCCF7CC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="55" w:name="_Toc185948276"/>
       <w:bookmarkStart w:id="56" w:name="_Toc189838805"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>復查自1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
@@ -7174,350 +7151,378 @@
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>案，其中申請計畫後</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>再行撤案</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>者計12案，其中雲林縣麥寮鄉工業區內編號八道路之新闢工程，因徵收經費不足，未能順利取得用地，致無法完成發包作業；雲林縣水林鄉工業區內道路及排水改善計畫因計畫路線未取得全部土地同意書，致無法於期程內完成發包作業，</w:t>
+        <w:t>者計12案，其中雲林縣麥寮鄉工業區內編號八道路之新</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>闢</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>工程，因徵收經費不足，未能順利取得用地，致無法完成發包作業；雲林縣水林鄉工業區內道路及排水改善計畫因計畫路線未取得全部土地同意書，致無法於期程內完成發包作業，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>爰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>上開2案申請撤案，依實際完成部分辦理結算，總計已撥付補助金額計</w:t>
+        <w:t>上開2案申請撤案，依實際完成部分辦理結算，總計已撥</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>付補助金額計</w:t>
       </w:r>
       <w:r w:rsidR="001D2EAA" w:rsidRPr="001D2EAA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>85萬2</w:t>
       </w:r>
       <w:r w:rsidR="001D2EAA" w:rsidRPr="001D2EAA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001D2EAA" w:rsidRPr="001D2EAA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>911元</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>詳</w:t>
+        <w:t>詳表</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
-          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。其中核定</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>臺</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>中港特定區關連工業區三期道路興闢計畫</w:t>
+        <w:t>中港特定區關連工業區三期道路興</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>闢</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>計畫</w:t>
       </w:r>
       <w:r w:rsidR="00B345A6" w:rsidRPr="00FB256E">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00B345A6">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>億</w:t>
       </w:r>
       <w:r w:rsidR="00B345A6" w:rsidRPr="00FB256E">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>8,578</w:t>
       </w:r>
       <w:r w:rsidR="00B345A6">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>萬</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>元，逾3年</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>後方</w:t>
+        <w:t>後方撤</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>撤案。</w:t>
+        <w:t>案。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="4B4B32F0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>截至113年8月強化公設</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>方案</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>申請後撤案</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>情形</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="1EEDF542" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>單位：元</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="275"/>
         <w:gridCol w:w="1562"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="428"/>
         <w:gridCol w:w="2834"/>
         <w:gridCol w:w="1182"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="0006457E">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="62B5EAE6" w14:textId="77777777" w:rsidTr="0006457E">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="29E6B72D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>申請單位</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="130DF6CB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>案名</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="19C17B20" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>申請</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -7528,1075 +7533,1075 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>內容</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2E9D4900" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>核定日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="63065EB0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>補助金額</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="066B700A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撤銷或廢止補助情形</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="0006457E">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="3F5AAAF2" w14:textId="77777777" w:rsidTr="0006457E">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="78016D64" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="69CE8E7C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="343D2050" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="280D5ACE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="23615E17" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>總計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6963563E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="22F08A14" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>原因</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="00EDD6EB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>已撥付款收回情形</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="0006457E">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="6F1F552D" w14:textId="77777777" w:rsidTr="0006457E">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="145CDAE3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4945F4A8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1BC7A1BB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="54944E76" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5892E24D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>已撥付</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="16009139" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2ECFE4BE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="788706DD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidTr="004331CC">
+      <w:tr w:rsidR="004331CC" w:rsidRPr="00FB256E" w14:paraId="2A3164CD" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="20139A28" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="2B0DBF48" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>合計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00164111" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="49700353" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00164111" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00164111">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1,322,255,294</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="693C5CA5" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="4BBB0972" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="61663CA5" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidTr="004331CC">
+      <w:tr w:rsidR="004331CC" w:rsidRPr="00FB256E" w14:paraId="7A32D670" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="43F4E4AA" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="24F51F95" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00164111" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="6AC95817" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00164111" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00164111">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>852,911</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="494556B4" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="041C040C" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
+          <w:p w14:paraId="41D3ECDE" w14:textId="77777777" w:rsidR="004331CC" w:rsidRPr="00FB256E" w:rsidRDefault="004331CC" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="106F1A1E" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="529"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0B598612" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="04790BED" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>平鎮工業區聯外巷道湧光路136巷38弄道路拓寬工程計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="32CB3D18" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>道路拓寬工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="39F38BD3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -8607,562 +8612,584 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4/12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4F47E9C7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1,565,294</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="14E0661D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/04/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7FBA32CF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>因涉及都市計畫地目變更，辦理</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>期程恐無法</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>於第二階段施作，爰申請撤案。</w:t>
+              <w:t>於第二階段施作，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>爰</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="253C2BF5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撥付款項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="221B4F5A" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1149A8A6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="51D7A12D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="584F1004" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6C264D08" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1466151C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2B44878C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7F10DE6C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4531C9E6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="4D3AB093" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="613"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0CBFFE86" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>宜蘭縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3C941174" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>頭城都市計畫工業區計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="176E6084" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>道路、排水及路燈相關管線工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="00796579" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -9193,122 +9220,122 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4C368B4D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>245,380,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="638AF997" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>108/09/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6595FB62" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>案內土地多為私有，經宜蘭縣政府與土地所有權人協調未果，使計畫執行延宕不前，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
@@ -9320,435 +9347,435 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="45D9BD29" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撥付款項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="2D8AA163" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5F94D9B5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6C70DA94" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="407E5A33" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4A5728E0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0CC7E4C2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6B9F8F9C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="63554928" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="59E47C8A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="1A091519" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3A5E11FB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新竹縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="45E49ACE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新竹(含香山)都市計畫工業區計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6E13BBC2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>道路拓寬改善及服務中心(兼污水處理廠)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0616E309" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -9759,1111 +9786,1155 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4/12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="371096EE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17,690,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="127AE6F4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/11/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0FFAE4DA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>因大庄路及牛埔路道路現況仍然良好，且部分路段仍在保固期，為維效益且避免浪費公</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>帑</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>，爰申請撤案。</w:t>
+              <w:t>，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>爰</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="272A3A3E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撥付款項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="030E4C60" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="697B18E0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="32763D71" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7D1FD963" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="49E393CA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3AA98AB8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="153B829F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="270ED612" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7F372EE0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="06259B96" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="722"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5694C23C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>苗栗縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="23EC5CF4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>苗栗縣銅鑼鄉朝西乙種工業區聯外排水計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3DB6CF5D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>排水改善工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="293DEAA5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>未核定</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="475F76D6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7,200,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="345EC0BE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/08/20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3214FA10" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>因銅鑼鄉公所尚無法取得交通部臺灣鐵路局</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>中工務段同意朝西工業區排水納入原有鐵路排水箱涵，經評估後計畫無法執行，爰申請撤案。</w:t>
+              <w:t>中工務段同意朝西工業區排水納入原有鐵路排水箱涵，經評估後計畫無法執行，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>爰</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="69CA04C3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撥付款項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="63F2E367" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6BCE8ECC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6E4928FC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="07B63593" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7431FCC6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3CBB36DC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7534645E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="75FB712B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4A3164C0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="3DBE26DF" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="780AD575" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>苗栗縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="52ABF10C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>苗栗縣竹南工業區聯外道路人行道及排水改善計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="294B49D4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>人行道及排水改善工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="485C1625" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -10894,122 +10965,122 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0FCA51E6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30,800,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5FB4B0D5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/11/27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="31F0B1C6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>因縣府考量整體推動執行率，且經評估本案已無持續推動之可行性，將不予續辦工程招標事宜，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
@@ -11021,567 +11092,567 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="79E0BCF6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撥付款項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="42E175A6" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="42E61C71" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="10DDF651" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2E3F3E0B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4B3C03D0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="586B17E8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1F80F4DA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="313E134E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="35777572" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="44EE7ACB" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5E6B35F9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="52027509" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>大甲幼獅工業區聯外道路改善計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4350C378" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新設或道路</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>刨鋪改善</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0C67AD56" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>未核定</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="00716E73" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19,280,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1AA6D9B7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/10/01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0DFB1435" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>因</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
@@ -11592,602 +11663,624 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中市政府</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>107</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7年度無相關預算可支應自籌款，爰申請撤案。</w:t>
+              <w:t>年度無相關預算可支應自籌款，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>爰</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7442E23F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撥付款項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="385B2067" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0BE98F32" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1A2735A7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6D41FBE4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="17694AD3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3D6830D5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="61262D59" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="10A6A499" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="64053F52" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="0006457E">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="0F26C434" w14:textId="77777777" w:rsidTr="0006457E">
         <w:trPr>
           <w:trHeight w:val="786"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1AF6F3AD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0EEEE8AD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中港關連工業區周邊聯外道路(中華路一段721巷、979巷等路段)路面改善計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7E60EA7E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新設或道路</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>刨鋪改善</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6710E612" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>未核定</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0E573BF3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22,500,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="43A392F9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/10/01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="754A2F0C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>因</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
@@ -12198,484 +12291,506 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中市政府</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>107</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7年度無相關預算可支應自籌款，爰申請撤案。</w:t>
+              <w:t>年度無相關預算可支應自籌款，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>爰</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="39FBE256" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撥付款項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="1C00B1B3" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5D41B2E4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3C78B0EA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7D27E3E9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7E5F58DA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2AE0A319" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="06DDD253" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="06DA5E46" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="025F45AD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="12A68FFA" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="875"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="61ADEE2E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6897367F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>潭子都市計畫工業區聯外道路改善計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0C129389" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新設或道路</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>刨鋪改善</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3FB2A9BD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -12686,682 +12801,748 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="44268FA0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3,650,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1660D068" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/12/20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1B27F31C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>囿</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>於計畫規劃之道路改善路段與台灣自來水公司汰換管線工程(潭富路一段至潭富路三段)範圍重疊，為避免</w:t>
+              <w:t>於計畫規劃之道路改善路段與台灣自來水公司</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>道路刨鋪重</w:t>
+              <w:t>汰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>複施工，爰申請撤案。</w:t>
+              <w:t>換管線工程(潭富路一段至潭富路三段)範圍重疊，為避免</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>道路刨鋪重複</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>施工，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>爰</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="66A63E07" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撥付款項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="6648B637" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1AEE1FD9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3C4879E2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4378B9D4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="097DD4FB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3B60684B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7C8DC72E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="661F29EB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5498001A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="4E366DCC" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0E8354D8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5F5A956B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>中港特定區關連工業區三期道路興闢計畫</w:t>
+              <w:t>中港特定區關連工業區三期道路興</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>闢</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3123177E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新設或道路</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>刨鋪改善</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2A490CA6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/03/20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4F7707E8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>885,780,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="247733B0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>110/</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -13392,421 +13573,442 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0C06A9B4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>案內土地多為私有，經</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>中市政府與土地所有權人協調未果，使計畫執行延宕不前，爰申請撤案。</w:t>
+              <w:t>中市政府與土地所有權人協調未果，使計畫執行延宕不前，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>爰</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="76A90BCB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撥付款項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="062B6566" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="191EF91D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="54478462" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="56AE7BF1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7ED5AC4E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="664031C8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="47C2B2D4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="13533B72" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7B1C4260" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="70721BCE" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="49DDABBB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>雲林縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="58120F2E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>雲林縣麥寮鄉工業區內編號八道路之新</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
@@ -13819,205 +14021,205 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>闢</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="47DD4747" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新設或道路</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>刨鋪改善</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0F045A65" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/06/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="350C81E0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18,960,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3BDF3628" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>108/10/05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7D2D76D1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>該案工程由麥寮鄉公所辦理，因徵收經費不足，未能順利取得用地，致無法完成發包作業，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
@@ -14029,531 +14231,531 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="54342B68" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>依實際完成部分辦理結算</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="0ACECDD6" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="64A1A4AC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2837379F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="695DA022" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="47D51C3B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="55A8E224" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>435,209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4AF86FB2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="37E1D9BB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6E6A9B25" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="4D834DBA" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="384"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3ABB33BB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>雲林縣</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3ABC4E1F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>雲林縣水林鄉工業區內道路及排水改善計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="650DD626" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新設或道路</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>刨鋪改善</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5EDD564E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/06/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6C44DAC1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16,890,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="288917F3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>108/11/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2E68863E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>因計畫路線未取得全部土地同意書，致無法於期程內完成發包作業，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
@@ -14565,428 +14767,428 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7AF2BE81" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>依實際完成部分辦理結算</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="18261FAC" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4149C3F1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="45EED98E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="771CF0BA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2C4C0F1A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7CEC11E9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>417,702</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="07782410" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="270C3C93" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1B7CA72D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="5A2E3010" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0999D76A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>高雄市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6DE9AD62" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>後鄕允成工業區計畫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="38AD8B6D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新設或道路</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>刨鋪改善</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="74CAB421" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/</w:t>
             </w:r>
@@ -14998,124 +15200,124 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3/14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1F6D4688" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>52,560,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3E37A2A7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107/09/07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7767B2F0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>因配合款籌措事宜、土地所有權人出具土地使用同意書、成立廠商協進會管理區內相關公共設施等項目，經市府函文</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
@@ -15127,479 +15329,529 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>催促均未果</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>致迄無</w:t>
+              <w:t>致迄無法</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>法執行，爰申請撤案。</w:t>
+              <w:t>執行，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>爰</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:spacing w:val="-40"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>申請撤案。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="60488BF5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>本案未有實質進度，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爰無已</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>撥付款項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="004331CC">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="7383854F" w14:textId="77777777" w:rsidTr="004331CC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="156" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="38F6AB88" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6A1F5273" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="4EAB0202" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1178E6B6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6637A1BE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7F44D6C1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0EEF9710" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1882F87D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:spacing w:val="-40"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="179E26DB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>資料來源：園管局提供本院資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="29455C7A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="57" w:name="_Toc189838806"/>
       <w:bookmarkStart w:id="58" w:name="_Toc185948277"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>嗣據園</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>管局說明，部分撤銷</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>案件均係計</w:t>
+        <w:t>案件均係計畫</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>畫執行初期，基於鼓勵及輔導地方政府立場審定，惟因相關評選及審查機制未臻完善，且部分地方政府後續執行上又遭遇用地取得作業未如預期、採購作業延宕等影響，致計畫無法如期推展而辦理撤案。</w:t>
+        <w:t>執行初期，基於鼓勵及輔導地方政府立場審定，惟因相關評選及審查機制未</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>臻</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>完善，且部分地方政府後續執行上又遭遇用地取得作業未如預期、採購作業延宕等影響，致計畫無法如期推展而辦理撤案。</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>前工業局</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>為完善審查機制，有效控管預算之執行進度，業於107年11月訂定執行原則，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>研</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>提周延前置作業、妥善控管時程及建立退場機制等措施，並採競爭型評選機制篩選優先補助名單，及透過評選小組會議先行審定各案總需求額度上限，再依實際執行情形於每年度</w:t>
+        <w:t>提周延前置作業、妥善控管時程及建立退場機制等措施，並</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>第4季核</w:t>
+        <w:t>採</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>配各案之下年度預計執行經費，以提高計畫效益產出，並配合申請單位實際需求減列經費，並無規避執行進度門檻之情事。</w:t>
+        <w:t>競爭型評選機制篩選優先補助名單，及透過評選小組會議先行審定各案總需求額度上限，再依實際執行情形於每年度</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>第4季核配</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>各案之下年度預計執行經費，以提高計畫效益產出，並配合申請單位實際需求減列經費，並無規避執行進度門檻之情事。</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>產業園區開發可謂地方政府之重大政策，於正式啟動產業園區開發作業前，需先有嚴謹前期規劃作業，其內容涉及用地</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>勘</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>選、引進產業項目、區域水電供給評估、自然環境調查、重大建設支應及民意支持程度，以確保於合情、合理、合法之前提下推動產業園區開發，顯</w:t>
+        <w:t>選、引進產業項目、區域水電供給評估、自然環境調</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>見前期規劃作業具有其必要性及重要性；已撤案之平價園區案件，雖未如預期完成申請設置程序，惟地方政府已投入之規劃、工程設計成果，皆可做為後續園區開發之重要參酌，於未來地方政府國土計畫及產業政策</w:t>
+        <w:t>查、重大建設支應及民意支持程度，以確保於合情、合理、合法之前提下推動產業園區開發，顯見前期規劃作業具有其必要性及重要性；已撤案之平價園區案件，雖未如預期完成申請設置程序，惟地方政府已投入之規劃、工程設計成果，皆可做為後續園區開發之重要參酌，於未來地方政府國土計畫及產業政策</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>研</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>擬具有重要指導及參考意義，故並無不經濟支出之情事。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="64F981A5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="_Toc189838807"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>惟查平價</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>園區方案1</w:t>
@@ -15629,134 +15881,148 @@
         </w:rPr>
         <w:t>案均於1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>07</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>月7</w:t>
+        <w:t>月7日</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>日執行原則及相關機制實施後核定，顯見其補救措施尚無發揮功效；復</w:t>
+        <w:t>執行原則及相關機制實施後核定，顯見其補救措施尚無發揮功效；復</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>揆</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>以平價園區方案及強化公設方案撤案原因中，大多為申請後因</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>用地問題</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>而</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>辦理撤案</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>係屬可事前</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>預防類</w:t>
+        <w:t>預防類態</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>態，</w:t>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>足見地方政府於申請前未審慎調查評估用地取得可行性，園管局(前工業局)亦未於</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>受理新案時將「土地取得策略」作為是否補助之參考依據，</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>顯示該局審核輔導機制及地方政府提案作業未臻完善</w:t>
+        <w:t>顯示該局審核輔導機制及地方政府提案作業未</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>臻</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>完善</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>而已投入經費所作之</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>規劃、工程設計</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，雖稱可作為</w:t>
       </w:r>
@@ -15775,631 +16041,745 @@
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>研</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>擬國土計畫及產業政策</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>之用，然不免時過境遷，參考價值勢必大打折扣，復未建立相關事後追蹤管考機制，其中不乏核定逾2年以上方撤案者，實已排擠可供使用之補助額度及影響其他計畫執行時效，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>且撤</w:t>
+        <w:t>且撤案</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>案已核撥之計畫經費亦造成不經濟支出</w:t>
+        <w:t>已核撥之計畫經費亦造成不經濟支出</w:t>
       </w:r>
       <w:r w:rsidR="006E5323" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>，浪費公帑</w:t>
-      </w:r>
+        <w:t>，浪費公</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006E5323" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>帑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，園管局</w:t>
       </w:r>
       <w:r w:rsidR="006E5323" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>自有怠失</w:t>
+        <w:t>自有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006E5323" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>怠</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006E5323" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>失</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="52EF822A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="_Toc189838808"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>依據強化公設方案計畫目標，於評選時將改善既有工業區排水系統、布置水電管線、設置污水處理廠設備等環境保護設施列為優先補助對象，惟實際卻偏重補助</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>道路新設或</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>刨鋪改善</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等非優先項目，未能改善工業區公共設施，減少設廠障礙，發揮</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>提升污水處理設施效能</w:t>
-[...6 lines deleted...]
-        <w:t>、</w:t>
+        <w:t>提升污</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>活化用地</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>水處理設施效能</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>等計畫效益。</w:t>
-[...15 lines deleted...]
-        <w:t>局轄管園區污水處理廠中，採</w:t>
+        <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>與民間機構簽約</w:t>
+        <w:t>活化用地</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>辦理委</w:t>
-      </w:r>
+        <w:t>等計畫效益。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>又園管</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>局轄管園區污水處理廠中，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>採</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>06</w:t>
+        <w:t>與民間機構簽約</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>年迄1</w:t>
+        <w:t>辦理委辦操作之觀音及中壢園區，自1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>13</w:t>
+        <w:t>06</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>年8月底止</w:t>
+        <w:t>年</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>迄</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>污水排放違反水污染防</w:t>
+        <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>治</w:t>
+        <w:t>年8月底</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>止</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>法遭裁</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>污水排放違反水污染防</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>治</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>罰案件</w:t>
+        <w:t>法遭裁罰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>案件</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>累計竟皆</w:t>
+        <w:t>累計竟皆逾</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>逾3</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>千</w:t>
+        <w:t>千萬</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>萬元，並未列入強化公設方案改善，該局對轄管園區污水處理廠之監管，顯然未能妥為善用預算經費以有效減少污水排放</w:t>
+        <w:t>元，並未列入強化公設方案改善，該局對轄管園區污水處理廠之監管，顯然未能妥為善用預算經費以有效減少污水排放</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>違法</w:t>
       </w:r>
       <w:r w:rsidR="00D65C6B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>遭</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>裁</w:t>
+        <w:t>裁罰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>罰情形，強化公設方案預算配置不當</w:t>
+        <w:t>情形，強化公設方案預算配置不當</w:t>
       </w:r>
       <w:r w:rsidR="00025AAB" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>且與計畫目標不合</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="0067701D" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>核有違失</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="49615C53" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Toc185948286"/>
       <w:bookmarkStart w:id="62" w:name="_Toc189838809"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>經盤點園管局轄管污水處理廠</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>自辦計</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>29座</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>委辦計15</w:t>
+        <w:t>委辦計15座</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>座及</w:t>
+        <w:t>及</w:t>
       </w:r>
       <w:r w:rsidR="001729E3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>委</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001729E3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>辦</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>廠</w:t>
+        <w:t>廠數</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>數計4座，合計共48座</w:t>
+        <w:t>計4座，合計共48座</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，屬30年以上者(</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>23座</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>)、20年以上未達30年者(3座)、10年以上未達20年者(4座)，雖各廠處理設施依財產年限與設備堪用現況，逐年編列並辦理部分汰舊更新，以符合現行環保法令，仍囿於產業園區開發管理基金年度經費有限，不足支應情形，致多數污水廠仍處於硬體設備簡陋老舊狀態，</w:t>
+        <w:t>)、20年以上未達30年者(3座)、10年以上未達20年者(4座)，雖各廠處理設施依財產年限與設備堪用現況，逐年編列並辦理部分</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>汰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>舊更新，以符合現行環保法令，仍</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>囿</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>於產業園區開發管理基金年度經費有限，不足支應情形，致多數污水廠仍處於硬體設備簡陋老舊狀態，</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>導致處理效能下降，且偶有區內廠商瞬時排放高濃度廢水，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>致放</w:t>
+        <w:t>致放流</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>流水質不符</w:t>
+        <w:t>水質不符</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>標準</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>遭裁罰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，自</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>106年</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>迄</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>113年8月底止該局轄管園區污水處理廠自辦、委</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65C6B">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>辦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>及園區污水排放違反水污染防治</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>法遭裁罰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>累計</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>金額</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>超過1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>百</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>萬元之</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>彙整</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>情形(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>詳表</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，其中觀音及中壢</w:t>
+      </w:r>
+      <w:r w:rsidR="0098297D">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>園區</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>自1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>迄</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年8月底</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>止</w:t>
+      </w:r>
+      <w:r w:rsidR="007B657C">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>因水污染</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
         <w:t>遭裁</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
-          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>106年迄113年8月底止該局轄管園區污水處理廠自辦、委</w:t>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t>罰</w:t>
-      </w:r>
-[...116 lines deleted...]
-        <w:t>裁罰</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>累計件數及金額分別高達4</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>件計</w:t>
       </w:r>
       <w:r w:rsidR="00190258" w:rsidRPr="00FB256E">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>3,992</w:t>
       </w:r>
@@ -16460,98 +16840,188 @@
         <w:t>據該局針對老舊設施於</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>106至109年係以永續工業區潔淨水環境計畫</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rStyle w:val="aff9"/>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
-        <w:t>經費進行臺中等11處工業區污水收集管線更新汰舊及</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>經費進行</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
-        <w:t>永安、大發污水處理廠擴整建工程，並進行新北等</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
-        <w:t>處工業區老舊設備汰換及實驗室檢驗儀器之新購及汰換，並陸續辦理採</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="63" w:name="_Hlk198124077"/>
+        <w:t>中等11處工業區污水收集管線更新</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
-        <w:t>促</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D65C6B">
+        <w:t>汰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
+        <w:t>舊及</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+        </w:rPr>
+        <w:t>龍德、新北、中壢、新營、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>永安、大發污水處理廠擴整</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>建工程，並進行新北等</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>處工業區老舊設備</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>汰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>換及實驗室檢驗儀器之新購及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>汰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>換，並陸續辦理</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>採</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="_Hlk198124077"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>促</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65C6B">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
         <w:t>進民間</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>參</w:t>
       </w:r>
       <w:r w:rsidR="00D65C6B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>與公共建設</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>法</w:t>
@@ -16580,177 +17050,193 @@
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>方式與民間機構簽約</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>辦理委辦操作</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>(如觀音、中壢園區……等)</w:t>
+        <w:t>(如觀音、中壢園區…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:kern w:val="28"/>
+        </w:rPr>
+        <w:t>等)</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:t>自109至112年8月底違反環保法規</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>遭裁罰</w:t>
+        <w:t>遭裁罰件</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>件數逐年減少，其</w:t>
+        <w:t>數逐年減少，其</w:t>
       </w:r>
       <w:r w:rsidR="00763B52">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>109年遭裁</w:t>
+        <w:t>109年遭裁罰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>罰24件、</w:t>
+        <w:t>24件、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>110年遭裁</w:t>
+        <w:t>110年遭裁罰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>罰24件、</w:t>
+        <w:t>24件、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>111年遭裁</w:t>
+        <w:t>111年遭裁罰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>罰20件、112年8月底12件，</w:t>
+        <w:t>20件、112年8月底12件，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>裁罰數</w:t>
+        <w:t>裁罰數已</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t>已有</w:t>
+        <w:t>有</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>逐年減少之趨勢</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>針對廠商異常排放情形，各工業區皆掌握高污染廠商潛勢名單，除執行不定期聯合稽查作業，並導入移動式自動連續監測系統，以遏止廠商異常排放情形。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="371FB88A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>園管</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>局轄管園區污水處理廠</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>自</w:t>
       </w:r>
@@ -16769,1892 +17255,1892 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>113年8月底</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>止</w:t>
       </w:r>
       <w:r w:rsidR="007B657C">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>因水污染</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>遭</w:t>
+        <w:t>遭裁</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>裁罰</w:t>
+        <w:t>罰</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>累計超過1百萬元情形彙整</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>表</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2152"/>
         <w:gridCol w:w="3180"/>
         <w:gridCol w:w="1257"/>
         <w:gridCol w:w="2245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00DA013F">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="7D9C9BB6" w14:textId="77777777" w:rsidTr="00DA013F">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="56F75E8C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>廠名</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6AF30795" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>營管模式</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0876E075" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>累計件數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="538DAFC3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>累計金額(元)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00DA013F">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="4FC316A0" w14:textId="77777777" w:rsidTr="00DA013F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7C0E8714" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5461151B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>公辦民營廠(委辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2B739CFA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0D59F971" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>39,928,700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00DA013F">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="5A36BE1B" w14:textId="77777777" w:rsidTr="00DA013F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0A47E945" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="03CCBA30" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>公辦民營廠(委辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="600F66CD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="49E7BC7C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32,178,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00DA013F">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="677A7616" w14:textId="77777777" w:rsidTr="00DA013F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="01280294" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>新竹</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="76F7A966" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>公辦民營廠(委辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="162AB2C2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7F186F80" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9,360,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00DA013F">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="2773B626" w14:textId="77777777" w:rsidTr="00DA013F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="60111C1B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>大園</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0B702A27" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>公辦民營廠(委辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="690DD4AF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="52A53875" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5,229,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00DA013F">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="09C975B8" w14:textId="77777777" w:rsidTr="00DA013F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="1D1F9AE3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>平鎮</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6085AA17" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>公辦民營廠(委辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="02DB13F8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="2999BBE1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5,184,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00DA013F">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="50E30EDE" w14:textId="77777777" w:rsidTr="00DA013F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="10B5C932" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>仁大</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="28F4433B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>公辦民營廠(委辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="3DC3ED86" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="207C0546" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,883,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00DA013F">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="15B64F9A" w14:textId="77777777" w:rsidTr="00DA013F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="31BE3C95" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>聯合(大發廠)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6A26E31D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>公辦民營廠(委辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="70E3B835" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6B1EBFF0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,828,742</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00DA013F">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="02A2486E" w14:textId="77777777" w:rsidTr="00DA013F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="0E1892B4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>龜山</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5FC0A901" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>自操(自辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="7D206C3E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="5FE58167" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,570,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00DA013F">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="590601E0" w14:textId="77777777" w:rsidTr="00DA013F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="26C148AD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>林口工二</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="600DEED6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>自操(自辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="11907E5B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
+          <w:p w14:paraId="6F4C3123" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00763B52">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,075,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="5682D972" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>資料來源：本案</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>整理自園管</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>局提供本院之資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="74DCD9E8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="64" w:name="_Toc185948287"/>
       <w:bookmarkStart w:id="65" w:name="_Toc189838810"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>復查園管</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>局強化公設方案針對遴選污水自辦工程補助之產業</w:t>
@@ -18674,147 +19160,161 @@
       <w:r w:rsidR="00087405">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>加嚴管制放流水中</w:t>
       </w:r>
       <w:r w:rsidR="00087405">
         <w:rPr>
           <w:rStyle w:val="afffff8"/>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>氨氮排放</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>，恐無法符合法規之產業園區，始補助辦理，共7處園區包括「屏東產業園區」、「大甲幼獅產業園區」、「彰濱</w:t>
+        <w:t>，恐無法符合法</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>產業園區金屬表面處理專區一期(鹿港東三區)」、「新營產業園區」、「竹山產業園區」、「嘉太產業園區」及「利澤產業園區」等</w:t>
+        <w:t>規之產業園區，始補助辦理，共7處園區包括「屏東產業園區」、「大甲幼獅產業園區」、「彰濱產業園區金屬表面處理專區一期(鹿港東三區)」、「新營產業園區」、「竹山產業園區」、「嘉</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>太</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>產業園區」及「利澤產業園區」等</w:t>
       </w:r>
       <w:r w:rsidR="00D65C6B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>操作、裁罰及改善</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>情形詳表</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>、</w:t>
+        <w:t>、5</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>5。</w:t>
+        <w:t>。</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>詢據園</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>管局說明如下：</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="57A07DE9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「屏東產業園區」：屏東產業園區污水下水道系統改善工程業於111年完工，本案係於107年由屏東縣政府與屏東產業園區產協會向時任行政院賴院長提出建置屏東產業園區污水下水道系統，將可提升處理水質符合放流水標準，降低</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>殺蛇溪環境</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>負荷，始補助辦理。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="430B2B63" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「大甲幼獅產業園區」：大甲幼獅產業園區污水廠處理系統效能加值及優化工程業於111年底完工，本</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>案係放流水</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
@@ -18835,567 +19335,573 @@
           <w:color w:val="000000"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>加嚴管制放流水中</w:t>
       </w:r>
       <w:r w:rsidR="001B374D">
         <w:rPr>
           <w:rStyle w:val="afffff8"/>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>氨氮排放</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，須改善相關設施，始補助辦理；本區於109年裁罰1案件與硝酸鹽氮有關並歸責於廠商違規排放。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="1E8C4358" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「彰濱產業園區金屬表面處理專區一期(鹿港東三區)」：彰濱產業園區金屬表面處理專區一期(鹿港東三區)污水收集管線</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>汰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>換及功能提升工程業於111年底完工，本案因既有老舊管線破損、管線孔徑過小導致容易堵塞洩漏，影響污水處理效率及滲漏影響土壤環境污染，又廠商違規排放導致109~111年期間裁罰4案件，始補助辦理；經改善後於112年促參委託長江龍(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>灃</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>濱)公司經營後，迄今尚無其他相關裁罰。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="06003A4C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「新營產業園區」：新營產業園區污水廠處理系統效能加值工程業於111年底完工，本</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>案係放流水</w:t>
+        <w:t>案係放</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>流水</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>為符合116年有關氨氮法規部分加嚴，須改善相關設施，以</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>避免遭裁</w:t>
+        <w:t>避免遭裁罰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>罰，始補助辦理。</w:t>
+        <w:t>，始補助辦理。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="51C93958" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>「竹山產業園區」、「嘉</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>太</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>產業園區」及「利澤產業園區」：前開園區內之污水廠(包含污水管線)改善工程刻執行中，其中竹山</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>及嘉太園區</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>內之污水廠</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>前無裁</w:t>
+        <w:t>前無裁罰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>罰情事，而利澤污水廠自106年起共計5件裁罰案件，其中3件可歸責於廠商違規排放或作業缺失，預定工程完工後得有效改善污水處理效率。</w:t>
+        <w:t>情事，而利澤污水廠自106年起共計5件裁罰案件，其中3件可歸責於廠商違規排放或作業缺失，預定工程完工後得有效改善污水處理效率。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="2FA9C69A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>受補助污水廠之操作、裁罰情形一覽表</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="845"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="991"/>
         <w:gridCol w:w="760"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="319CF564" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1F34CF6C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>廠名</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="48063508" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>模式</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="312D42BB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>裁罰日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3065DD12" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>污水排放違反水污染防治</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>法遭裁罰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>案件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="561" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4EDECCE9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>金額</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>元</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5467EA86" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>備註</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="05C58A0F" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6D7EC794" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>龍德(兼利澤)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="33BB7932" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>自操</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>自辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3A253387" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>108.05.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="40369D02" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
@@ -19436,178 +19942,178 @@
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="561" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0A321CD6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>60,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3F88FFAE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>經查為廠商違規排放</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="71330316" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="064E1EBF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7DFE28D3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1A7123A3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>108.08.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0170D6CC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -19647,322 +20153,322 @@
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="561" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="60ECF486" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>141,750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7D6D9D28" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>經查為廠商違規排放</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="7231F5A7" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4D0A5110" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1FD4A636" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3BF91F76" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109.06.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5F38D465" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>於108年6月及7月污泥曬乾床污泥量超出該廠許可核准最大量，違反水污染防治法第19條規定。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="561" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2239216D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>66,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="04C41A4F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="209FC7AF" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="01AA0746" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="72E5C8CA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7454EEB5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111.2.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="79568EC3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>未依所領有之廢</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -20028,59 +20534,59 @@
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>樣，違反水污染防治法</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>第</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>條</w:t>
+              <w:t>條暨</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>暨水污染防治措施及檢測申報管理辦法第</w:t>
+              <w:t>水污染防治措施及檢測申報管理辦法第</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>108</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>條第</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -20118,169 +20624,169 @@
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>條。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="561" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="08AFB62B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="57EC55AE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="06EDAD03" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2CBC4564" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4DBEC560" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2AA6C89F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111.6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5B6B3FF2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>因進流口</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>流量計故障，委託檢修儀器公司未將系統切換為故障狀態，且未先向宜蘭縣政府環保局報備，遭裁處違反水污染防治法第</w:t>
@@ -20371,186 +20877,186 @@
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="561" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3C810BFE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>11,250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3DB5EA63" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>歸責於廠商執行缺失</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="66631A39" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="671305C8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>大甲幼獅</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5FD1C49D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>自操(自辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0D7097A6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109.02.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="33768243" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -20589,188 +21095,197 @@
               <w:t>條第</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="561" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="64701EB4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>120,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3C56BB7A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>經查為廠商違規排放</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="66C926B6" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="02F1F3EC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>彰濱(鹿港)(含金屬專區)</w:t>
+              <w:t>彰濱(鹿港)(含金屬專</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>區)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="172757D7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>公辦民營(委辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5B6181F0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109.03.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="46C2B2D2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -20809,174 +21324,174 @@
               <w:t>條第</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="561" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="36530BF0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>90,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2AFDD460" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>經查為廠商違規排放</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="67FF1EB9" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4DDF0B07" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="00B6EF80" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="050EC0D1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110.06.24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2207D810" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>對納管事業用戶之用水量及廢</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -20992,250 +21507,257 @@
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>水量有未維持合理平衡情形，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>然未查明</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>原因及未採取適當管理措施，違反水污染防</w:t>
+              <w:t>原因及未採取適當管理措施，違反水污染防治法第</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>治法第</w:t>
+              <w:t>條</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:t>準</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:t>用同法第</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>條準用同法第</w:t>
+              <w:t>條授權訂定之水污染防治措施及檢測申報管理辦法第</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>98</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>條授權訂定之水污染防治措施及檢測申報管理辦法第</w:t>
+              <w:t>條第</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>98</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>條第</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00544ECA">
+              <w:t>項。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="561" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21F89D63" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+            <w:pPr>
+              <w:pStyle w:val="afff2"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...21 lines deleted...]
-              <w:spacing w:line="320" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>72,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="59BAA2A9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>經查為廠商違規排放</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="3853ECCC" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="414A81F6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6268A3A4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="635AAC48" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111.04.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="289040F7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -21274,174 +21796,174 @@
               <w:t>條第</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="561" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="41191268" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>126,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="79E3EEFA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>經查為廠商違規排放</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="76C87DAA" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="06B0313E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="305DD6EA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1B0A9C1D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111.09.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0113B47E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>放流水檢測結果氨氮</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>130mg/L</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
@@ -21452,1098 +21974,1098 @@
               <w:t>，超過放流水標準限值</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>(100mg/L)1.3</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>倍。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="561" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6C0002D6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>231,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5779CD5E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>經查為廠商違規排放</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="1444D5E0" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0489DFE4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>南崗(兼竹山)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="385EEE7E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>自操(自辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3799" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2CF0283F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>無裁罰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="17F0840D" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2FCDB5D0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>嘉太</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="01C4B253" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>自操(自辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3799" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="71F9D1BF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>無裁罰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="7B8C28C5" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0106B447" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>新營</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="793EBB31" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>自操(自辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3799" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="76A037DE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>無裁罰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="3BD4C21E" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4B0507C6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>屏東</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1B081AA9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>公辦民營(委辦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3799" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="20F3962B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>無裁罰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="6C27D236" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>資料來源：園管局提供本院資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="4EB84F3D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>園管局所轄污水廠納入強化公設方案改善情形彙整表</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5021" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="597"/>
         <w:gridCol w:w="1199"/>
         <w:gridCol w:w="1205"/>
         <w:gridCol w:w="1205"/>
         <w:gridCol w:w="1056"/>
         <w:gridCol w:w="3609"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="11E2F273" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="336" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0FC4A71D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>項次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="064BAFBF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>計畫</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>類別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="20A1EC4F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>預算金額</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7EF355D5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(萬元)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5830C2FD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>執行年度</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="61B5526D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>計畫執行進度</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="04281CBB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>案件</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>名稱</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="607FEEA3" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="336" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4A7BE850" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0E8C2A4B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>建置污水處理廠</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="323F41EF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3FD13AA0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>108~110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="58C2ECEE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>已完成</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="49085A60" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>屏東工業區污水下水道系統工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="7B166246" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="336" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="26F2D449" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4CC6ABAB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>園區管網基礎</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>提升</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7CB48CF8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12,800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3590FBBB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>110~111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="161615AB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>已完成</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="684A07B4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>彰濱工業區金屬表面處理專區一期</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
@@ -22552,1223 +23074,1233 @@
               <w:t>(鹿港東三區)污水收集管線</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>汰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>換及功能提升工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="3FA89718" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="336" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="24C50820" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="35D56E4B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="57F515B3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6,685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="704E67CA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>112~113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0AF0A294" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>驗收中</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4C99B459" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>竹山工業區廢</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(污)水納入竹山公共下水道系統</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-區內管線工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="1B73FB1D" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="336" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="41B9489D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7C238127" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="791EB85D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5,314</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2A93CA16" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>112-113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="02BC830A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>執行中</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="14FBD055" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>竹山鎮工業區廢</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(污)水納入竹山公共下水道系統管線工程(區外)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="3DF5C0F3" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="336" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4B7554C9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6F428745" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>提升氨氮處理效能</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="664C639E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3,300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1B96807D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>110~111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="77CBF7F3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>已完成</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="66F41C7C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新營工業區污水廠處理系統效能加值工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="797D13F6" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="336" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="17F80671" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="211BE090" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4582C10A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3,300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="44347679" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>110~111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2BB1D1A1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>已完成</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5FC3E6E0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>大甲幼獅工業區污水廠處理系統效能加值及優化工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="30216A44" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="336" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4E73B67C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="482C7F19" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6E14C9EE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2E93A639" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>112~113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="715CAECC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>執行中</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0BAABD00" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>嘉</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>太</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>工業區污水廠氨氮效能提升工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="527AB344" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="336" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0CF66E33" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="64EE568B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="267AFF4B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="57A0B032" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13~114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4A9440BC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>執行中</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="34844C95" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>利澤產業園區污水廠效能改善工程</w:t>
+              <w:t>利澤產業園區污水廠效能改善</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>工程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="483C07F3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>資料來源：園管局提供本院資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="4209E3B9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="66" w:name="_Toc185948288"/>
       <w:bookmarkStart w:id="67" w:name="_Toc189838811"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>按前工業局為提升既有地方工業區公共設施服務水準，提高廠商設廠意願，於前瞻基礎建設計畫特別預算辦理強化公設方案，期透過增設污水處理設備及相關公共設施，減少設廠阻礙，發揮提升污水處理設施效能、活化用地等計畫效益，以吸引廠商進駐。依據強化公設方案計畫目標略</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>以</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>前工業局為具體改善工業區公共設施，減少設廠阻礙，吸引廠商進駐，於評選時將改善既有工業區排水系統、布置水電管線、設置污水處理廠設備等環境保護設施列為優先補助對象。</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
@@ -23784,569 +24316,557 @@
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>年8月底(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>詳</w:t>
+        <w:t>詳表</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00544ECA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>6)</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>，園管局核定地方政府辦理強化公設方案之</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>104</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>件補助計畫中，</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>新設或道路</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>刨鋪改</w:t>
+        <w:t>刨鋪改善</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>案件有</w:t>
+      </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>善</w:t>
+        <w:t>51</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>案件有</w:t>
+        <w:t>件，占總補助件數之4</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>51</w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>件，占總補助件數之4</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>04</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>%，幾近半數，反觀應列為優先補助之排水系統及設置污水處理廠設備等環境保護設施，僅各補助</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>04</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>%，幾近半數，反觀應列為優先補助之排水系統及設置污水處理廠設備等環境保護設施，僅各補助</w:t>
+        <w:t>件及1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>件及1</w:t>
+        <w:t>件，分別占總補助件數之9.</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>62</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>件，分別占總補助件數之9.</w:t>
+        <w:t>%及1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>62</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>%及1</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>%，補助金額合計5億</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>54</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>%，補助金額合計5億</w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>349</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>萬餘元，占總補助金額5</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>349</w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>萬餘元，占總補助金額5</w:t>
+        <w:t>億</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>億</w:t>
+        <w:t>,8</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>,8</w:t>
+        <w:t>萬餘元之</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>萬餘元之</w:t>
+        <w:t>.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>.0</w:t>
+        <w:t>%，補助用地</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>活化類案亦</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>僅</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>%，補助用地</w:t>
-[...15 lines deleted...]
-        <w:t>亦僅</w:t>
+        <w:t>件(2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>88</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>件(2.</w:t>
+        <w:t>%)，顯未能改善工業區公共設施，減少設廠障礙，發揮</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>88</w:t>
+        <w:t>提升污水處理設施效能</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>%)，顯未能改善工業區公共設施，減少設廠障礙，發揮</w:t>
+        <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>提升污水處理設施效能</w:t>
+        <w:t>活化用地</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>、</w:t>
+        <w:t>等計畫效益。又</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>檢視近年來園管局轄管觀音、中壢</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
-          <w:spacing w:val="2"/>
-[...15 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>園區污水處理廠污水排放違反水污染防治</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>園區污水處理廠污水排放違反水污染防治</w:t>
+        <w:t>法遭裁罰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+        </w:rPr>
+        <w:t>案件情形</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>詳表</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>法遭裁罰</w:t>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>之件數、金額皆未見顯著減少，該局</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>採</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>案件情形</w:t>
-[...19 lines deleted...]
-        <w:t>表</w:t>
+        <w:t>促進民間參與公共建設法</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
-        <w:t>7)</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>OT方式與民間機構簽約</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>辦理委辦操作觀音、中壢園區污水處理廠，仍應負監管之責，</w:t>
       </w:r>
       <w:r w:rsidR="00763B52">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>然</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>未能妥為善用預算經費以有效減少該2園區污水排放</w:t>
+        <w:t>未能妥為善用預算經</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>費以有效減少該2園區污水排放</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001060AA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>違法遭裁</w:t>
+        <w:t>違法遭裁罰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="001060AA">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>情形，強化公設方案預算配置不當</w:t>
       </w:r>
       <w:r w:rsidR="00025AAB" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>且與計畫目標不合</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00995609" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>核有違失</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="10720002" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>截至</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>113年8月底</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>強化公設方案執行概況</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="0077115D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>單位：</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -24381,399 +24901,399 @@
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>件</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="210"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4069"/>
         <w:gridCol w:w="1569"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="1064"/>
         <w:gridCol w:w="1065"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="08186FED" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="72E1DEF2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5E32D2AA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>補助</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>金額</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="00190258" w:rsidP="00C50294">
+          <w:p w14:paraId="5EC8A696" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="00190258" w:rsidP="00C50294">
             <w:pPr>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>比率</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="52ABB8BC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>案件數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="00190258" w:rsidP="00C50294">
+          <w:p w14:paraId="20DAE1E2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="00190258" w:rsidP="00C50294">
             <w:pPr>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>比率</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="6C00F96E" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2C8A7BE4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>合 計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="57BF946C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5,918,107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6BADCEB8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="05E060BC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0BEBB164" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="6BA078FB" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7C6DE253" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -24782,1145 +25302,1137 @@
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>道路新設或</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>刨鋪改</w:t>
+              <w:t>刨鋪改善</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00544ECA">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsi="標楷體"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E90839D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+            <w:pPr>
+              <w:pStyle w:val="afff2"/>
+              <w:keepNext/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>善</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+            </w:pPr>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,681,693</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="604" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2915E272" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1,681,693</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+              <w:t>28.42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="602" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="479D0309" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>28.42</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="603" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8A3F04" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>51</w:t>
-[...26 lines deleted...]
-              </w:rPr>
               <w:t>49.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="413D8660" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="064E3132" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(二)</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>排水措施新設或改善</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="00C1EFF5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>478,300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2B1F4499" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="69977D12" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="73A5F88F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:keepNext/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="56C0F87A" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7058F799" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(三)</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>用地活化</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="201FA9E9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>162,334</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="79C616E6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3F696BCB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4A591680" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="27077A3E" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="44094134" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(四)</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>標準廠房</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="32173C69" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,980,655</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="40755DCA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>50.37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="719BD975" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="02F25DDC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.92</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="2C99826E" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="64E974A4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(五)</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>污水處理設施效能提升</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6B2C996F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>393,136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="290719B5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6.64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1071FB44" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7FC11041" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9.62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="37B4DD16" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="182D7055" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(六)</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>監視及監測系統強化</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="223B3377" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>140,356</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="543213C0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="202C9D72" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6AA0D915" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11.54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="4410E37D" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="30926265" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(七)</w:t>
             </w:r>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>其他</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7AD58884" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>81,633</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6CE32942" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="61B2CC2D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="234FB649" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0.96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="56F40B80" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:spacing w:after="40"/>
         <w:ind w:left="426" w:hangingChars="152" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>註</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>金額取至千</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>位數，以下捨去。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="6B6A0636" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>資料來源：園管局提供本院資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="5D7D4837" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:keepNext w:val="0"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>園管</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>局轄管</w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>觀音、中壢</w:t>
       </w:r>
@@ -25962,3841 +26474,3849 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1138"/>
         <w:gridCol w:w="558"/>
         <w:gridCol w:w="5885"/>
         <w:gridCol w:w="1253"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="43C104CB" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2A4856E6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>裁罰日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="343A8521" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>園區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="44121915" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>污水排放違反水污染防治</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>法遭裁罰</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>案件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="05590928" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>金額(元)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="3B4230B8" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5EE1C19A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109.12.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="15CD1354" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="776B43F2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(化學需氧量達80.6mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="691A9139" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>3,510,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="4C042695" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7553C3BB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109.12.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2988C250" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7E9347C2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(硝酸鹽氮95.9mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7334CF5D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>3,690,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="65A5881A" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="56490F73" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109.12.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4BE28924" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4CB4062A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(硝酸鹽氮58.1mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="315D5C2A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>3,654,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="16404861" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1A634D47" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110.04.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6E984B9F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="639A00C1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(懸浮固體28.2mg/L)，違反水污染防治法第19條。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="261BDED5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>126,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="5C0CD05A" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3B257127" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110.06.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2672BCB0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1ABD6569" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>未將自動監測設施(監測pH、水溫、導電度及懸浮固體電極)置放於流通槽內，未維持設施正常操作，違反水污染防治措施第19條。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6EE82CD5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>3,846,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="26719853" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="72A1F8F7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110.06.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4AD907A0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0306748C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>榮工北路之中繼抽水站P1抽水馬達異常無法正常運作，導致廢水疏漏至RD04，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>續流至</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>承受水體富林溪，未採取緊急應變，違反水污染防治法第28條。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="29B1D628" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>3,420,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="5C55D495" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6EED5FD2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111.01.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="2381F9EC" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4C5D8550" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(化學需氧量119mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3AD018D7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>3,846,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="364ABEC2" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="63C94838" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>111.04.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3BE4825B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4869BA1F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>RD04有殘留廢水及泡沫，違反水污染防治法第28條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1B1601AB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>81,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="2B3C07C0" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6C84F6CF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111.05.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="43FD5757" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="690C6D0F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(懸浮固體36.5mg/L、化學需氧量為83.8mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1CC0CB18" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>264,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="47C70499" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="390214C9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111.08.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1FE43A2A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="11981A41" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(化學需氧量為98.8mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1333DD8C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>264,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="6F5A5A0F" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="39083906" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>112.05.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0B80740C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="59F0B42B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流口</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>採</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>樣硝酸鹽氮：58.4mg/L[現值：50mg/L]，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="023CBE3A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>360,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="7FAFB168" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="783DEAFB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112.05.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7A6CA7ED" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="35731BF8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>雨水排放口RD01有累積大片油漬，違反水污染防治法第18條及檢測申報管理辦法第96條2項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1C04D017" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>40,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="1C109BEC" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1235E5AF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112.05.24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="38B92AA4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="32A594AB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111年10月26日雨水排放口RD04有大量深紫色廢水，違反水污染防治法第28條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="15453BB7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>126,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="4E4D70A2" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="443A684D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112.06.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0FC03B53" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5CB0A176" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112年4月26日放流口</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>採</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>樣化學需氧量121mg/L[現值：80mg/L]，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7F2F228D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>264,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="1FEC79C2" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0BE6E8F9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112.12.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="34843E12" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="504E196C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112年11月15日榮興橋稽查不明廢水由路邊石縫及人</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>行孔蓋冒</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>出RD04溢流。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5F3218C0" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>126,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="51451D22" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4E07D28E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112.12.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1D256B94" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3F9CC603" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112年10月26日放流口</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>採</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>樣化學需氧量：120mg/L違反水污染防治法。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7C65323C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>264,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="1F17C650" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="637B8C92" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113.01.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="15CCBA79" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6A1A69FA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112年11月15日榮興橋稽查不明廢水由路邊石縫及人</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>行孔蓋冒</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>出RD04溢流，未能於規定期限112年11月18日完成改善。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="12609A9A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>128,800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="18E14BCA" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6E1F9FA9" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113.04.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4E3D03DD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="15CA1DAA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113年2月2日接獲民眾陳情富林溪有魚群死亡情形，經稽查發現RD09至下游承受水體皆有大量死魚，RDO9排放口檢測生化需氧量84.9mg/L、化學需氧量159mg/L。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="05E0B736" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>154,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="100F561E" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="16254E91" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113.04.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3043BD69" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="31C6297B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113年2月20日放流口</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>採</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>樣COD 88.4mg/L SS 55.5mg/L違反水污染防治法。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1A322056" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>3,432,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="50103F25" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="37676C54" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113.05.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="15B3AB89" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="28C85228" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113年2月27日派員至RD09稽查發現有白色泡沫殘留，取樣結果：COD 190mg/L，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>經查雖有</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>回抽至污水廠，惟未確實收集而疏漏至承受水體。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="28048287" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>182,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="121C11E2" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1A5360EF" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113.08.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0BBA7949" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>觀音</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0BCB8B70" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>113年3月29日派員至RD09稽查發現有明顯黃色不明廢水排放，取樣結果：PH 9.7mg/L，</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>經查放流</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>口閘門雖已關閉，惟水流過大仍有廢水持續疏漏至承受水體。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1AB0F7B8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>210,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="6A45283D" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="59E6BBE1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109.12.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="03C28A19" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="59388F03" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>廠內廢水處理設施流程未依許可證登記事項運作，違反水污染防治法第19條。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="69D34D30" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>294,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="0BAAEBB9" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7A25AB63" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>109.12.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="122CDF24" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5E792A63" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(懸浮固體47.8mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="695C0EA6" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>273,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="0C8000D5" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3721BD86" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110.05.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="247082B1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="0B527EF2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(化學需氧量117mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="76DCB7B1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>2,730,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="395249E2" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="25ACA4DA" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110.05.31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6B3CFEE2" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1E0B0D14" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>區內廠商義美公司廠內CIP製程區</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>內鹼粉因</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>人員操作不慎溢出，另廠房頂樓冷卻水溢流(管線連接雨水溝)</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>將鹼粉</w:t>
+              <w:t>將鹼粉帶</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:t>帶出至雨水放流口(RD03)，遭桃園市政府環保局稽查發現有超過pH12之廢(污)水異常排放之情事。</w:t>
+              <w:t>出至雨水放流口(RD03)，遭桃園市政府環保局稽查發現有超過</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00544ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:spacing w:val="-20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pH12之廢(污)水異常排放之情事。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="29017E2D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>210,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="7C2793CB" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="24E92C29" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110.06.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="204FD832" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3225AB97" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(懸浮固體38.8mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6A3486E3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>3,150,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="5290E444" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="155DD114" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>110.12.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4B2AA955" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3EAEFD24" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(化學需氧量81mg/L、懸浮固體達 25.9 mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5A32310F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>2,310,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="64227109" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1B91DA0D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>111.06.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4566D3ED" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="14DD1593" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(懸浮固體物為7,230mg/L、化學需氧量為2,310mg/L、銅為34.1mg/L、鎳為1.78mg/L、</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>鋅為</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>5.37mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="00916027" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>10,692,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="3CCE68EB" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="1857614E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111.12.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="6B3CB604" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="131F98A3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(化學需氧量為89.3mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3E2F6F52" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>231,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="08F2302E" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="559BC7D3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>111.12.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="544DDC4B" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4A08FFA3" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(化學需氧量為88.7mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="5643FA9D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>2,730,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="48D025BF" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4E2F11B4" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112.03.31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7EC6FAAE" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="328BF2AD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(化學需氧量為86.7mg/L)，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="3DE9AE4A" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>2,730,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w:rsidTr="00C50294">
+      <w:tr w:rsidR="00544ECA" w:rsidRPr="00544ECA" w14:paraId="400C447E" w14:textId="77777777" w:rsidTr="00C50294">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="7444FA8F" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>112.04.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="154D288D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>中壢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="4C197294" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>排放廢水未符合放流水標準(化學需氧量為99.0mg/L[現值：80mg/L])，違反水污染防治法第7條第1項。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
+          <w:p w14:paraId="074D6AF1" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00C50294">
             <w:pPr>
               <w:pStyle w:val="afff2"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00544ECA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
               </w:rPr>
               <w:t>3,150,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
+    <w:p w14:paraId="31AC5E4E" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>資料來源：園管局提供本院資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00286B1B" w:rsidRPr="00544ECA" w:rsidRDefault="00E25849" w:rsidP="00C86866">
+    <w:p w14:paraId="3CAAA995" w14:textId="77777777" w:rsidR="00286B1B" w:rsidRPr="00544ECA" w:rsidRDefault="00E25849" w:rsidP="00C86866">
       <w:pPr>
         <w:pStyle w:val="13"/>
         <w:ind w:left="680" w:firstLine="680"/>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="68" w:name="_Toc524902730"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>綜上所述，</w:t>
       </w:r>
@@ -30144,216 +30664,257 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>活化用地</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等計畫效益。</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>又園管</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>局轄管園區污水處理廠中，採</w:t>
-      </w:r>
+        <w:t>局轄管園區污水處理廠中，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>採</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>與民間機構簽約</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>辦理委辦操作之觀音及中壢園區，自1</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>06</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>年迄1</w:t>
+        <w:t>年</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>迄</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>年8月底止</w:t>
-      </w:r>
+        <w:t>年8月底</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>止</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>污水排放違反水污染防</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>治</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>法遭裁</w:t>
+        <w:t>法遭裁罰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>罰案件</w:t>
+        <w:t>案件</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>累計竟皆</w:t>
+        <w:t>累計竟皆逾</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>逾3</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>千</w:t>
+        <w:t>千萬</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>萬元，並未列入強化公設方案改善，該局對轄管園區污水處理廠之監管，顯然未能妥為善用預算經費以有效減少污水排放</w:t>
+        <w:t>元，並未列入強化公設方案改善，該局對轄管園區污水處理廠之監管，顯然未能妥為善用預算經費以有效減少污水排放</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001060AA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>違法遭裁</w:t>
+        <w:t>違法遭裁罰</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="001060AA">
+      <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>罰</w:t>
+        <w:t>情形，強化公設方案預算配置不當</w:t>
+      </w:r>
+      <w:r w:rsidR="00025AAB" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>且與計畫目標不合</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>情形，強化公設方案預算配置不當</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>等情</w:t>
       </w:r>
       <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>核有</w:t>
       </w:r>
       <w:r w:rsidR="000C287B" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>違</w:t>
       </w:r>
       <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>失，爰依</w:t>
+        <w:t>失，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>依</w:t>
       </w:r>
       <w:r w:rsidR="001B48EB" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>憲法第97條第1項及</w:t>
       </w:r>
       <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>監察法第24條</w:t>
       </w:r>
       <w:r w:rsidR="00396EC5" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>規定提案糾正，移送</w:t>
@@ -30373,258 +30934,258 @@
       <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>所屬</w:t>
       </w:r>
       <w:r w:rsidR="009651E6" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>園管局</w:t>
       </w:r>
       <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>確實檢討改善</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000512D1" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>見復</w:t>
       </w:r>
+      <w:r w:rsidR="00286B1B" w:rsidRPr="00544ECA">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00286B1B" w:rsidRPr="00544ECA">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00286B1B" w:rsidRPr="00544ECA" w:rsidRDefault="00286B1B" w:rsidP="00A320EC">
+    <w:p w14:paraId="7A388B66" w14:textId="77777777" w:rsidR="00286B1B" w:rsidRPr="00544ECA" w:rsidRDefault="00286B1B" w:rsidP="00A320EC">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="70" w:name="_Toc524895649"/>
       <w:bookmarkStart w:id="71" w:name="_Toc524896195"/>
       <w:bookmarkStart w:id="72" w:name="_Toc524896225"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>提案委員：</w:t>
       </w:r>
       <w:r w:rsidR="00A320EC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>蘇麗瓊</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00286B1B" w:rsidRPr="00AE6FD9" w:rsidRDefault="00AE6FD9" w:rsidP="00A320EC">
+    <w:p w14:paraId="6648B2D3" w14:textId="77777777" w:rsidR="00286B1B" w:rsidRPr="00AE6FD9" w:rsidRDefault="00AE6FD9" w:rsidP="00A320EC">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:leftChars="1750" w:left="5953"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>王麗珍</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
+    <w:p w14:paraId="0E0142B7" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
+    <w:p w14:paraId="616915D5" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
+    <w:p w14:paraId="177784CB" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
+    <w:p w14:paraId="5F2E0F40" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
+    <w:p w14:paraId="050BEA3D" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
+    <w:p w14:paraId="3525CD6C" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
+    <w:p w14:paraId="064688F8" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
+    <w:p w14:paraId="5B0158AD" w14:textId="77777777" w:rsidR="009651E6" w:rsidRPr="00544ECA" w:rsidRDefault="009651E6" w:rsidP="00286B1B">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00286B1B" w:rsidRPr="00544ECA" w:rsidRDefault="00286B1B" w:rsidP="00286B1B">
+    <w:p w14:paraId="5DB3C2BB" w14:textId="77777777" w:rsidR="00286B1B" w:rsidRPr="00544ECA" w:rsidRDefault="00286B1B" w:rsidP="00286B1B">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00416721" w:rsidRPr="00544ECA" w:rsidRDefault="00286B1B" w:rsidP="00133AA2">
+    <w:p w14:paraId="544270A0" w14:textId="77777777" w:rsidR="00416721" w:rsidRPr="00544ECA" w:rsidRDefault="00286B1B" w:rsidP="00133AA2">
       <w:pPr>
         <w:pStyle w:val="af5"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r w:rsidR="00A231D3" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
@@ -30679,71 +31240,69 @@
           <w:bCs/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008A288A" w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">　月　</w:t>
       </w:r>
       <w:r w:rsidR="009971D0">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:bCs/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:bookmarkStart w:id="73" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidRPr="00544ECA">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">　日</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
     </w:p>
-    <w:p w:rsidR="00451E78" w:rsidRPr="00544ECA" w:rsidRDefault="00451E78" w:rsidP="00133AA2">
+    <w:p w14:paraId="13E78B29" w14:textId="77777777" w:rsidR="00451E78" w:rsidRPr="00544ECA" w:rsidRDefault="00451E78" w:rsidP="00133AA2">
       <w:pPr>
         <w:pStyle w:val="af5"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00451E78" w:rsidRPr="00544ECA" w:rsidRDefault="00451E78" w:rsidP="00133AA2">
+    <w:p w14:paraId="34D25FFD" w14:textId="77777777" w:rsidR="00451E78" w:rsidRPr="00544ECA" w:rsidRDefault="00451E78" w:rsidP="00133AA2">
       <w:pPr>
         <w:pStyle w:val="af5"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00451E78" w:rsidRPr="00544ECA" w:rsidSect="00931A10">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="851" w:gutter="227"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="457" w:charSpace="4127"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0071">
       <wne:acd wne:acdName="acd10"/>
     </wne:keymap>
@@ -30828,78 +31387,80 @@
   <wne:acds>
     <wne:acd wne:argValue="AgC1az2EI2oPXzAA" wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzUA" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzYA" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzcA" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzgA" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzkA" wne:acdName="acd9" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd10" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd11" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd12" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAUA" wne:acdName="acd13" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAYA" wne:acdName="acd14" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAcA" wne:acdName="acd15" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAgA" wne:acdName="acd16" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAkA" wne:acdName="acd17" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd18" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0031708D" w:rsidRDefault="0031708D">
+    <w:p w14:paraId="429DB868" w14:textId="77777777" w:rsidR="00371908" w:rsidRDefault="00371908">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0031708D" w:rsidRDefault="0031708D">
+    <w:p w14:paraId="3216A227" w14:textId="77777777" w:rsidR="00371908" w:rsidRDefault="00371908">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="標楷體">
+    <w:altName w:val="DF Kai Shu"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -30923,125 +31484,125 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00117645" w:rsidRDefault="00117645">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="09AD5940" w14:textId="77777777" w:rsidR="00117645" w:rsidRDefault="00117645">
     <w:pPr>
       <w:pStyle w:val="af9"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af1"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00117645" w:rsidRDefault="00117645">
+  <w:p w14:paraId="5A459D1A" w14:textId="77777777" w:rsidR="00117645" w:rsidRDefault="00117645">
     <w:pPr>
       <w:framePr w:wrap="auto" w:hAnchor="text" w:y="-955"/>
       <w:ind w:left="640" w:right="360" w:firstLine="448"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0031708D" w:rsidRDefault="0031708D">
+    <w:p w14:paraId="01374498" w14:textId="77777777" w:rsidR="00371908" w:rsidRDefault="00371908">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0031708D" w:rsidRDefault="0031708D">
+    <w:p w14:paraId="3A06E598" w14:textId="77777777" w:rsidR="00371908" w:rsidRDefault="00371908">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00117645" w:rsidRDefault="00117645" w:rsidP="009651E6">
+    <w:p w14:paraId="6931B322" w14:textId="77777777" w:rsidR="00117645" w:rsidRDefault="00117645" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="aff7"/>
         <w:ind w:left="220" w:hangingChars="100" w:hanging="220"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A74B62">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4465">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>產業園區開發管理基金依</w:t>
@@ -31153,95 +31714,95 @@
       </w:r>
       <w:r w:rsidRPr="00BF4465">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>排放水質</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4465">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4465">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>防杜污染事件發生。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00117645" w:rsidRPr="00CB1EA7" w:rsidRDefault="00117645" w:rsidP="009651E6">
+    <w:p w14:paraId="32B219A3" w14:textId="77777777" w:rsidR="00117645" w:rsidRPr="00CB1EA7" w:rsidRDefault="00117645" w:rsidP="009651E6">
       <w:pPr>
         <w:pStyle w:val="aff7"/>
         <w:ind w:left="220" w:hangingChars="100" w:hanging="220"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1EA7">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1EA7">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Rehabilitate-Operate-Transfer民間機構投資增建、改建及修建政府現有建設並為營運，營運期間屆滿後，營運權歸還政府</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="081F43FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58C275BC"/>
     <w:lvl w:ilvl="0" w:tplc="74685D60">
       <w:start w:val="1"/>
       <w:numFmt w:val="taiwaneseCountingThousand"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="附圖%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="695" w:hanging="695"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hint="eastAsia"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -32926,255 +33487,255 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3840"/>
         </w:tabs>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="813522144">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="27949732">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="187528491">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="701519640">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2047634554">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1683506538">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1065303892">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2006666755">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="117915672">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="646281440">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="976833452">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="814879812">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1124425292">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1695114772">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="64031251">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="2130278512">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1952861249">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1199317409">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1711374045">
     <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1132141268">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="938948903">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1082752853">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1099174983">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1778913238">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="190193168">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="759449927">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="657881162">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="2056003040">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1772431089">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="356810446">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="2000191178">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="823084480">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="2012221267">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1201238303">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="742799037">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1009143145">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1131707736">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="58289258">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="417218125">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1057558249">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="7"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1629780036">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1042247452">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="110"/>
   <w:displayBackgroundShape/>
   <w:mirrorMargins/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:drawingGridHorizontalSpacing w:val="170"/>
   <w:drawingGridVerticalSpacing w:val="457"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A302B2"/>
@@ -33198,121 +33759,124 @@
     <w:rsid w:val="00080040"/>
     <w:rsid w:val="000851A2"/>
     <w:rsid w:val="00087405"/>
     <w:rsid w:val="0009352E"/>
     <w:rsid w:val="00096B96"/>
     <w:rsid w:val="00097136"/>
     <w:rsid w:val="000A2F3F"/>
     <w:rsid w:val="000B0B4A"/>
     <w:rsid w:val="000B279A"/>
     <w:rsid w:val="000B61D2"/>
     <w:rsid w:val="000B70A7"/>
     <w:rsid w:val="000C287B"/>
     <w:rsid w:val="000C495F"/>
     <w:rsid w:val="000E6431"/>
     <w:rsid w:val="000F0D35"/>
     <w:rsid w:val="000F21A5"/>
     <w:rsid w:val="00102B9F"/>
     <w:rsid w:val="001060AA"/>
     <w:rsid w:val="00112637"/>
     <w:rsid w:val="00117645"/>
     <w:rsid w:val="0012001E"/>
     <w:rsid w:val="00126A55"/>
     <w:rsid w:val="00133AA2"/>
     <w:rsid w:val="00133F08"/>
     <w:rsid w:val="001345E6"/>
+    <w:rsid w:val="001368C1"/>
     <w:rsid w:val="001378B0"/>
     <w:rsid w:val="00142E00"/>
     <w:rsid w:val="00152793"/>
     <w:rsid w:val="001545A9"/>
     <w:rsid w:val="001637C7"/>
     <w:rsid w:val="0016480E"/>
     <w:rsid w:val="001729E3"/>
     <w:rsid w:val="00174297"/>
     <w:rsid w:val="001817B3"/>
     <w:rsid w:val="00183014"/>
     <w:rsid w:val="00190258"/>
     <w:rsid w:val="001959C2"/>
     <w:rsid w:val="001A7968"/>
     <w:rsid w:val="001B3483"/>
     <w:rsid w:val="001B374D"/>
     <w:rsid w:val="001B3C1E"/>
     <w:rsid w:val="001B4494"/>
     <w:rsid w:val="001B48EB"/>
     <w:rsid w:val="001C0D8B"/>
     <w:rsid w:val="001C0DA8"/>
     <w:rsid w:val="001D2EAA"/>
     <w:rsid w:val="001E0D8A"/>
     <w:rsid w:val="001E49B5"/>
     <w:rsid w:val="001E67BA"/>
     <w:rsid w:val="001E74C2"/>
     <w:rsid w:val="001F5A48"/>
     <w:rsid w:val="001F6260"/>
     <w:rsid w:val="00200007"/>
     <w:rsid w:val="002030A5"/>
     <w:rsid w:val="00203131"/>
     <w:rsid w:val="00212E88"/>
     <w:rsid w:val="00213C9C"/>
     <w:rsid w:val="0022009E"/>
     <w:rsid w:val="00220D85"/>
     <w:rsid w:val="0022425C"/>
     <w:rsid w:val="002246DE"/>
     <w:rsid w:val="002339F0"/>
     <w:rsid w:val="002421B5"/>
     <w:rsid w:val="0025106C"/>
     <w:rsid w:val="00252BC4"/>
+    <w:rsid w:val="002534F4"/>
     <w:rsid w:val="00254014"/>
     <w:rsid w:val="0026504D"/>
     <w:rsid w:val="00273A2F"/>
     <w:rsid w:val="00280986"/>
     <w:rsid w:val="00281ECE"/>
     <w:rsid w:val="002831C7"/>
     <w:rsid w:val="002840C6"/>
     <w:rsid w:val="00286B1B"/>
     <w:rsid w:val="00295174"/>
     <w:rsid w:val="00296172"/>
     <w:rsid w:val="00296B92"/>
     <w:rsid w:val="002A2C22"/>
     <w:rsid w:val="002B02EB"/>
     <w:rsid w:val="002C0602"/>
     <w:rsid w:val="002D5C16"/>
     <w:rsid w:val="002E53B4"/>
     <w:rsid w:val="002F3DFF"/>
     <w:rsid w:val="002F5E05"/>
     <w:rsid w:val="00314AFE"/>
     <w:rsid w:val="00317053"/>
     <w:rsid w:val="0031708D"/>
     <w:rsid w:val="0032109C"/>
     <w:rsid w:val="00322B45"/>
     <w:rsid w:val="00323809"/>
     <w:rsid w:val="00323D41"/>
     <w:rsid w:val="00325414"/>
     <w:rsid w:val="003302F1"/>
     <w:rsid w:val="00337134"/>
     <w:rsid w:val="0034470E"/>
     <w:rsid w:val="00352DB0"/>
     <w:rsid w:val="00371833"/>
+    <w:rsid w:val="00371908"/>
     <w:rsid w:val="00371ED3"/>
     <w:rsid w:val="0037728A"/>
     <w:rsid w:val="00380B7D"/>
     <w:rsid w:val="00381A99"/>
     <w:rsid w:val="003829C2"/>
     <w:rsid w:val="00384724"/>
     <w:rsid w:val="003919B7"/>
     <w:rsid w:val="00391D57"/>
     <w:rsid w:val="00392292"/>
     <w:rsid w:val="00396EC5"/>
     <w:rsid w:val="003A5B7B"/>
     <w:rsid w:val="003A7A58"/>
     <w:rsid w:val="003B1017"/>
     <w:rsid w:val="003B3C07"/>
     <w:rsid w:val="003B6775"/>
     <w:rsid w:val="003C5FE2"/>
     <w:rsid w:val="003D05FB"/>
     <w:rsid w:val="003D1B16"/>
     <w:rsid w:val="003D45BF"/>
     <w:rsid w:val="003D508A"/>
     <w:rsid w:val="003D537F"/>
     <w:rsid w:val="003D7B75"/>
     <w:rsid w:val="003E0208"/>
     <w:rsid w:val="003E2FE4"/>
     <w:rsid w:val="003E4B57"/>
@@ -33351,77 +33915,79 @@
     <w:rsid w:val="004E0062"/>
     <w:rsid w:val="004E05A1"/>
     <w:rsid w:val="004F5E57"/>
     <w:rsid w:val="004F6710"/>
     <w:rsid w:val="00502849"/>
     <w:rsid w:val="00504334"/>
     <w:rsid w:val="005104D7"/>
     <w:rsid w:val="00510B9E"/>
     <w:rsid w:val="00531D2C"/>
     <w:rsid w:val="00536BC2"/>
     <w:rsid w:val="005425E1"/>
     <w:rsid w:val="005427C5"/>
     <w:rsid w:val="00542CF6"/>
     <w:rsid w:val="00544ECA"/>
     <w:rsid w:val="00553C03"/>
     <w:rsid w:val="00563692"/>
     <w:rsid w:val="00571349"/>
     <w:rsid w:val="005908B8"/>
     <w:rsid w:val="0059512E"/>
     <w:rsid w:val="005A6DD2"/>
     <w:rsid w:val="005C385D"/>
     <w:rsid w:val="005D3B20"/>
     <w:rsid w:val="005E5C68"/>
     <w:rsid w:val="005E65C0"/>
     <w:rsid w:val="005F0390"/>
+    <w:rsid w:val="005F6F27"/>
     <w:rsid w:val="00612023"/>
     <w:rsid w:val="00614190"/>
     <w:rsid w:val="00622A99"/>
     <w:rsid w:val="00622E67"/>
     <w:rsid w:val="00626EDC"/>
     <w:rsid w:val="00645C2F"/>
     <w:rsid w:val="006470EC"/>
     <w:rsid w:val="0065598E"/>
     <w:rsid w:val="00655AF2"/>
     <w:rsid w:val="006568BE"/>
     <w:rsid w:val="0066025D"/>
     <w:rsid w:val="0067701D"/>
     <w:rsid w:val="006773EC"/>
     <w:rsid w:val="00680504"/>
     <w:rsid w:val="00681CD9"/>
     <w:rsid w:val="00683E30"/>
     <w:rsid w:val="00687024"/>
     <w:rsid w:val="006919C3"/>
     <w:rsid w:val="00696415"/>
     <w:rsid w:val="006C7455"/>
     <w:rsid w:val="006D3691"/>
     <w:rsid w:val="006E2DCE"/>
     <w:rsid w:val="006E5323"/>
     <w:rsid w:val="006E6A40"/>
     <w:rsid w:val="006F3563"/>
     <w:rsid w:val="006F42B9"/>
     <w:rsid w:val="006F6103"/>
+    <w:rsid w:val="00702841"/>
     <w:rsid w:val="00704E00"/>
     <w:rsid w:val="007209E7"/>
     <w:rsid w:val="00726182"/>
     <w:rsid w:val="00732329"/>
     <w:rsid w:val="007337CA"/>
     <w:rsid w:val="00734CE4"/>
     <w:rsid w:val="00735123"/>
     <w:rsid w:val="00741837"/>
     <w:rsid w:val="007453E6"/>
     <w:rsid w:val="0075243E"/>
     <w:rsid w:val="00763B52"/>
     <w:rsid w:val="007666F5"/>
     <w:rsid w:val="0077309D"/>
     <w:rsid w:val="007774EE"/>
     <w:rsid w:val="00781822"/>
     <w:rsid w:val="00783F21"/>
     <w:rsid w:val="00787159"/>
     <w:rsid w:val="00787315"/>
     <w:rsid w:val="00791668"/>
     <w:rsid w:val="00791AA1"/>
     <w:rsid w:val="007A3793"/>
     <w:rsid w:val="007B657C"/>
     <w:rsid w:val="007C1BA2"/>
     <w:rsid w:val="007D20E9"/>
     <w:rsid w:val="007D7881"/>
@@ -33541,66 +34107,68 @@
     <w:rsid w:val="00BB2655"/>
     <w:rsid w:val="00BB3752"/>
     <w:rsid w:val="00BB6688"/>
     <w:rsid w:val="00BC26D4"/>
     <w:rsid w:val="00BC64F2"/>
     <w:rsid w:val="00BD4303"/>
     <w:rsid w:val="00BD7D5D"/>
     <w:rsid w:val="00BF2A42"/>
     <w:rsid w:val="00C03D8C"/>
     <w:rsid w:val="00C055EC"/>
     <w:rsid w:val="00C10DC9"/>
     <w:rsid w:val="00C11865"/>
     <w:rsid w:val="00C12FB3"/>
     <w:rsid w:val="00C16908"/>
     <w:rsid w:val="00C17341"/>
     <w:rsid w:val="00C24EEF"/>
     <w:rsid w:val="00C25CF6"/>
     <w:rsid w:val="00C26C36"/>
     <w:rsid w:val="00C31DE6"/>
     <w:rsid w:val="00C32768"/>
     <w:rsid w:val="00C431DF"/>
     <w:rsid w:val="00C456BD"/>
     <w:rsid w:val="00C50294"/>
     <w:rsid w:val="00C530DC"/>
     <w:rsid w:val="00C5350D"/>
+    <w:rsid w:val="00C578BC"/>
     <w:rsid w:val="00C6123C"/>
     <w:rsid w:val="00C7084D"/>
     <w:rsid w:val="00C7315E"/>
     <w:rsid w:val="00C75895"/>
     <w:rsid w:val="00C83C9F"/>
     <w:rsid w:val="00C86866"/>
     <w:rsid w:val="00C94840"/>
     <w:rsid w:val="00CA6AC8"/>
     <w:rsid w:val="00CB027F"/>
     <w:rsid w:val="00CC6297"/>
     <w:rsid w:val="00CC7690"/>
     <w:rsid w:val="00CD1986"/>
     <w:rsid w:val="00CE4D5C"/>
     <w:rsid w:val="00CF05DA"/>
     <w:rsid w:val="00CF58EB"/>
     <w:rsid w:val="00D0106E"/>
+    <w:rsid w:val="00D0447F"/>
     <w:rsid w:val="00D06383"/>
     <w:rsid w:val="00D20E85"/>
     <w:rsid w:val="00D24615"/>
     <w:rsid w:val="00D27557"/>
     <w:rsid w:val="00D37842"/>
     <w:rsid w:val="00D42DC2"/>
     <w:rsid w:val="00D537E1"/>
     <w:rsid w:val="00D55059"/>
     <w:rsid w:val="00D55BB2"/>
     <w:rsid w:val="00D6091A"/>
     <w:rsid w:val="00D65C6B"/>
     <w:rsid w:val="00D6695F"/>
     <w:rsid w:val="00D75644"/>
     <w:rsid w:val="00D81656"/>
     <w:rsid w:val="00D83D87"/>
     <w:rsid w:val="00D86A30"/>
     <w:rsid w:val="00D97CB4"/>
     <w:rsid w:val="00D97DD4"/>
     <w:rsid w:val="00DA013F"/>
     <w:rsid w:val="00DA1303"/>
     <w:rsid w:val="00DA5A8A"/>
     <w:rsid w:val="00DB26CD"/>
     <w:rsid w:val="00DB3135"/>
     <w:rsid w:val="00DB441C"/>
     <w:rsid w:val="00DB44AF"/>
@@ -33648,93 +34216,94 @@
     <w:rsid w:val="00F16A14"/>
     <w:rsid w:val="00F231DC"/>
     <w:rsid w:val="00F362D7"/>
     <w:rsid w:val="00F37D7B"/>
     <w:rsid w:val="00F5314C"/>
     <w:rsid w:val="00F635DD"/>
     <w:rsid w:val="00F6627B"/>
     <w:rsid w:val="00F734F2"/>
     <w:rsid w:val="00F75052"/>
     <w:rsid w:val="00F804D3"/>
     <w:rsid w:val="00F81CD2"/>
     <w:rsid w:val="00F82641"/>
     <w:rsid w:val="00F90F18"/>
     <w:rsid w:val="00F937E4"/>
     <w:rsid w:val="00F95EE7"/>
     <w:rsid w:val="00FA39E6"/>
     <w:rsid w:val="00FA7BC9"/>
     <w:rsid w:val="00FB378E"/>
     <w:rsid w:val="00FB37F1"/>
     <w:rsid w:val="00FB47C0"/>
     <w:rsid w:val="00FB501B"/>
     <w:rsid w:val="00FB7770"/>
     <w:rsid w:val="00FD3B91"/>
     <w:rsid w:val="00FD576B"/>
     <w:rsid w:val="00FD579E"/>
+    <w:rsid w:val="00FE2876"/>
     <w:rsid w:val="00FE4516"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="00BC631B"/>
+  <w14:docId w14:val="21CC0982"/>
   <w15:docId w15:val="{08BCA0B5-F322-4D76-A1D1-FA80A7DEEBD6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -34066,50 +34635,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="aa">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005E65C0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
       <w:kern w:val="2"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="10">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="題號1"/>
     <w:basedOn w:val="aa"/>
     <w:link w:val="12"/>
     <w:qFormat/>
     <w:rsid w:val="004F5E57"/>
@@ -37277,51 +37847,51 @@
     <w:basedOn w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009651E6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="afffff8">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="ab"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00087405"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="52050340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="145365042">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -37622,52 +38192,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECED6EBF-710F-4661-9367-06C042C9B4A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>C030調查報告格式體例(橫式)</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>2384</Words>
-  <Characters>13589</Characters>
+  <Words>2383</Words>
+  <Characters>13588</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>113</Lines>
   <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>cy</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15942</CharactersWithSpaces>
+  <CharactersWithSpaces>15940</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>糾正案文</dc:title>
   <dc:creator>劉淑芬</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>