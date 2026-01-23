--- v0 (2025-10-19)
+++ v1 (2026-01-23)
@@ -19006,75 +19006,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="009815B9" w:rsidRPr="00176EDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00A07B4B" w:rsidRPr="00176EDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00176EDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">　月　</w:t>
-[...13 lines deleted...]
-        <w:t>0</w:t>
+        <w:t xml:space="preserve">　月　　　日</w:t>
       </w:r>
       <w:bookmarkStart w:id="313" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="313"/>
-      <w:r w:rsidRPr="00176EDD">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E25849" w:rsidRPr="00176EDD" w:rsidSect="00D413B0">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="851" w:gutter="227"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="457" w:charSpace="4127"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0071">
       <wne:acd wne:acdName="acd10"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0072">
       <wne:acd wne:acdName="acd11"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0073">
       <wne:acd wne:acdName="acd12"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0074">
@@ -19154,58 +19133,58 @@
     <wne:acd wne:argValue="AgC1az2EI2oPXzEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzUA" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzYA" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzcA" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzgA" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzkA" wne:acdName="acd9" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd10" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd11" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd12" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAUA" wne:acdName="acd13" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAYA" wne:acdName="acd14" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAcA" wne:acdName="acd15" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAgA" wne:acdName="acd16" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAkA" wne:acdName="acd17" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd18" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DB1D13" w:rsidRDefault="00DB1D13">
+    <w:p w:rsidR="00221EB6" w:rsidRDefault="00221EB6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DB1D13" w:rsidRDefault="00DB1D13">
+    <w:p w:rsidR="00221EB6" w:rsidRDefault="00221EB6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -19293,58 +19272,58 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>84</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DB1D13" w:rsidRDefault="00DB1D13">
+    <w:p w:rsidR="00221EB6" w:rsidRDefault="00221EB6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DB1D13" w:rsidRDefault="00DB1D13">
+    <w:p w:rsidR="00221EB6" w:rsidRDefault="00221EB6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w:rsidR="00A9797E" w:rsidRPr="00894323" w:rsidRDefault="00A9797E" w:rsidP="00894323">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:leftChars="5" w:left="240" w:hangingChars="93" w:hanging="223"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00894323">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00894323">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -24699,51 +24678,50 @@
     <w:rsid w:val="00B154BF"/>
     <w:rsid w:val="00B17766"/>
     <w:rsid w:val="00B17B65"/>
     <w:rsid w:val="00B201E2"/>
     <w:rsid w:val="00B2080C"/>
     <w:rsid w:val="00B2127F"/>
     <w:rsid w:val="00B217FC"/>
     <w:rsid w:val="00B21867"/>
     <w:rsid w:val="00B219CC"/>
     <w:rsid w:val="00B22544"/>
     <w:rsid w:val="00B2260D"/>
     <w:rsid w:val="00B22901"/>
     <w:rsid w:val="00B22CEC"/>
     <w:rsid w:val="00B23419"/>
     <w:rsid w:val="00B2355A"/>
     <w:rsid w:val="00B23ED5"/>
     <w:rsid w:val="00B23F89"/>
     <w:rsid w:val="00B24A9B"/>
     <w:rsid w:val="00B25901"/>
     <w:rsid w:val="00B25B1E"/>
     <w:rsid w:val="00B25F88"/>
     <w:rsid w:val="00B26D7E"/>
     <w:rsid w:val="00B279DA"/>
     <w:rsid w:val="00B27F5D"/>
     <w:rsid w:val="00B30884"/>
-    <w:rsid w:val="00B309CA"/>
     <w:rsid w:val="00B31389"/>
     <w:rsid w:val="00B31833"/>
     <w:rsid w:val="00B31C9A"/>
     <w:rsid w:val="00B31D27"/>
     <w:rsid w:val="00B31F9D"/>
     <w:rsid w:val="00B32BD7"/>
     <w:rsid w:val="00B33324"/>
     <w:rsid w:val="00B334B9"/>
     <w:rsid w:val="00B33EA2"/>
     <w:rsid w:val="00B3412F"/>
     <w:rsid w:val="00B341F4"/>
     <w:rsid w:val="00B3470E"/>
     <w:rsid w:val="00B34AEC"/>
     <w:rsid w:val="00B34C5E"/>
     <w:rsid w:val="00B36A63"/>
     <w:rsid w:val="00B37A04"/>
     <w:rsid w:val="00B40EF7"/>
     <w:rsid w:val="00B4174D"/>
     <w:rsid w:val="00B41879"/>
     <w:rsid w:val="00B41AD8"/>
     <w:rsid w:val="00B4222F"/>
     <w:rsid w:val="00B42818"/>
     <w:rsid w:val="00B43916"/>
     <w:rsid w:val="00B43A4A"/>
     <w:rsid w:val="00B443E4"/>
@@ -25216,51 +25194,50 @@
     <w:rsid w:val="00D928FC"/>
     <w:rsid w:val="00D92A76"/>
     <w:rsid w:val="00D933A4"/>
     <w:rsid w:val="00D9376D"/>
     <w:rsid w:val="00D94850"/>
     <w:rsid w:val="00D9790B"/>
     <w:rsid w:val="00D97CB4"/>
     <w:rsid w:val="00D97DD4"/>
     <w:rsid w:val="00D97DF5"/>
     <w:rsid w:val="00DA003C"/>
     <w:rsid w:val="00DA1D15"/>
     <w:rsid w:val="00DA32D5"/>
     <w:rsid w:val="00DA368F"/>
     <w:rsid w:val="00DA4770"/>
     <w:rsid w:val="00DA51DA"/>
     <w:rsid w:val="00DA5A8A"/>
     <w:rsid w:val="00DA5BF7"/>
     <w:rsid w:val="00DA5D90"/>
     <w:rsid w:val="00DA70D7"/>
     <w:rsid w:val="00DA7505"/>
     <w:rsid w:val="00DA7A93"/>
     <w:rsid w:val="00DB0CB7"/>
     <w:rsid w:val="00DB115E"/>
     <w:rsid w:val="00DB1170"/>
     <w:rsid w:val="00DB18EE"/>
-    <w:rsid w:val="00DB1D13"/>
     <w:rsid w:val="00DB226D"/>
     <w:rsid w:val="00DB26CD"/>
     <w:rsid w:val="00DB2B88"/>
     <w:rsid w:val="00DB3959"/>
     <w:rsid w:val="00DB441C"/>
     <w:rsid w:val="00DB4460"/>
     <w:rsid w:val="00DB44AF"/>
     <w:rsid w:val="00DB490F"/>
     <w:rsid w:val="00DB54ED"/>
     <w:rsid w:val="00DB5B5F"/>
     <w:rsid w:val="00DB5D42"/>
     <w:rsid w:val="00DB730E"/>
     <w:rsid w:val="00DC1608"/>
     <w:rsid w:val="00DC1F58"/>
     <w:rsid w:val="00DC2534"/>
     <w:rsid w:val="00DC339B"/>
     <w:rsid w:val="00DC5D40"/>
     <w:rsid w:val="00DC60BF"/>
     <w:rsid w:val="00DC69A7"/>
     <w:rsid w:val="00DC7A06"/>
     <w:rsid w:val="00DC7A20"/>
     <w:rsid w:val="00DC7CBC"/>
     <w:rsid w:val="00DD02A8"/>
     <w:rsid w:val="00DD0D0D"/>
     <w:rsid w:val="00DD159E"/>
@@ -25740,51 +25717,50 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049">
       <o:colormru v:ext="edit" colors="#dee9c9"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4CD97AD3"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -27532,66 +27508,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DB4360F-F5A9-41C5-A930-24A2A41829CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37489839-A900-4FCC-A831-E73D25D502A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>32</Pages>
   <Words>2614</Words>
-  <Characters>14901</Characters>
+  <Characters>14900</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>124</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17481</CharactersWithSpaces>
+  <CharactersWithSpaces>17480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>