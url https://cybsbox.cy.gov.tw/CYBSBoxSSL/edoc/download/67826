--- v0 (2025-10-21)
+++ v1 (2026-03-10)
@@ -37,52 +37,50 @@
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc524895636"/>
       <w:bookmarkStart w:id="1" w:name="_Toc524896182"/>
       <w:bookmarkStart w:id="2" w:name="_Toc524896212"/>
       <w:bookmarkStart w:id="3" w:name="_Toc524902718"/>
       <w:bookmarkStart w:id="4" w:name="_Toc525066137"/>
       <w:bookmarkStart w:id="5" w:name="_Toc525070827"/>
       <w:bookmarkStart w:id="6" w:name="_Toc525938367"/>
       <w:bookmarkStart w:id="7" w:name="_Toc525939215"/>
       <w:bookmarkStart w:id="8" w:name="_Toc525939720"/>
       <w:bookmarkStart w:id="9" w:name="_Toc529218254"/>
       <w:bookmarkStart w:id="10" w:name="_Toc529222677"/>
       <w:bookmarkStart w:id="11" w:name="_Toc529223099"/>
       <w:bookmarkStart w:id="12" w:name="_Toc529223850"/>
       <w:bookmarkStart w:id="13" w:name="_Toc529228246"/>
       <w:bookmarkStart w:id="14" w:name="_Toc2400382"/>
       <w:bookmarkStart w:id="15" w:name="_Toc4316177"/>
       <w:bookmarkStart w:id="16" w:name="_Toc4473318"/>
       <w:bookmarkStart w:id="17" w:name="_Toc69556885"/>
       <w:bookmarkStart w:id="18" w:name="_Toc69556934"/>
       <w:bookmarkStart w:id="19" w:name="_Toc69609808"/>
       <w:bookmarkStart w:id="20" w:name="_Toc70241804"/>
       <w:bookmarkStart w:id="21" w:name="_Toc70242193"/>
       <w:bookmarkStart w:id="22" w:name="_Toc421794863"/>
       <w:bookmarkStart w:id="23" w:name="_Toc422834148"/>
-      <w:bookmarkStart w:id="24" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>調查報告</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AED7C30" w14:textId="77777777" w:rsidR="00E25849" w:rsidRPr="00F97F82" w:rsidRDefault="00E25849" w:rsidP="00501CB6">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2380" w:hanging="2380"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>調查緣起</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
@@ -113,212 +111,292 @@
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00E21CC7" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>委員自動調查。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="1C73F1EB" w14:textId="3E3C4F9E" w:rsidR="00ED046C" w:rsidRPr="00F97F82" w:rsidRDefault="00E25849" w:rsidP="00C72779">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2380" w:hanging="2380"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc524892368"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="_Toc70242195"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc524892368"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc524895638"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc524896184"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc524896214"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc524902720"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc525066139"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc525070829"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc525938369"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc525939217"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc525939722"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc422834150"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc421794865"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc529218256"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc529222679"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc529223101"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc529223852"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc529228248"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc2400384"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc4316179"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc4473320"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc69556887"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc69556936"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc69609810"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc70241806"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc70242195"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>案　　由</w:t>
       </w:r>
       <w:r w:rsidR="00CB75C3" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
-      <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>據悉，衛生福利部近日發布</w:t>
       </w:r>
       <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年醫學中心評鑑結果，臺北區及北區共新增</w:t>
-      </w:r>
+        <w:t>年醫學中心評鑑結果，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區及北區共新增</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家醫學中心，疑不當放寬現行醫學中心上限家數，罔顧早已公告的評鑑作業程序。究該評鑑結果有無符合該部所訂定之醫學中心評定原則？新增醫學中心是否造成醫療資源分配不當？有無違背現行醫療政策？臺北區（臺北市、新北市、基隆市、宜蘭市）近</w:t>
-      </w:r>
+        <w:t>家醫學中心，疑不當放寬現行醫學中心上限家數，罔顧早已公告的評鑑作業程序。究該評鑑結果有無符合</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>該部所訂</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>定之醫學中心評定原則？新增醫學中心是否造成醫療資源分配不當？有無違背現行醫療政策？</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區（臺北市、新北市、基隆市、宜蘭市）近</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年之總人口數趨減之下，仍增加醫學中心之評鑑標準依據有無失真？均有深入瞭解之必要案</w:t>
+        <w:t>年之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>總人口數趨</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>減之下，仍增加醫學中心之評鑑標準依據有無失真？</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>均有深入</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D66DA2" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>瞭解之必要案</w:t>
       </w:r>
       <w:r w:rsidR="00102341" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidR="00CB75C3" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B7B175D" w14:textId="77777777" w:rsidR="003F3E16" w:rsidRPr="00F97F82" w:rsidRDefault="003F3E16" w:rsidP="003F3E16">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2380" w:hanging="2380"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>調查意見</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B460509" w14:textId="77777777" w:rsidR="00544593" w:rsidRPr="00F97F82" w:rsidRDefault="00544593" w:rsidP="00544593">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:leftChars="208" w:left="708" w:firstLineChars="208" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Hlk150873037"/>
+      <w:bookmarkStart w:id="49" w:name="_Hlk150873037"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>據悉，衛生福利部</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>下稱衛福部</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
@@ -353,281 +431,527 @@
         </w:rPr>
         <w:t>下同</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年醫學中心評鑑結果，臺北區及北區共新增</w:t>
+        <w:t>年醫學中心評鑑結果，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區及北區共新增</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家醫學中心，疑不當放寬現行醫學中心上限家數，罔顧早已公告的評鑑作業程序。究該評鑑結果有無符合該部所訂定之醫學中心評定原則？新增醫學中心是否造成醫療資源分配不當？有無違背現行醫療政策？臺北區（臺北市、新北市、基隆市、宜蘭市）近</w:t>
+        <w:t>家醫學中心，疑不當放寬現行醫學中心上限家數，罔顧早已公告的評鑑作業程序。究該評鑑結果有無符合</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>該部所訂</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>定之醫學中心評定原則？新增醫學中心是否造成醫療資源分配不當？有無違背現行醫療政策？</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區（臺北市、新北市、基隆市、宜蘭市）近</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年之總人口數趨減之下，仍增加醫學中心之評鑑標準依據有無失真？均有深入瞭解之必要案。</w:t>
+        <w:t>年之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>總人口數趨</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>減之下，仍增加醫學中心之評鑑標準依據有無失真？</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>均有深入</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>瞭解之必要案。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="383BF19A" w14:textId="77777777" w:rsidR="00544593" w:rsidRPr="00F97F82" w:rsidRDefault="00544593" w:rsidP="00544593">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:leftChars="208" w:left="708" w:firstLineChars="208" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>案經本院向衛福部調閱相關卷證，並就本案爭點於</w:t>
+        <w:t>案經本院向</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部調</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>閱相關卷證，並就本案爭點於</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>113</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>日約詢衛福部相關主管、業管人員，業調查竣事，提出調查意見如次：</w:t>
+        <w:t>日約</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>詢衛福</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>部相關主管、業管人員，業</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>調查竣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>事，提出調查意見如次：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E777E97" w14:textId="7609AE19" w:rsidR="00845611" w:rsidRPr="00F97F82" w:rsidRDefault="00DE5887" w:rsidP="007F4BFC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:beforeLines="50" w:before="228"/>
         <w:ind w:left="992" w:hanging="697"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="_Hlk179881397"/>
+      <w:bookmarkStart w:id="50" w:name="_Hlk179881397"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>衛福部未經法制作業修正已公告之</w:t>
-      </w:r>
+        <w:t>衛福部</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t>《</w:t>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>未經法制作業修正已公告之</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>《</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度醫院評鑑及教學醫院評鑑作業程序》</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>相關規定，即違反該作業程序規定將臺北區醫學中心家數由</w:t>
-      </w:r>
+        <w:t>相關規定，即違反該作業程序規定將臺北區醫學中</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>心家數由</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家增加為</w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>家增加為</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家；而該部召開醫學中心評定會議，已確認評鑑委員實地評鑑之評分結果及排序並無疑義，卻捨過往已獲醫院肯認之辦理方</w:t>
-      </w:r>
+        <w:t>家；而該部召開醫學中心評定會議，已確認評鑑委員實地評鑑之評分結果及排序並無疑義，卻</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>捨</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>過往已獲醫院肯認之辦理方</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>式，未於會議中按作業程序之規定決議醫學中心之家數及名單；復未辦理相關討論會議，逕由衛福部簽核決定增額評定醫學中心。該部增額核定醫院中心家數，已悖離</w:t>
+        <w:t>式，未於會議中按作業程序之規定決議醫學中心之家數及名單；復未辦理相關討論會議，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>逕由衛福部簽</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>核決定增額評定醫學中心。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>該部增額</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>核定醫院中心家數，已</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>悖</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>離</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>醫學中心</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>評鑑作業程序有關臺北區醫學中心以</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -666,103 +990,125 @@
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>其中</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00717A39" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>雖部分醫院評鑑分數差距甚微，然</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DB5A67" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>分數均未相同，</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00717A39" w:rsidRPr="00F97F82">
+        <w:t>分數均未相同</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DB5A67" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>且</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB5A67" w:rsidRPr="00F97F82">
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidR="00717A39" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>非此次評鑑獨有之現象；</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:t>且</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5A67" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>又</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB5A67" w:rsidRPr="00F97F82">
+        <w:t>非此次評鑑獨有之現象；</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>該部為合</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00845611" w:rsidRPr="00F97F82">
+        <w:t>又</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DB5A67" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>理化增額核定所提出之理由，輕忽多年來改革醫院評鑑制度、提升評鑑委員評分之專業性及一致化，強化評鑑結果鑑別度之各項努力，</w:t>
+        <w:t>該部為合</w:t>
+      </w:r>
+      <w:r w:rsidR="00845611" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>理化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00845611" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>增額核定所提出之理由，輕忽多年來改革醫院評鑑制度、提升評鑑委員評分之專業性及一致化，強化評鑑結果鑑別度之各項努力，</w:t>
       </w:r>
       <w:r w:rsidR="009931E0" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>傷害建立不易的醫院評鑑公信力，開啟權力介入的破口，核有違失。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7990D830" w14:textId="54190627" w:rsidR="009B0907" w:rsidRPr="00F97F82" w:rsidRDefault="00874EFE" w:rsidP="009B0907">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>按</w:t>
@@ -1160,54 +1506,64 @@
         </w:rPr>
         <w:t>內醫院人力、硬體、設施</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>大幅</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>改善</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>後，衛福部於</w:t>
-      </w:r>
+        <w:t>後，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部於</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>92</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>開始</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1217,58 +1573,76 @@
         <w:t>進行醫院評鑑改革，打破病床規模及多元科別設置之迷思，</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>以</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>病人為中心及重視病人安全為目標，評鑑制度以醫療品質及醫療服務成效為</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>導向。嗣於</w:t>
-      </w:r>
+        <w:t>導向。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>嗣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>於</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>104</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年起改革為新版醫院評鑑制度，</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>並於</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
@@ -1353,64 +1727,73 @@
         <w:t>對</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>醫院日常作業</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之干擾</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>且衛福</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>部針對評鑑委員制度進行改革，修訂評鑑委員遴聘要點，重新遴選、引進中生代之評鑑委員，加強訓練，強化評鑑方法</w:t>
+        <w:t>部</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>針對評鑑委員制度進行改革，修訂評鑑委員遴聘要點，重新遴選、引進中生代之評鑑委員，加強訓練，強化評鑑方法</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>及</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>技巧，</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>並</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
@@ -1491,119 +1874,154 @@
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>鑑別度</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="445C1009" w14:textId="6D2B649B" w:rsidR="005F0531" w:rsidRPr="00F97F82" w:rsidRDefault="005F0531" w:rsidP="009B0907">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F97F82">
-[...5 lines deleted...]
-        <w:t>衛福部依據《醫療法》相關規定辦理醫院評鑑，及會同教育部辦理教學醫院評鑑，</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>依據《醫療法》相關規定辦理醫院評鑑，及會同教育部辦理教學醫院評鑑，</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>該部</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>針對醫學中心數量限制，相關變革略以：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5488BC7B" w14:textId="77777777" w:rsidR="005F0531" w:rsidRPr="00F97F82" w:rsidRDefault="009B0907" w:rsidP="005F0531">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F97F82">
-[...4 lines deleted...]
-        <w:t>衛福部前於94年8月21日召開「教學醫院評鑑改革-醫學中心角色任務會議」，會議結論為「醫學中心應有所限制，並研議相關鼓勵及退場機制，但亦應同時顧及區域、地區醫院追求卓越之動機，提升整體醫療服務品質」。94年至98年評鑑週期施行「新制醫院評鑑及新制教學醫院評鑑作業</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部前</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>於94年8月21日召開「教學醫院評鑑改革-醫學中心角色任務會議」，會議結論為「醫學中心應有所限制，並研議相關鼓勵及退場機制，但亦應同時顧及區域、地區醫院追求卓越之動機，提升整體醫療服務品質」。94年至98年評鑑週期施行「新制醫院評鑑及新制教學醫院評鑑作業</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>（下稱</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>新制醫院評鑑作業</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>」，將評鑑結果分為「新制醫院評鑑特優」、「新制醫院評鑑優等」及「新制醫院評鑑合格」，不核予「地區醫院」、「區域醫院」及「醫學中心」之評鑑結果，為配合健保給付規定，爰於新制醫院評鑑作業訂</w:t>
+        <w:t>」，將評鑑結果分為「新制醫院評鑑特優」、「新制醫院評鑑優等」及「新制醫院評鑑合格」，不核予「地區醫院」、「區域醫院」及「醫學中心」之評鑑結果，為配合健保給付規定，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>於新制醫院評鑑作業訂</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>定</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>新制醫院評鑑及新制教學醫院評鑑健保給付原則</w:t>
@@ -1634,92 +2052,103 @@
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>取得醫學中心給付資格之醫院上限家數，以該年度申請新制醫院評鑑，且其原健保給付層級為醫學中心之醫院家數為限，以為因應新制醫</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>院評鑑作業之配套措施。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D9C30A8" w14:textId="10A63D42" w:rsidR="009B0907" w:rsidRPr="00F97F82" w:rsidRDefault="009B0907" w:rsidP="005F0531">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛福部於</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>96年起，定有限制醫學中心上限家數之規定，每年可取得「醫學中心給付」資格之醫院</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>上限家數，以該年度申請新制醫院評鑑，且其原健保給付層級為醫學中心之醫院家數為限</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>；經排序後未取得醫學中心給付資格之醫院，依照申請區域醫院給付原則辦理之</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rStyle w:val="aff4"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>；嗣衛福部</w:t>
-      </w:r>
+        <w:t>；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>嗣衛福部</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>99年4月26日公告</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>醫學中心評鑑作業程序</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
@@ -1776,58 +2205,74 @@
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>但如該一級醫療區域現有醫學中心合格之家數高於前開由人口數所估算醫學中心上限家數者，則以現有醫學中心合格家數為該一級醫療區域得評定其醫學中心合格醫院之上限家數；且每年可取得醫學中心合格醫院之上限家數，以該年度該一級醫療區域申請醫學中心評鑑，且其原健保給付層級為醫學中心之家數為限。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17F7C38C" w14:textId="3BFC2D95" w:rsidR="00874EFE" w:rsidRPr="00F97F82" w:rsidRDefault="005F0531" w:rsidP="005F0531">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年，衛福部</w:t>
-[...6 lines deleted...]
-        <w:t>為辦理醫院評鑑及教學醫學評鑑</w:t>
+        <w:t>年，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>為</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>辦理醫院評鑑及教學醫學評鑑</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00874EFE" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>依據</w:t>
       </w:r>
       <w:r w:rsidR="00874EFE" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>《</w:t>
       </w:r>
       <w:r w:rsidR="00874EFE" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2000,66 +2445,68 @@
       <w:r w:rsidR="00874EFE" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t>日公告在案</w:t>
       </w:r>
       <w:r w:rsidR="00874EFE" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rStyle w:val="aff4"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidR="00874EFE" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t>復</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>按該</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>作業程序</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
@@ -2161,51 +2608,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>另</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>查該作業程序之附件六已列明</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>各一級醫療區域醫學中心上限家數，其中涵括宜蘭縣、基隆市、新北市、臺北市、連江縣及金門縣之「臺北區」之上限家數為「</w:t>
+        <w:t>各一級醫療區域醫學中心上限家數，其中涵</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>括</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>宜蘭縣、基隆市、新北市、臺北市、連江縣及金門縣之「臺北區」之上限家數為「</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>家」</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
@@ -2279,51 +2748,69 @@
         </w:rPr>
         <w:t>及醫學中心任務指標審查成績占</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>0%</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，核算總成績，並依高低排序，擇優評定為「醫學中心」。總成績相同者，優先依醫學中心任務指標審查成績、次依醫院評鑑成績、再其次依教學醫院評鑑成績，擇優評定。</w:t>
+        <w:t>，核算總成績，並依高低排序，擇優評定為「醫學中心」。總成績相同者，優先依醫學中心任務指標審查成績、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>次依醫院</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>評鑑成績、再其次依教學醫院評鑑成績，擇優評定。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DE6291D" w14:textId="395E59FD" w:rsidR="00D32927" w:rsidRPr="00F97F82" w:rsidRDefault="005F0531" w:rsidP="00615E23">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>又</w:t>
       </w:r>
       <w:r w:rsidR="00D32927" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -2385,57 +2872,67 @@
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00D32927" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>條</w:t>
       </w:r>
       <w:r w:rsidR="00D32927" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>規定</w:t>
       </w:r>
       <w:r w:rsidR="00544593" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>得邀請有關學者、專家為之。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D32927" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>爰該部</w:t>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D32927" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>該部</w:t>
       </w:r>
       <w:r w:rsidR="00544593" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>依據</w:t>
       </w:r>
       <w:r w:rsidR="00234283" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《</w:t>
       </w:r>
       <w:r w:rsidR="00234283" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>醫院評鑑及教學醫院評鑑委員遴聘要點</w:t>
       </w:r>
       <w:r w:rsidR="00234283" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2802,58 +3299,60 @@
         <w:t>辦理。</w:t>
       </w:r>
       <w:r w:rsidR="00A10338" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>財團法人醫院評鑑暨醫療品質策進會</w:t>
       </w:r>
       <w:r w:rsidR="00D32927" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>於評鑑當日與評鑑委員確認評分結果無誤後，始統計醫院各項評鑑總成績</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，經檢視</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度醫院評鑑之評鑑成績計算方式</w:t>
       </w:r>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>及各受評醫院之排</w:t>
       </w:r>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>序</w:t>
       </w:r>
@@ -2986,70 +3485,90 @@
         </w:rPr>
         <w:t>於會中</w:t>
       </w:r>
       <w:r w:rsidR="007C416D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>決議通過評鑑之家數及名單，雖會後需依行政程序再陳報衛福部核定，但衛福部</w:t>
       </w:r>
       <w:r w:rsidR="00104258" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>均</w:t>
       </w:r>
       <w:r w:rsidR="007C416D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>尊重評定會議之決議，核定結果與評定會議之決議無異。惟查：</w:t>
+        <w:t>尊重評定會議之決議，核定結果與評定會議之決議無異。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C416D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>惟查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C416D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C21389" w14:textId="5CC691CA" w:rsidR="007C416D" w:rsidRPr="00F97F82" w:rsidRDefault="00D32927" w:rsidP="007C416D">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度申請醫院評鑑之醫院計</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>159</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家，包含申請醫學中心評鑑</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
@@ -3094,91 +3613,129 @@
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家，計召開</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>次評定會議提案討論醫院評鑑結果。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004E6CB6" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>詢據衛福部接受本院詢問之代表稱：「我們的會議就是做成績確認</w:t>
-      </w:r>
+        <w:t>詢據衛福部</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004E6CB6" w:rsidRPr="00F97F82">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>接受本院詢問之代表稱：「我們的會議就是做成績確認</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6CB6" w:rsidRPr="00F97F82">
+        <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>……</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004E6CB6" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004E6CB6" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>最後的評定結果還是要由部裡面最後決定。」</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E7F956E" w14:textId="19D1E138" w:rsidR="007C416D" w:rsidRPr="00F97F82" w:rsidRDefault="004E6CB6" w:rsidP="007C416D">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>前次臺北區醫學中心評鑑於</w:t>
+        <w:t>前次</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區醫學中心評鑑於</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>105</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年辦理，當年於評定會議中即明確決議「評定為『醫院評鑑優等（醫學中心）及『醫師及醫事人員類教學醫院評鑑合格（醫學中心）』者共計</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
@@ -3517,58 +4074,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>及確認評定醫院名單</w:t>
       </w:r>
       <w:r w:rsidR="007C416D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B206B5B" w14:textId="62D3D9B2" w:rsidR="007C416D" w:rsidRPr="00F97F82" w:rsidRDefault="007C416D" w:rsidP="007C416D">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛福部於</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
@@ -3589,57 +4148,67 @@
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
       <w:r w:rsidR="00B95432" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>上午</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>召開之</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F97F82">
-[...5 lines deleted...]
-        <w:t>112</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度醫院評鑑及教學醫院評鑑第二次評定會議，議程將「臺北區」評定為「醫院評鑑優等（醫學中心）」者</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家、評定為「醫院評鑑合格（區域醫院</w:t>
       </w:r>
@@ -3651,51 +4220,69 @@
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>準醫學中心）」者</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家列為會議討論事項，但決議為：「『臺北區』受評醫院計</w:t>
+        <w:t>家列為會議討論事項，但決議為：「『</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區』受評醫院計</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家，其評鑑成績核算結果，經出席委員檢視尚無疑義。」</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>是該部召開醫學中心評定會議，已確認評鑑委員實地評鑑之評分結果</w:t>
       </w:r>
@@ -3799,58 +4386,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>決議通過區域醫院、地區醫院合格之家數及醫院名單</w:t>
       </w:r>
       <w:r w:rsidR="00C3090F" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD005EA" w14:textId="745376ED" w:rsidR="005853A1" w:rsidRPr="00F97F82" w:rsidRDefault="005853A1" w:rsidP="00FA7545">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛福部於</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
@@ -3911,105 +4500,215 @@
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>會議</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>或</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>徵詢各領域專家學者意見，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>該部於</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>個月後，逕簽核決定</w:t>
-[...15 lines deleted...]
-        <w:t>年度醫院評鑑結果。經查該簽擬辦載有：「方案一：按作業程序規定，達到醫學中心評鑑合格標準之醫院，成績排序前</w:t>
+        <w:t>個月</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>後，逕簽核決定</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>年度醫院評鑑結果。經查該簽擬辦載有：「方案</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>：按作業程序規定，達到醫學中心評鑑合格標準之醫院，成績排序前</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>名為醫學中心，餘為準醫學中心。」、「方案二：於作業程序所訂上限家數外，增額評訂醫學中心，餘為準醫學中心。」該部核定採取「方案二」，將「臺北區」醫學中心家數自</w:t>
+        <w:t>名為醫學中心，餘為</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>準</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>醫學中心。」、「方案二：於作業程序所訂上限</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>家數外</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，增</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>額評</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>訂醫學中心，餘為準醫學中心。」該部核定採取「方案二」，將「</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區」醫學中心家數自</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家增額為</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
@@ -4089,60 +4788,80 @@
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>104</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年起，醫學中心評鑑</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>改</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>採分區同年評鑑方式辦理。查衛福部</w:t>
-      </w:r>
+        <w:t>採</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>分區同年評鑑方式辦理。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>查衛福部</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>最近年度曾於</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>100</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4208,54 +4927,72 @@
         <w:t>等</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度辦理醫院</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>評鑑，均有醫院申請醫學中心評鑑家數超過</w:t>
-      </w:r>
+        <w:t>評鑑，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>均有醫</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>院申請醫學中心評鑑家數超過</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
+        <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>醫院評鑑及教學醫院評鑑作業程序</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>》</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4266,58 +5003,60 @@
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>上限</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家數情形</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>惟</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>國內醫學中心自</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
@@ -4338,50 +5077,51 @@
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家後，多年來未再有新增醫學中心之情事</w:t>
       </w:r>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005F0531" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>復</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>按</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>《</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
@@ -4396,105 +5136,142 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>度</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>醫院評鑑作業程序</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>》</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>規定</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rStyle w:val="aff4"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，當年度評定家數超過規定上限家數，應以醫院評鑑總成績，擇優評定「醫學中心」；總成績相同者，則依序依醫學中心任務指標審查成績、醫院評鑑成績、教學醫院評鑑成績，擇優評定；未能評定為「醫學中心」者，則評定為「區域醫院」，惟得加註為「準醫學中心」，至全民健康保險醫療費用支付範圍，依「區域醫院」等級辦理。</w:t>
-      </w:r>
+        <w:t>，當年度評定家數超過規定上限家數，應以醫院評鑑總成績，擇優評定「醫學中心」；總成績相同者，則依序依醫學中心任務指標審查成績、醫院評鑑成績、教學醫院評鑑成績，擇優評定；未能評定為「醫學中心」者，則評定為「區域醫院」，惟得加</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>註</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>為「準醫學中心」，至全民健康保險醫療費用支付範圍，依「區域醫院」等級辦理。</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>然</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年醫院評鑑臺北區各醫學中心評鑑成績，排序第</w:t>
-      </w:r>
+        <w:t>年醫院評鑑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區各醫學中心評鑑成績，排序第</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>至</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>名成績核算分別為</w:t>
@@ -4663,171 +5440,245 @@
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>並</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>毋須進行分項成績擇優評定。</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>而以衛福部前次（</w:t>
-      </w:r>
+        <w:t>而以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部前次</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>即</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>105</w:t>
-      </w:r>
+        <w:t>10</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）辦理</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>臺北區醫學中心評定</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>為例</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，該年度佛教慈濟醫療財團法人</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>臺</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>北慈濟醫院及衛生福利部雙和醫院</w:t>
-      </w:r>
+        <w:t>北</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>慈濟醫院及衛生</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>福利部雙</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>和醫院</w:t>
+      </w:r>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>委託臺北醫學大學興建經營</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家醫院，均申請醫學中心評定，且評鑑成績均已符合醫學中心應達標準，惟因「</w:t>
+        <w:t>家醫院，均申請醫學中心評定，且評鑑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>成績均已符</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>合醫學中心應達標準，惟因「</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>105</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年醫院評鑑及教學醫院評鑑作業程序」定有各一級醫療區醫學中心上限家數</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>為</w:t>
       </w:r>
@@ -5284,78 +6135,114 @@
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>所稱</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>「……醫學中心評鑑目的，是為了提升醫學中心服務品質，並使其配合政策發展。……各醫院評鑑成績持續進步，差異逐漸縮小……」云云，</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F97F82">
+        <w:t>「…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>醫學中心評鑑目的，是為了提升醫學中心服務品質，並使其配合政策發展。…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>各醫院評鑑成績持續進步，差異逐漸縮小……」云云，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>藉</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>以分數接近為由增額評定醫學中心，此理由難謂符合行政作業之一致性原則</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078B537C" w14:textId="375FBA8C" w:rsidR="009B0907" w:rsidRPr="00F97F82" w:rsidRDefault="005853A1" w:rsidP="009B0907">
+    <w:p w14:paraId="078B537C" w14:textId="264097E5" w:rsidR="009B0907" w:rsidRPr="00F97F82" w:rsidRDefault="005853A1" w:rsidP="009B0907">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>另查，</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛福</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
@@ -5422,82 +6309,119 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> NOTEREF _Ref180049972 \f \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0085635A" w:rsidRPr="0085635A">
+      <w:r w:rsidR="00FA7545" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rStyle w:val="aff4"/>
-        </w:rPr>
-        <w:t>6</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，內容略以：</w:t>
-      </w:r>
+        <w:t>，內容略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>「……各醫院接受醫院實地評鑑，由不同委員評量，評分標準難以齊一認定……」</w:t>
-      </w:r>
+        <w:t>「…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>各醫院接受醫院實地評鑑，由不同委員評量，評分標準難以齊一認定……」</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>云云，</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>惟</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>105</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5514,66 +6438,77 @@
         </w:rPr>
         <w:t>已</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>針對評鑑委員制度進行改革，修訂評鑑委員遴聘要點，加強委員之訓練，強化評鑑方法</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>及</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>技巧，及注重新版評鑑基準共識之建立。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛福部以</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>不同委員評量，評分標準難以齊一認定為由，增額評定醫學中心，其遴聘委員在先，卻未能尊重</w:t>
+        <w:t>不同</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>委員評量，評分標準難以齊一認定為由，增額評定醫學中心，其遴聘委員在先，卻未能尊重</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>評鑑委員醫學背景及醫院管理專業，</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>質疑評鑑分數之認定標準，其說法已將改革醫院評鑑委員制度之成果</w:t>
       </w:r>
       <w:r w:rsidR="009B0907" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -5606,96 +6541,116 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>難謂允當。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73641B55" w14:textId="12A3F941" w:rsidR="0047235D" w:rsidRPr="00F97F82" w:rsidRDefault="005F0531" w:rsidP="00FA7545">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Hlk179818606"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>綜上，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年度醫院評鑑有關醫學中心評定原則</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>將臺北醫療區</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>醫學中心家數</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>上限家數定為</w:t>
-      </w:r>
+        <w:t>上限</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>家數定</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>為</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家，並以核算之</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>總成績高低排序，擇優評定</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，上述評鑑成績評定之程序</w:t>
@@ -5752,51 +6707,69 @@
         </w:rPr>
         <w:t>公告</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>周知</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>俾申請醫學中心評鑑之醫院有所依循以獲得最佳之評鑑結果；且評鑑委員於實地評鑑前已參加</w:t>
+        <w:t>俾申請醫學中心評鑑之醫院有所依</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>循以獲得最佳</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>之評鑑結果；且評鑑委員於實地評鑑前已參加</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>行前會議及共識會議</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>確保評量</w:t>
       </w:r>
@@ -5810,58 +6783,60 @@
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>一致性，實地評鑑結束時</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>各自就其所負責領域之評鑑項目進行評分，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛福部亦於</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>當日確認評分結果無誤</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
@@ -6007,104 +6982,142 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年的臨床服務成果的展現，以盡可能降低醫院作假資料而影響評鑑的有效性與公平性</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rStyle w:val="aff4"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="29"/>
           <w:szCs w:val="29"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="29"/>
           <w:szCs w:val="29"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F97F82">
-[...5 lines deleted...]
-        <w:t>惟過往衛福部對於醫學中心</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>過往衛福部對於醫學中心</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>評定家數超過規定上限家數</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>時</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>係於評定會議中，按評鑑委員之評分結果排序，以上限家數為醫學中心，序位在上限家數以內之醫院評定為醫學中心，但達醫學中心標準卻序位在後之醫院列為準醫學中心之方式，此評定機制運作多年，縱然未能符合所有受評醫院之期待，但此方法客觀、公正與公開，尚為各級醫院信服。</w:t>
-      </w:r>
+        <w:t>係於評定會議中，按評鑑委員之評分結果排序，以上限家數為醫學中心，序位在上限家數以內之醫院評定為醫學中心，但達醫學中心</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>標準卻序</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>位在後之醫院列為準醫學中心之方式，此評定機制運作多年，縱然未能符合所有受評醫院之期待，但此方法客觀、公正與公開，尚為各級醫院信服。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>惟衛福部辦理</w:t>
-      </w:r>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>衛福部辦理</w:t>
+      </w:r>
+      <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年醫院評鑑，</w:t>
       </w:r>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>未經法制作業修正已公告之</w:t>
       </w:r>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>《</w:t>
       </w:r>
@@ -6153,63 +7166,145 @@
         </w:rPr>
         <w:t>家增加為</w:t>
       </w:r>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家；而該部召開醫學中心評定會議，已確認評鑑委員實地評鑑之評分結果及排序並無疑義，卻捨</w:t>
-      </w:r>
+        <w:t>家；而該部召開醫學中心評定會議，已確認評鑑委員實地評鑑之評分結果及排序並無疑義，卻</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>捨</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>過往已獲醫院肯認之辦理方式，未於會議中按作業程序之規定決議醫學中心之家數及名單；復未辦理相關討論會議，逕由衛福部簽核決定增額評定醫學中心。該部增額核定醫院中心家數，已悖離</w:t>
-      </w:r>
+        <w:t>過往已獲醫院肯認之辦理方式，未於會議中按作業程序之規定決議醫學中心之家數及名單；復未辦理相關討論會議，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>逕</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>由</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部簽</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>核決定增額評定醫學中心。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>該部增額</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>核定醫院中心家數，已</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>悖</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>離</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>醫學中心</w:t>
       </w:r>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>評鑑作業程序有關臺北區醫學中心以</w:t>
       </w:r>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
@@ -6221,139 +7316,236 @@
       <w:r w:rsidR="00DE5887" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>評定原則</w:t>
       </w:r>
       <w:r w:rsidR="0047235D" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。其中，雖部分醫院評鑑分數差距甚微，然分數均未相同，且非此次評鑑獨有之現象；又該部為合理化增額核定所提出之理由，輕忽多年來改革醫院評鑑制度、提升評鑑委員評分之專業性及一致化，強化評鑑結果鑑別度之各項努力，</w:t>
       </w:r>
       <w:r w:rsidR="008D3593" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>傷害建立不易的醫院評鑑公信力，開啟權力介入的破口，核有違失。</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:bookmarkEnd w:id="54"/>
     <w:p w14:paraId="0DC45809" w14:textId="1EEE4447" w:rsidR="0088566E" w:rsidRPr="00F97F82" w:rsidRDefault="0088566E" w:rsidP="009D0F74">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:spacing w:beforeLines="50" w:before="228"/>
         <w:ind w:left="1020" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>衛福部增額評定臺北區</w:t>
-      </w:r>
+        <w:t>衛福部增額</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>評定臺北區</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家醫學中心，使得國內醫學中心更集中於雙北地區；且新</w:t>
-      </w:r>
+        <w:t>家醫學中心，使得國內醫學中心更集中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>於雙北地</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>區；且新</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>增醫學中心所屬之醫療次區域，恐發生醫療院所競爭</w:t>
       </w:r>
       <w:r w:rsidR="00EC0EF5" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>護理</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人力，致當地小型醫院或基層診所人力招募更形困難</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>；又</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>現行全民健康保險總額預算制度之健保點值浮動，醫學中心家數增加將使健保點數增加，健保點值再遭稀釋，且民眾就醫之負擔恐加重。該部增額評定醫學中心卻未進行完整之評估或提出配套措施，決策品質粗率，應予檢討改進：</w:t>
+        <w:t>現行全民健康保險總額預算制度之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>健保點值浮動</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>，醫學中心家數增加將使健保點數增加，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>健保點值</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>再遭稀釋，且民眾就醫之負擔恐加重。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>該部增額</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>評定醫學中心卻未進行完整之評估或提出配套措施，決策品質粗率，應予檢討改進：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="407214B5" w14:textId="25A34040" w:rsidR="0088566E" w:rsidRPr="00F97F82" w:rsidRDefault="0088566E" w:rsidP="0088566E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>按</w:t>
       </w:r>
       <w:r w:rsidR="00565771" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -6692,51 +7884,71 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>可見，國內醫療網之規劃及各層級醫療資源之配置，非以</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>行政區域</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>為唯一考量。惟據衛福部查復稱，增額評定臺北區</w:t>
+        <w:t>為唯一考量。惟據衛福部查復稱，增額評定</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>北區</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>家醫院為醫學中心，係考量原</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
@@ -6808,51 +8020,71 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>萬人口數評定</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>家醫學中心估算，臺北區醫學中心家數僅需</w:t>
+        <w:t>家醫學中心估算，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>北區醫學中心家數僅需</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>家</w:t>
       </w:r>
       <w:r w:rsidR="00C6249E" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
@@ -6897,51 +8129,111 @@
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>家，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>況</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>以新北市與臺北市交通網路連結緊密，共屬大臺北生活圈，雙北地區醫療資源無虞，衛福部增額評定</w:t>
+        <w:t>以新北市與臺北市交通網路連結緊密，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>共屬大</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>臺北生活圈，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>雙北地</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>區醫療資源無虞，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>衛福部增</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>額評定</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>家位於新北市之醫學中心，其立論已不符合長久以來醫療網以生活圈為概念規劃醫療資源之作法。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F386F35" w14:textId="77777777" w:rsidR="00C6249E" w:rsidRPr="00F97F82" w:rsidRDefault="00C6249E" w:rsidP="00C6249E">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="907" w:hanging="482"/>
@@ -7227,58 +8519,69 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F97F82" w:rsidRPr="00F97F82" w14:paraId="0843DF94" w14:textId="77777777" w:rsidTr="00B64FAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32FE6DF0" w14:textId="77777777" w:rsidR="00C6249E" w:rsidRPr="00F97F82" w:rsidRDefault="00C6249E" w:rsidP="00B64FAD">
             <w:pPr>
               <w:pStyle w:val="4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F97F82">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>臺北區</w:t>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F97F82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>北區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65CC6EAC" w14:textId="77777777" w:rsidR="00C6249E" w:rsidRPr="00F97F82" w:rsidRDefault="00C6249E" w:rsidP="00B64FAD">
             <w:pPr>
               <w:pStyle w:val="4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F97F82">
@@ -7957,69 +9260,89 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>月底人口統計資料，北區因人口已近</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>400</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>萬人，衛福部於《</w:t>
-      </w:r>
+        <w:t>萬人，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t>衛福部於《</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>年度醫院評鑑作業程序》將北區醫學中心家數上限調整為</w:t>
+        <w:t>年度醫院評鑑作業程序》</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>將北區醫學中心家數上限調整為</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>家。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EF15DFA" w14:textId="5CAEE6A2" w:rsidR="00C6249E" w:rsidRPr="00F97F82" w:rsidRDefault="00C6249E" w:rsidP="00C6249E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8086,178 +9409,258 @@
         </w:rPr>
         <w:t>健康</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>保險實施</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>後，國內醫療體系出現醫院私有化、大型化、集團化之趨勢，規模較大之醫院先在所屬醫療區域擴充床位，再向其他縣市發展，在不斷擴充病床同時，醫院對醫護人力之</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>需求亦大幅增加，使得更多護理人員及各類醫事人員流向大型醫院服務，卻使</w:t>
+        <w:t>需求亦大幅增加，使得更多護理人員及各類</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>醫</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>事人員流向大型醫院服務，卻使</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>得偏鄉地區及地區醫院之醫護人員之招募，更形困難</w:t>
       </w:r>
       <w:r w:rsidR="00D36D12" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rStyle w:val="aff4"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>以醫</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>院</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F97F82">
-[...6 lines deleted...]
-        <w:t>之護病比為例，因醫學中心收治急、</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>之護病比</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>為例，因醫學中心</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>收治</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>急、</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>難、罕、</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>重症之住院病人，故對於每名護理人員最多照顧之病人人數有較嚴格之規範，衛福部於</w:t>
+        <w:t>重症之住院病人，故對於每名護理人員最多照顧之病人人數有較嚴格之規範，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>衛福部於</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>113</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F97F82">
-[...6 lines deleted...]
-        <w:t>日公告各層級醫院三班護病比標準，醫學中心為「白班</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>日公告各層級醫院</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>三班護病</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>比標準，醫學中心為「白班</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
@@ -8285,52 +9688,63 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、大夜</w:t>
-      </w:r>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>大夜</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -8393,52 +9807,63 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、大夜</w:t>
-      </w:r>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>大夜</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -8501,52 +9926,63 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、大夜</w:t>
-      </w:r>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>大夜</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -8627,86 +10063,126 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>將增聘</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>醫護人員，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>卻可能使得所屬醫療次區域發生醫療院所競爭醫事人力，致當地小型醫院或基層診所人力招募更形困難</w:t>
+        <w:t>卻可能使得所屬醫療次區域發生醫療院所競爭</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>醫</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>事人力，致當地小型醫院或基層診所人力招募更形困難</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F2648D" w14:textId="652E7AE2" w:rsidR="0088566E" w:rsidRPr="00F97F82" w:rsidRDefault="0088566E" w:rsidP="0088566E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>另據衛福部查復，依據「全民健康保險醫療服務給付項目及支付標準」，醫學中</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>心與區域醫院僅住院診察費、病房費、護理費及藥事服務費等基本診療費之健保給付點數不同。經健保署估計，臺北區新增</w:t>
+        <w:t>心與區域醫院僅住院診察費、病房費、護理費及藥事服務費等基本診療費之健保給付點數不同。經健保署估計，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>北區新增</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>家醫學中心支出約增加</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
@@ -8788,51 +10264,71 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>千萬點，占該分區總點數之</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>0.07%</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>。以臺北區新增</w:t>
+        <w:t>。以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>北區新增</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>家醫學中心支出為例，縱以健保署估算僅約增加</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
@@ -8842,123 +10338,183 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>億</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>千萬點，但在現行總額預算制度下因健保點值浮動，當</w:t>
+        <w:t>千萬點，但在現行總額預算制度下因</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>健保點值浮</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>動，當</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>家區域醫院升格為醫學中心</w:t>
       </w:r>
       <w:r w:rsidR="00BD2EEE" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>即使服務量未增加，申報之點數仍會增加，勢將使健保點值再遭稀釋。</w:t>
+        <w:t>即使服務量未增加，申報之點數仍會增加，勢將使</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>健保點值</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>再遭稀釋。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="480846AB" w14:textId="7CCFB604" w:rsidR="0088566E" w:rsidRPr="00F97F82" w:rsidRDefault="0088566E" w:rsidP="0088566E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>上開增加健保點數之計算，僅係健保署審查醫療機構申報醫療服務點數，尚不包含醫療院所自行收取之掛號費用、民眾依全民健康保險法</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>規定須自行負擔之費用等。其中，民眾未經轉診至醫學中心就診，相較至區域醫院就診，門診部分負擔從</w:t>
+        <w:t>規定須自行負擔之費用等。其中，民眾未經轉診至醫學中心就診，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>相較至區域</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>醫院就診，門診部分負擔從</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
@@ -9023,100 +10579,156 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5%</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，縱經轉診每次門診仍需多付</w:t>
+        <w:t>，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>縱經</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>轉診每次門診仍需多付</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>70</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>元；急診部分，至醫學中心之一般民眾相較至區域醫院者，需多支付</w:t>
+        <w:t>元；急診部分，至醫學中心之一般民眾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>相較至區域</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>醫院者，需多支付</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>350</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>元之費用，如持有中低收入或身心障礙證明，則需多付</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>250</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>元之費用。衛福部增額將原屬區域醫院之醫院評定為醫學中心，非但增加健康保險費用支出，亦提高就醫民眾之部分負擔金額，且影響人數甚鉅</w:t>
+        <w:t>元之費用。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部增額</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>將原屬區域醫院之醫院評定為醫學中心，非但增加健康保險費用支出，亦提高就醫民眾之部分負擔金額，且影響人數甚鉅</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rStyle w:val="aff4"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4786B2B6" w14:textId="77777777" w:rsidR="00FA7545" w:rsidRPr="00F97F82" w:rsidRDefault="00FA7545" w:rsidP="00FA7545">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
@@ -10032,67 +11644,103 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FFEE678" w14:textId="77777777" w:rsidR="009D0F74" w:rsidRPr="00F97F82" w:rsidRDefault="009D0F74" w:rsidP="009D0F74">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="757" w:rightChars="3" w:right="10" w:hangingChars="291" w:hanging="757"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>備註：凡領有身心障礙手冊者，門診就醫時不論醫院層級，基本部分負擔費用均按診所層級收取</w:t>
-      </w:r>
+        <w:t>備註：凡領有身心障礙手冊者，門診就醫時不論醫院層級，基本部分負擔</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t>費用均按診所</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>層級收取</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>元。持轉診單就醫後</w:t>
+        <w:t>元。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>持轉診</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>單就醫後</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>個月內未逾</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
@@ -10251,67 +11899,103 @@
         </w:rPr>
         <w:t>綜上，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛福部</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對於</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>增額評定臺北區</w:t>
+        <w:t>增額評定</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家醫學中心，使得國內醫學中心更集中於雙北地區</w:t>
+        <w:t>家醫學中心，使得國內醫學中心更集中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>於雙北地</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>區</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>及</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>新</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>增醫學中心所屬</w:t>
@@ -10372,110 +12056,163 @@
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>以及</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>現行總額預算制度之健保點值浮動，醫學中心家數增加將使健保點數增加，健保點值再遭稀釋，且民眾就醫之負擔加重</w:t>
+        <w:t>現行總額預算制度之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>健保點值浮動</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>，醫學中心家數增加將使健保點數增加，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>健保點值</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>再遭稀釋，且民眾就醫之負擔加重</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等問題</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F97F82">
-[...6 lines deleted...]
-        <w:t>均未進行完整之評估或提出配套措施，決策品質粗率，應予檢討改進。</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>均未進</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>行完整之評估或提出配套措施，決策品質粗率，應予檢討改進。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C2E185" w14:textId="056141E9" w:rsidR="0088566E" w:rsidRPr="00F97F82" w:rsidRDefault="009D0F74" w:rsidP="003854A7">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:spacing w:beforeLines="50" w:before="228"/>
         <w:ind w:left="1020" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛福</w:t>
       </w:r>
       <w:r w:rsidR="0088566E" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>部所稱</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0088566E" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
       <w:r w:rsidR="0088566E" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年臺北區上限家數仍訂為</w:t>
       </w:r>
       <w:r w:rsidR="0088566E" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -10556,51 +12293,71 @@
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>與配套措施</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>落實醫學中心之角色，及確保醫療體系各級照護功能</w:t>
+        <w:t>落實醫學中心之角色，及確保醫療體系</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>各級照</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>護功能</w:t>
       </w:r>
       <w:r w:rsidR="0088566E" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidR="0088566E" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00087B68" w14:textId="06999FE0" w:rsidR="00D14818" w:rsidRPr="00F97F82" w:rsidRDefault="00D14818" w:rsidP="00D14818">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10719,117 +12476,167 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家醫學中心為原則規劃之，其肩負任務如下：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6072E72C" w14:textId="77777777" w:rsidR="00D14818" w:rsidRPr="00F97F82" w:rsidRDefault="00D14818" w:rsidP="00D14818">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>醫學中心應為醫學院主要之教學醫院，負責醫學生之臨床教學，並應與其他公私立醫院建立建教合作之關係，提供適當之實習訓練。</w:t>
+        <w:t>醫學中心應為醫學院主要之教學醫院，負責</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>醫</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>學生之臨床教學，並應與其他公私立醫院建立建教合作之關係，提供適當之實習訓練。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331B6B23" w14:textId="77777777" w:rsidR="00D14818" w:rsidRPr="00F97F82" w:rsidRDefault="00D14818" w:rsidP="00D14818">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>醫學中心應從事臨床及基礎醫學研究和須精密診斷及高度技術之醫療工作，引進醫療技術，開發新技術，並應協助政府辦理各項醫療品質管制工作。</w:t>
+        <w:t>醫學中心應從事臨床及基礎醫學</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研究和須精密</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>診斷及高度技術之醫療工作，引進醫療技術，開發新技術，並應協助政府辦理各項醫療品質管制工作。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE9F143" w14:textId="77777777" w:rsidR="00D14818" w:rsidRPr="00F97F82" w:rsidRDefault="00D14818" w:rsidP="00D14818">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>醫學中心應輔導指定醫療區域內之醫療機構，支援該區域內之各級醫療單位作業，經常辦理各項長短期專業訓練及醫學研討會等繼續教育活動，以培訓區域內之醫護人員及技術人員。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16529E09" w14:textId="2A44A34A" w:rsidR="0088566E" w:rsidRPr="00F97F82" w:rsidRDefault="0088566E" w:rsidP="0088566E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我國自</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>77</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年起開始辦理醫院評鑑，當年評定為醫學中心之醫院包括：國立台灣大學醫學院附設醫院、三軍總醫院附設民眾診療服務處及其汀州院區、臺北榮民總醫院、財團法人私立高雄醫學大學附設中和紀念醫院等</w:t>
+        <w:t>年起開始辦理醫院評鑑，當年評定為醫學中心之醫院包括：國立台灣大學醫學院附設醫院、三軍總醫院附設民眾診療服務處及其汀州院區、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北榮民總醫院、財團法人私立高雄醫學大學附設中和紀念醫院等</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家，嗣後陸續有醫院經評定為醫學中心，截至</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>95</w:t>
       </w:r>
@@ -11086,50 +12893,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3028DE34" w14:textId="77777777" w:rsidR="0088566E" w:rsidRPr="00F97F82" w:rsidRDefault="0088566E" w:rsidP="0088566E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛福部於</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
@@ -11156,59 +12964,140 @@
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>日召開</w:t>
+        <w:t>日</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>召開</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>「醫院評鑑暨教學醫院評鑑改革-醫學中心角色任務」會議，會中針對「醫學中心家數與床數需否作總量管制？」決議以：「為充分發揮醫療體系各級照護功能，建議針對目前總體醫學中心家數及總床數仍應朝設限方向規劃相關政策，惟其執行面請持續研議其可行性及程度。」</w:t>
+        <w:t>「醫院評鑑暨教學醫院評鑑改革-醫學中心角色任務」會議，會中針對「醫學中心家數與床</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>數需</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>否作總量管制？」決議</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>：「為充分發揮醫療體系</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>各級照護</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>功能，建議針對目前總體醫學中心家數及總床數仍應朝設限方向規劃相關政策，惟其執行面請持續</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研議</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>其可行性及程度。」</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE13A3F" w14:textId="063CACC8" w:rsidR="0088566E" w:rsidRPr="00F97F82" w:rsidRDefault="0088566E" w:rsidP="0088566E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>為避免醫學中心數量過多影響健保給付，我國分別於</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -11230,107 +13119,135 @@
         </w:rPr>
         <w:t>99</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年針對各醫療區醫療家數設以上限規範；並於</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>104</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年針對評鑑分數已達醫學中心合格標準，惟未能依排序評定為醫學中心之區域醫院，新增加註為「準醫學中心」之規定，以表示該院醫療品質已達一定水準，然其</w:t>
+        <w:t>年針對評鑑分數已達醫學中心合格標準，惟未能依排序評定為醫學中心之區域醫院，新增加</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>註</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>為「準醫學中心」之規定，以表示該院醫療品質已達一定水準，然其</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>所獲醫療資源分配，與區域醫院</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>仍</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>無不同</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>目前經醫院評鑑評定為「區域醫院</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F97F82">
-[...5 lines deleted...]
-        <w:t>準醫學中心」之醫院計有</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>準</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>醫學中心」之醫院計有</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>其中</w:t>
       </w:r>
@@ -11616,75 +13533,129 @@
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年衛福部辦理醫院評鑑前，均維持</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家不變，且歷年衛福部辦理醫院評鑑，均未有原為醫學中心之醫院因評鑑成績未達標準，降級為區域醫院之情形。茲以</w:t>
+        <w:t>家不變，且歷年衛福部辦理醫院評鑑，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>均未有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>原為醫學中心之醫院因評鑑成績未達標準，降級為區域醫院之情形。茲以</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年醫院評鑑為例，臺北區某醫學中心之評鑑分數落於第九序位，衛福部卻未將其降級為區域醫院，而以增加</w:t>
+        <w:t>年醫院評鑑為例，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區某醫學中心之評鑑分數落於第九序位，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部卻</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>未將其降級為區域醫院，而以增加</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家醫學中心因應。然</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -11745,240 +13716,405 @@
         <w:t>戴德森醫</w:t>
       </w:r>
       <w:r w:rsidR="00D50998" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>療財團法人嘉義基督教醫院</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="00D50998" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>佛教慈濟醫療財團法人大林慈濟醫院</w:t>
-[...7 lines deleted...]
-        <w:t>均已申請醫學中心評鑑，若</w:t>
+        <w:t>佛教慈濟醫療財團法人大林慈濟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D50998" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>醫院</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>均已申請</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>醫學中心評鑑，若</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家醫院評鑑分數高於目前醫學中心之分數，國內醫學中心之家數即有再增加之可能。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E648C0" w14:textId="02E490CD" w:rsidR="0088566E" w:rsidRPr="00F97F82" w:rsidRDefault="0088566E" w:rsidP="0088566E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1360" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F97F82">
-[...5 lines deleted...]
-        <w:t>衛福部於本院約詢時檢附之書面說明略以：「本部目前無調整醫學中心家數上限之規劃，</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部於本</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>院約</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>詢時</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>檢附之書面說明略以：「本部目前無調整醫學中心家數上限之規劃，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年臺北區醫學中心家數上限仍訂為</w:t>
+        <w:t>年</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區醫學中心家數上限仍訂為</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家。」惟針對本院委員提問：「</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年評鑑你們規劃臺北區醫學中心上限家數降回</w:t>
+        <w:t>年評鑑你們規劃</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區醫學中心上限家數降回</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家，相關制度如何建立？」、「</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年如果要降低醫學中心家數，退場機制為何？」該部受詢代表並未答復，僅表示：「部裡面有籌組改革小組</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>年如果要降低醫學中心家數，退場機制為何？」該部受</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>詢</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>代表並未答復，僅表示：「部裡面有籌組改革小組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>評鑑</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年一輪，下一輪我們會針對醫學中</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>心的家數</w:t>
-[...7 lines deleted...]
-        <w:t>去做深刻的討論，拉開評核的鑑別力，讓醫學中心更有它應該擔負的責任跟角色。」目前臺北區之醫學中心家數為</w:t>
+        <w:t>心的</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>家數</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>去</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>做深刻的討論，拉開評核的鑑別力，讓醫學中心更有它應該擔負的責任跟角色。」目前</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>北區之醫學中心家數為</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>家，衛福部所稱</w:t>
+        <w:t>家，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部所</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>稱</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年臺北區上限家數仍訂為</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
@@ -12004,58 +14140,60 @@
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>不符</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3581DCA5" w14:textId="3601D41A" w:rsidR="0088566E" w:rsidRPr="00F97F82" w:rsidRDefault="0088566E" w:rsidP="0088566E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1360" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>衛福部前於</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>94</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
@@ -12098,52 +14236,62 @@
         </w:rPr>
         <w:t>醫學中心角色任務會議」，會議結論</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>包括</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>醫學中心應有所限制，並研議相關鼓勵及退場機制</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>。惟</w:t>
-      </w:r>
+        <w:t>。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>國內</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>實施醫院評鑑以來，並</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>無醫學中心退場機制</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
@@ -12226,51 +14374,69 @@
         </w:rPr>
         <w:t>申請醫學中心評鑑之醫院家數</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>亦持續</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>增加</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，該部所稱</w:t>
+        <w:t>，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>該部所</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>稱</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年臺北區上限家數仍訂為</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
@@ -12282,51 +14448,69 @@
         </w:rPr>
         <w:t>家，與國內實際狀況</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>明顯不</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>符</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，未來恐再生爭議，衛福部允應及早研議</w:t>
+        <w:t>，未來恐再生爭議，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>衛福部允</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>應及早研議</w:t>
       </w:r>
       <w:r w:rsidR="006228D6" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>醫學中心家數</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>限制</w:t>
       </w:r>
@@ -12346,70 +14530,88 @@
         </w:rPr>
         <w:t>相關影響</w:t>
       </w:r>
       <w:r w:rsidR="006228D6" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>與配套措施</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00D14818" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>落實醫學中心之角色，及確保醫療體系各級照護功能</w:t>
+        <w:t>落實醫學中心之角色，及確保醫療體系</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D14818" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>各級照</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D14818" w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>護功能</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p w14:paraId="2A52C855" w14:textId="26305618" w:rsidR="003F3E16" w:rsidRPr="00F97F82" w:rsidRDefault="003F3E16" w:rsidP="008B41B4">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44DC3427" w14:textId="77777777" w:rsidR="003F3E16" w:rsidRPr="00F97F82" w:rsidRDefault="003F3E16" w:rsidP="003F3E16">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2380" w:hanging="2380"/>
@@ -12485,99 +14687,124 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="005853A1" w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>三</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>函請衛生福利部確實檢討改進見復。</w:t>
-      </w:r>
+        <w:t>函請衛生福利部確實檢討改進</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>見復。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="401A089B" w14:textId="7A4B05BF" w:rsidR="003F3E16" w:rsidRPr="00F97F82" w:rsidRDefault="003F3E16" w:rsidP="003F3E16">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:ind w:left="1020" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>調查</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>意見</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，經委員會討論通過後上網公布。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C8EBE3" w14:textId="77777777" w:rsidR="003F3E16" w:rsidRPr="00F97F82" w:rsidRDefault="003F3E16" w:rsidP="003F3E16">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:ind w:left="1020" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>檢附派查函及相關附件，送請社會福利及衛生環境委員會處理。</w:t>
+        <w:t>檢</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>附派查函</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F97F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>及相關附件，送請社會福利及衛生環境委員會處理。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06BE95A4" w14:textId="77777777" w:rsidR="003F3E16" w:rsidRPr="00F97F82" w:rsidRDefault="003F3E16" w:rsidP="003F3E16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D87FB1B" w14:textId="77777777" w:rsidR="004A1325" w:rsidRPr="00F97F82" w:rsidRDefault="003F3E16" w:rsidP="004A1325">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:spacing w:beforeLines="150" w:before="685" w:after="0" w:line="560" w:lineRule="exact"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
@@ -13109,72 +15336,72 @@
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="華康楷書體W5(P)">
     <w:altName w:val="新細明體"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000001" w:usb1="28091800" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Shaker 2 Lancet">
     <w:altName w:val="Adobe 繁黑體 Std B"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -15598,59 +17825,60 @@
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:mirrorMargins/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:hideSpellingErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:drawingGridHorizontalSpacing w:val="170"/>
   <w:drawingGridVerticalSpacing w:val="457"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A302B2"/>
@@ -16281,51 +18509,50 @@
     <w:rsid w:val="004F6710"/>
     <w:rsid w:val="004F7AB6"/>
     <w:rsid w:val="00500C3E"/>
     <w:rsid w:val="00501CB6"/>
     <w:rsid w:val="00502218"/>
     <w:rsid w:val="00502849"/>
     <w:rsid w:val="00503396"/>
     <w:rsid w:val="00503B7F"/>
     <w:rsid w:val="00504334"/>
     <w:rsid w:val="0050498D"/>
     <w:rsid w:val="00505079"/>
     <w:rsid w:val="00505352"/>
     <w:rsid w:val="0050643C"/>
     <w:rsid w:val="00506F1E"/>
     <w:rsid w:val="005104D7"/>
     <w:rsid w:val="00510B9E"/>
     <w:rsid w:val="0051101D"/>
     <w:rsid w:val="005114C4"/>
     <w:rsid w:val="005122E2"/>
     <w:rsid w:val="005124F7"/>
     <w:rsid w:val="00513609"/>
     <w:rsid w:val="00514825"/>
     <w:rsid w:val="00514D9C"/>
     <w:rsid w:val="00515935"/>
     <w:rsid w:val="0051780B"/>
-    <w:rsid w:val="0051787B"/>
     <w:rsid w:val="00520D38"/>
     <w:rsid w:val="00523240"/>
     <w:rsid w:val="00524FA3"/>
     <w:rsid w:val="0052663D"/>
     <w:rsid w:val="00526818"/>
     <w:rsid w:val="005275AB"/>
     <w:rsid w:val="00531C7D"/>
     <w:rsid w:val="00531E67"/>
     <w:rsid w:val="0053259D"/>
     <w:rsid w:val="00533540"/>
     <w:rsid w:val="00533A00"/>
     <w:rsid w:val="00534E8F"/>
     <w:rsid w:val="00535C68"/>
     <w:rsid w:val="00536B4A"/>
     <w:rsid w:val="00536BC2"/>
     <w:rsid w:val="00537087"/>
     <w:rsid w:val="0054095E"/>
     <w:rsid w:val="00540A08"/>
     <w:rsid w:val="005425E1"/>
     <w:rsid w:val="005427C5"/>
     <w:rsid w:val="00542CF6"/>
     <w:rsid w:val="00542EE7"/>
     <w:rsid w:val="0054342B"/>
     <w:rsid w:val="00544593"/>
     <w:rsid w:val="00550776"/>
@@ -16682,51 +18909,50 @@
     <w:rsid w:val="00826EF5"/>
     <w:rsid w:val="008277F0"/>
     <w:rsid w:val="00831693"/>
     <w:rsid w:val="00833A25"/>
     <w:rsid w:val="0083440A"/>
     <w:rsid w:val="00840104"/>
     <w:rsid w:val="00840C1F"/>
     <w:rsid w:val="008411C9"/>
     <w:rsid w:val="00841E7B"/>
     <w:rsid w:val="00841FC5"/>
     <w:rsid w:val="0084329C"/>
     <w:rsid w:val="00843D0F"/>
     <w:rsid w:val="00843D27"/>
     <w:rsid w:val="0084470A"/>
     <w:rsid w:val="008450A5"/>
     <w:rsid w:val="00845611"/>
     <w:rsid w:val="00845709"/>
     <w:rsid w:val="00847471"/>
     <w:rsid w:val="008475F0"/>
     <w:rsid w:val="0085295F"/>
     <w:rsid w:val="00852985"/>
     <w:rsid w:val="00852C41"/>
     <w:rsid w:val="0085382B"/>
     <w:rsid w:val="008540DB"/>
     <w:rsid w:val="00854D70"/>
-    <w:rsid w:val="0085635A"/>
     <w:rsid w:val="008576BD"/>
     <w:rsid w:val="00860463"/>
     <w:rsid w:val="008617EE"/>
     <w:rsid w:val="0086251C"/>
     <w:rsid w:val="00862D17"/>
     <w:rsid w:val="008630BE"/>
     <w:rsid w:val="00864D3D"/>
     <w:rsid w:val="0086536D"/>
     <w:rsid w:val="008658EB"/>
     <w:rsid w:val="00865EA7"/>
     <w:rsid w:val="008661E6"/>
     <w:rsid w:val="00866E67"/>
     <w:rsid w:val="008675F7"/>
     <w:rsid w:val="00873313"/>
     <w:rsid w:val="008733DA"/>
     <w:rsid w:val="00873931"/>
     <w:rsid w:val="00873ABA"/>
     <w:rsid w:val="00874EFE"/>
     <w:rsid w:val="0087714A"/>
     <w:rsid w:val="00877FFA"/>
     <w:rsid w:val="00877FFD"/>
     <w:rsid w:val="008807DB"/>
     <w:rsid w:val="00880CE1"/>
     <w:rsid w:val="00881D66"/>
     <w:rsid w:val="008832B1"/>
@@ -17668,51 +19894,51 @@
     <w:rsid w:val="00FF2135"/>
     <w:rsid w:val="00FF2B85"/>
     <w:rsid w:val="00FF4689"/>
     <w:rsid w:val="00FF5B94"/>
     <w:rsid w:val="00FF7037"/>
     <w:rsid w:val="00FF7762"/>
     <w:rsid w:val="00FF7887"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="10FFF217"/>
   <w15:docId w15:val="{B508D78A-DF3B-4DB7-ACA1-3816481CE74E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
@@ -20816,64 +23042,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CCAAC33-02C0-4ABA-9012-218DA2F5542E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{450118BC-4132-4FC3-ADAB-1CB6B027BD69}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>C030調查報告格式體例(橫式).dot</Template>
+  <Template>C030調查報告格式體例(橫式)</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>18</Pages>
   <Words>1657</Words>
-  <Characters>9447</Characters>
+  <Characters>9448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>78</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>cy</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11082</CharactersWithSpaces>
+  <CharactersWithSpaces>11083</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>調查報告</dc:title>
   <dc:creator>王秀鳳</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>