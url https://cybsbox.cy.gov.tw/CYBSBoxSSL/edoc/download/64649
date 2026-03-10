--- v0 (2025-10-22)
+++ v1 (2026-03-10)
@@ -5,164 +5,182 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="4273507C" w14:textId="77777777" w:rsidR="005A667D" w:rsidRPr="00780DD2" w:rsidRDefault="00A87B00" w:rsidP="004E6C94">
+    <w:p w:rsidR="005A667D" w:rsidRPr="00780DD2" w:rsidRDefault="00A87B00" w:rsidP="004E6C94">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>調查報告</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE38C5F" w14:textId="77777777" w:rsidR="005A667D" w:rsidRPr="00780DD2" w:rsidRDefault="005A667D" w:rsidP="00B56CE0">
+    <w:p w:rsidR="005A667D" w:rsidRPr="00780DD2" w:rsidRDefault="005A667D" w:rsidP="00B56CE0">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:ind w:left="2380" w:hanging="2380"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>案　　由：</w:t>
       </w:r>
       <w:r w:rsidR="005827AD" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>經函請行政院提供直轄市國(公)有非公用土地量值統計資料後發現，是類土地數量龐多，分布零星遼闊，而主管機關人力有限，且偏重文書管理，實際查勘人員甚少，多仰賴民眾舉發。究中央及地方主管機關有無積極處置閒置土地，善盡管理義務，實有深入調查之必要案。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="208D04DC" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:ind w:left="2380" w:hanging="2380"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>調查意見：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D00386C" w14:textId="77777777" w:rsidR="00292556" w:rsidRPr="00780DD2" w:rsidRDefault="00481B4B" w:rsidP="00483707">
+    <w:p w:rsidR="00292556" w:rsidRPr="00780DD2" w:rsidRDefault="00481B4B" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="12"/>
         <w:ind w:left="680" w:firstLine="680"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>經函請行政院提供直轄市國(公)有非公用土地量值統計資料後發現，是類土地數量龐多，分布零星遼闊，而主管機關人力有限，且偏重文書管理，實際查勘人員甚少，多仰賴民眾舉發。究中央及地方主管機關有無積極處置閒置土地，善盡管理義務，實有深入調查之必要</w:t>
       </w:r>
       <w:r w:rsidR="00483707" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidR="00A50E80" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>經本院</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>調閱財政部國有財產署(下稱國產署)、臺北市政府、新北市政府、桃園市政府、臺中市政府、臺南市政府、高雄市政府資料，並於</w:t>
+        <w:t>調閱財政部國有財產署(下稱國產署)、臺北市政府、新北市政府、桃園市政府、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中市政府、臺南市政府、高雄市政府資料，並於</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>民國(下同)113年3月4日約詢財政部政務次長李慶華、</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>國產署</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>署長曾國基</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
@@ -413,76 +431,108 @@
         </w:rPr>
         <w:t>財政局局長盧貞秀、科長陳慧真、科長陳心怡、</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>高雄市政</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>府</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>副市長羅達生、財政局副局長曾純倩、科長藍金潭、科長李美霞、都市發展局處長翁浩建、專門委員郁道玲等</w:t>
-      </w:r>
+        <w:t>副市長羅達生、財政局副局長曾純倩、科長藍金潭、科長李美霞、都市發展局處長翁浩建、專門委員</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>郁道</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>玲等</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>相關業務主管人員</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>到院說明</w:t>
       </w:r>
       <w:r w:rsidR="00483707" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，全案已調查完畢，列述調查意見如下：</w:t>
+        <w:t>，全案已調查完畢，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00483707" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>列述調</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00483707" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>查意見如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C817287" w14:textId="77777777" w:rsidR="00A14168" w:rsidRPr="00780DD2" w:rsidRDefault="004E1A01" w:rsidP="00CC7F0E">
+    <w:p w:rsidR="00A14168" w:rsidRPr="00780DD2" w:rsidRDefault="004E1A01" w:rsidP="00CC7F0E">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="1020" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk165466959"/>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>鑒於直轄市土地寸土寸金，更顯公有</w:t>
       </w:r>
       <w:r w:rsidR="005416FB" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -520,51 +570,69 @@
         </w:rPr>
         <w:t>應</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>扮演引導都市</w:t>
       </w:r>
       <w:r w:rsidR="000317C1" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>有序</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>發展、促進社會進步與全民福祉之領頭羊。然查，</w:t>
+        <w:t>發展、促進社會進步與全民福祉之領頭羊。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>然查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>截至113年2</w:t>
       </w:r>
       <w:r w:rsidR="005416FB" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>至3</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
@@ -671,87 +739,105 @@
         </w:rPr>
         <w:t>有極大</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>落差。公有非公用土地管理機關除</w:t>
       </w:r>
       <w:r w:rsidR="003540C8" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>加強利用資訊科技，輔助土地管理，</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>確實檢核、有效控管、積極處理遭占用、空(閒)置之公有非公用土地</w:t>
+        <w:t>確實檢核、有效控管、積極處理遭占用、空(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>閒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)置之公有非公用土地</w:t>
       </w:r>
       <w:r w:rsidR="003540C8" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，以提升工作效率</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>外，更應</w:t>
       </w:r>
       <w:r w:rsidR="0052691D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>契合</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>社會發展趨勢及迫切需要，積極盤點整合、統籌調配公有非公用土地，進行前瞻規劃與最適運用，以發揮公有土地「引導」與「示範」功能，進一步增加社會與全民福祉。</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="3D13A971" w14:textId="77777777" w:rsidR="000C45AA" w:rsidRPr="00780DD2" w:rsidRDefault="004160F3" w:rsidP="00B96C5D">
+    <w:p w:rsidR="000C45AA" w:rsidRPr="00780DD2" w:rsidRDefault="004160F3" w:rsidP="00B96C5D">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>公有土地屬全體國民共有</w:t>
       </w:r>
       <w:r w:rsidR="00E20CFE" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -1058,158 +1144,222 @@
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>應依法進行清理、保管、使用、收益、處分、排他、檢核、稅賦等工作，以維護</w:t>
       </w:r>
       <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>公</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>產權益並</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>進行國土儲備或有效運用，俾提升</w:t>
+        <w:t>進行國土儲備或有效運用，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>提升</w:t>
       </w:r>
       <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>公</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>有土地效益，協助政策實施，創造資產價值，充裕國家財力，進一步使其經營管理利益能歸全民共享</w:t>
       </w:r>
       <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，合先敘明</w:t>
+        <w:t>，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>合先</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>敘明</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36582C64" w14:textId="77777777" w:rsidR="002405FC" w:rsidRPr="00780DD2" w:rsidRDefault="00AE2708" w:rsidP="00B96C5D">
+    <w:p w:rsidR="002405FC" w:rsidRPr="00780DD2" w:rsidRDefault="00AE2708" w:rsidP="00B96C5D">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>以6都為例，</w:t>
       </w:r>
       <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>許多</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>公有非公用土地</w:t>
       </w:r>
       <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>坐落於寸土寸金的都會區，潛在價值與開發效益難以估量，如何運用對國家經濟與民眾福祉影響甚鉅，</w:t>
+        <w:t>坐落於寸土寸金的都會區，潛在價值與開發效益難以估量，如何運用對國家經濟與民眾福祉影響甚</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>鉅</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="000317C1" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>故</w:t>
       </w:r>
       <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>其管理使用之良窳對國家、社會、經濟之永續發展至關重要。然</w:t>
       </w:r>
       <w:r w:rsidR="006452BD" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>實際</w:t>
       </w:r>
       <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>發現，</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6都範圍內</w:t>
       </w:r>
       <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>公有非公用土地閒(空)置或低度利用情形屢見不鮮，被占用等情事更時有所聞，正值當今都會區</w:t>
+        <w:t>公有非公用土地</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>閒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(空)置或低度利用情形屢見不鮮，被占用等情事更時有所聞，正值當今都會區</w:t>
       </w:r>
       <w:r w:rsidR="006452BD" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>地價高漲</w:t>
       </w:r>
       <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="006452BD" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>一地難求</w:t>
       </w:r>
       <w:r w:rsidR="002405FC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -1259,51 +1409,67 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>相關機關管有6都範圍內500平方公尺以上的公有非公用土地，有35,735筆(錄)、10,628.01公頃</w:t>
       </w:r>
       <w:r w:rsidR="000317C1" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>遭到占用</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>或</w:t>
       </w:r>
       <w:r w:rsidR="000317C1" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>出現空(閒)置情形</w:t>
+        <w:t>出現空(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000317C1" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>閒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000317C1" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)置情形</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，其中</w:t>
       </w:r>
       <w:r w:rsidR="00914844" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>又</w:t>
       </w:r>
       <w:r w:rsidR="000317C1" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>有1,944筆(錄)、551.19公頃土地</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -1346,51 +1512,51 @@
         </w:rPr>
         <w:t>顯示我國公有土地使用管理確實存在嚴重問題，</w:t>
       </w:r>
       <w:r w:rsidR="000317C1" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>明顯未發揮公地應有效益，</w:t>
       </w:r>
       <w:r w:rsidR="00CF4C91" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>亟待研謀改善</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FABD815" w14:textId="67B1AFB3" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00A27393" w:rsidP="00A27393">
+    <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00A27393" w:rsidP="00A27393">
       <w:pPr>
         <w:pStyle w:val="aff3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>表</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
@@ -1420,1968 +1586,2025 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText>SEQ 表 \* ARABIC</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007B21D9">
+      <w:r w:rsidR="009B0252" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、6都範圍內遭占用及空(閒)置之500平方公尺以上公有非公用土地統計表</w:t>
+        <w:t>、6都範圍內遭占用及空(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>閒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>)置之500平方公尺以上公有非公用土地統計表</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8856" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1771"/>
         <w:gridCol w:w="1769"/>
         <w:gridCol w:w="1773"/>
         <w:gridCol w:w="1771"/>
         <w:gridCol w:w="1772"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="49F310D8" w14:textId="77777777" w:rsidTr="000C45AA">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="000C45AA">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E8DA314" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3542" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AB5FD14" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>全部</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02BA8E55" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>住商工部分</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="6D40B2C7" w14:textId="77777777" w:rsidTr="000C45AA">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="000C45AA">
         <w:trPr>
           <w:trHeight w:val="680"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CDA10A1" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>縣市別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24BCB905" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>筆(錄)數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7712C80F" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>面積(公頃)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2691E016" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>筆(錄)數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="454E708D" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>面積(公頃)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="0D6AE417" w14:textId="77777777" w:rsidTr="000C45AA">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="000C45AA">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66176929" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>國產署</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B2A4740" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>34,843</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FFC37AC" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10,200.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59F077A8" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1,732</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="792B4E61" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>534.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="09F076D8" w14:textId="77777777" w:rsidTr="000C45AA">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="000C45AA">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58BCFBC7" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6513EEB0" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48B8B745" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="715BAA08" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6496D82F" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="0767F08B" w14:textId="77777777" w:rsidTr="000C45AA">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="000C45AA">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="690BE1EE" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07E760C6" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>251</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52784254" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A956568" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00603F45" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="65000A59" w14:textId="77777777" w:rsidTr="000C45AA">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="000C45AA">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3983B9FF" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D834804" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="006E8A96" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BC75AC2" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19F19C25" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="74F75E4D" w14:textId="77777777" w:rsidTr="000C45AA">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="000C45AA">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D99E4CA" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>臺中市</w:t>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23EB037C" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>185</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09F16752" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>34.70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D155BE8" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07737FB8" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="06DF71EC" w14:textId="77777777" w:rsidTr="000C45AA">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="000C45AA">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50E9B379" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>臺南市</w:t>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>南市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3096FA68" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B112C44" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>91.81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CDC074A" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="301092E0" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0.88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="78E423F8" w14:textId="77777777" w:rsidTr="000C45AA">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="000C45AA">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45221658" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>高雄市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47BFFCDE" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>315</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B54B4C1" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>272.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BA71D5D" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="051E5D0B" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="55DA67E3" w14:textId="77777777" w:rsidTr="000C45AA">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="000C45AA">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6344CB0A" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="003B673D">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>總計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="612E38D7" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>35,735</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="454773C3" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10,628.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6130C9A4" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1,944</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27B4958F" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
+          <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="000C45AA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>551.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36D0609C" w14:textId="77777777" w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="0079407E">
+    <w:p w:rsidR="00FE738D" w:rsidRPr="00780DD2" w:rsidRDefault="00FE738D" w:rsidP="0079407E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="1275" w:hangingChars="490" w:hanging="1275"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>資料來源：</w:t>
       </w:r>
       <w:r w:rsidR="0079407E" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>國產署113年3月21日台財產署管字第11300085610號函、臺北市政府113年3月22日府授財管字第1130111379號函、新北市政府113年3月26日新北府財用字第1130537653號函、桃園市政府113年3月28日府財用字第1130071717號函、臺中市政府113年3月26日府授財管字第1130069438號函、臺南市政府113年3月29日府財產字第1130481731號函、高雄市政府113年3月21日高市府財公產字第11330583200號函提供。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7316FEC9" w14:textId="77777777" w:rsidR="003540C8" w:rsidRPr="00780DD2" w:rsidRDefault="003540C8" w:rsidP="00292556">
+    <w:p w:rsidR="003540C8" w:rsidRPr="00780DD2" w:rsidRDefault="003540C8" w:rsidP="00292556">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>鑒於6都範圍內公有非公用土地數量龐大，個別條件與使用情形複雜，且分散各地，加上各機關經管人力相對有限，不僅影響公有非公用土地管理成效，亦限制排除占用處理量能，在目前政府組織員額管控之原則下，相關土地管理機關允應妥善利用資訊科技，輔助土地管理，以提升工作效率。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5439551D" w14:textId="77777777" w:rsidR="00B96C5D" w:rsidRPr="00780DD2" w:rsidRDefault="00A13018" w:rsidP="00292556">
+    <w:p w:rsidR="00B96C5D" w:rsidRPr="00780DD2" w:rsidRDefault="00A13018" w:rsidP="00292556">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>綜上，</w:t>
       </w:r>
       <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>公</w:t>
       </w:r>
       <w:r w:rsidR="000C45AA" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>有</w:t>
       </w:r>
       <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>非公用</w:t>
       </w:r>
       <w:r w:rsidR="000C45AA" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>土地為全民資產，具有調控土地供需、協助政策推動，進而增進社會與全民福祉之功能，在靜態管理方面，應避免其遭受閒置、占用或不當使用；在動態管理方面，則應透過有效的經營、管理或開發等活化策略，以確保政府財政穩健，進而帶動社會經濟成長，並促使國土環境有序及健全發展。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>然查，</w:t>
-      </w:r>
+        <w:t>然查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>截至113年2至3月，6都範圍內遭占用、空(閒)置之500平方公尺以上公有非公用土地高達</w:t>
       </w:r>
       <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>10,628.01</w:t>
       </w:r>
       <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>公頃，明顯無法發揮公有土地積極功能</w:t>
       </w:r>
       <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -3399,131 +3622,183 @@
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>理</w:t>
       </w:r>
       <w:r w:rsidR="0052691D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>應</w:t>
       </w:r>
       <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>扮演引導都市有序發展、促進社會進步與全民福祉之領頭羊。故公有非公用土地管理機關除加強利用資訊科技，輔助土地管理，確實檢核、</w:t>
       </w:r>
       <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>有效控管、積極處理遭占用、空(閒)置之公有非公用土地，以提升工作效率外，更應</w:t>
+        <w:t>有效控管、積極處理遭占用、空(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>閒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)置之公有非公用土地，以提升工作效率外，更應</w:t>
       </w:r>
       <w:r w:rsidR="0052691D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>契合</w:t>
       </w:r>
       <w:r w:rsidR="00A42535" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>社會發展趨勢及迫切需要，積極盤點整合、統籌調配公有非公用土地，進行前瞻規劃與最適運用，以發揮公有土地「引導」與「示範」功能，進一步增加社會與全民福祉。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3683092F" w14:textId="77777777" w:rsidR="00B6290B" w:rsidRPr="00780DD2" w:rsidRDefault="00F041A1" w:rsidP="003016BD">
+    <w:p w:rsidR="00B6290B" w:rsidRPr="00780DD2" w:rsidRDefault="00F041A1" w:rsidP="003016BD">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>公有非公用土地是珍貴的全民資產，理應配合國家重大政策，進行</w:t>
       </w:r>
       <w:r w:rsidR="00EB2CDF" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>最</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>有效的運用。</w:t>
       </w:r>
       <w:r w:rsidR="0052691D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>按</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>政府為解決社會、經濟弱勢、青年族群與部分中產階級所面臨的居住問題，持續興建社會住宅，然在6都，因產業集中、人口稠密，土地資源競爭激烈，加上以往社會住宅常被視為「鄰避設施」，選址時屢遭強烈民意反對，用地取得尤為不易，以致社會住宅嚴重供不應求。為使直轄市公有非公用土地配合國家重要政策進行</w:t>
+        <w:t>政府為解決社會、經濟弱勢、青年族群與部分中產階級所面臨的居住問題，持續興建社會住宅，然在6都，因產業集中、人口稠密，土地資源競爭激烈，加上以往社會住宅常被視為「鄰避設施」，選</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>址時屢遭</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>強烈民意反對，用地取得尤為不易，以致社會住宅嚴重供不應求。為使直轄市公有非公用土地配合國家重要政策進行</w:t>
       </w:r>
       <w:r w:rsidR="00EB2CDF" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>最</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>有效運用，以增加社會與全民福祉，本院進一步函請國產署及各直轄市政府盤點分析6都範圍內「經管遭占用及空(閒)置面積500平方公尺以上之公有非公用土地作為社會住宅用地」的可行性，然因遭占用及空(閒)置之公有非公用土地通常無法滿足興辦社會住宅</w:t>
+        <w:t>有效運用，以增加社會與全民福祉，本院進一步函請國產署及各直轄市政府盤點分析6都範圍內「經管遭占用及空(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>閒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)置面積500平方公尺以上之公有非公用土地作為社會住宅用地」的可行性，然因遭占用及空(閒)置之公有非公用土地通常無法滿足興辦社會住宅</w:t>
       </w:r>
       <w:r w:rsidR="00EB2CDF" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之選址</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>條件，故可行性不高</w:t>
       </w:r>
       <w:r w:rsidR="004E1A01" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
@@ -3978,51 +4253,51 @@
       <w:r w:rsidR="00145145" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>國家安全</w:t>
       </w:r>
       <w:r w:rsidR="002F01AF" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>的不穩定因子</w:t>
       </w:r>
       <w:r w:rsidR="004E1A01" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C042D22" w14:textId="77777777" w:rsidR="00FE2F33" w:rsidRPr="00780DD2" w:rsidRDefault="002A3DFB" w:rsidP="00B370B5">
+    <w:p w:rsidR="00FE2F33" w:rsidRPr="00780DD2" w:rsidRDefault="002A3DFB" w:rsidP="00B370B5">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>「社會住宅」</w:t>
       </w:r>
       <w:r w:rsidR="004A0C46" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>係指由政府興辦</w:t>
       </w:r>
       <w:r w:rsidR="004A0C46" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
@@ -4174,51 +4449,51 @@
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidR="00F61F07" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>有效</w:t>
       </w:r>
       <w:r w:rsidR="00145145" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>供給</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2744621F" w14:textId="77777777" w:rsidR="001D25F1" w:rsidRPr="00780DD2" w:rsidRDefault="00ED7B1B" w:rsidP="001D25F1">
+    <w:p w:rsidR="001D25F1" w:rsidRPr="00780DD2" w:rsidRDefault="00ED7B1B" w:rsidP="001D25F1">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>由於</w:t>
       </w:r>
       <w:r w:rsidR="00F15699" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我國</w:t>
       </w:r>
       <w:r w:rsidR="00116FDE" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -4310,56 +4585,65 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>已</w:t>
       </w:r>
       <w:r w:rsidR="00F15699" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>成為影響社會</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>進步</w:t>
       </w:r>
       <w:r w:rsidR="00F15699" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>與國家安全的重大威脅。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B370B5" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>爰此，</w:t>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B370B5" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>此，</w:t>
       </w:r>
       <w:r w:rsidR="00FF107C" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>為解決相關族群面臨之居住問題，</w:t>
       </w:r>
       <w:r w:rsidR="00B370B5" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>政府持續興建「社會住宅」，</w:t>
       </w:r>
       <w:r w:rsidR="00B370B5" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>截至11</w:t>
       </w:r>
       <w:r w:rsidR="00B370B5" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -4443,51 +4727,67 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>699</w:t>
       </w:r>
       <w:r w:rsidR="00FE2F33" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>戶</w:t>
       </w:r>
       <w:r w:rsidR="00FE2F33" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(含</w:t>
       </w:r>
       <w:r w:rsidR="00B370B5" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>既有+新完工+興建中+已決標待開工</w:t>
+        <w:t>既有+新完工+興建中+已</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B370B5" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>決標待開</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B370B5" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>工</w:t>
       </w:r>
       <w:r w:rsidR="00916C66" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FE2F33" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，其中</w:t>
       </w:r>
       <w:r w:rsidR="00131692" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>臺北市22,939</w:t>
       </w:r>
       <w:r w:rsidR="00131692" w:rsidRPr="00780DD2">
         <w:rPr>
@@ -4639,51 +4939,51 @@
         </w:rPr>
         <w:t>占</w:t>
       </w:r>
       <w:r w:rsidR="00AF332A" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>全國總量之</w:t>
       </w:r>
       <w:r w:rsidR="00FE2F33" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>90.67%</w:t>
       </w:r>
       <w:r w:rsidR="00B370B5" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057500E7" w14:textId="19BA70F3" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="001D25F1">
+    <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="001D25F1">
       <w:pPr>
         <w:pStyle w:val="aff3"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>表</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
@@ -4714,60 +5014,60 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText>SEQ 表 \* ARABIC</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007B21D9">
+      <w:r w:rsidR="009B0252" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="00242CBD" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -4800,312 +5100,312 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="786"/>
         <w:gridCol w:w="621"/>
         <w:gridCol w:w="965"/>
         <w:gridCol w:w="848"/>
         <w:gridCol w:w="846"/>
         <w:gridCol w:w="846"/>
         <w:gridCol w:w="848"/>
         <w:gridCol w:w="1700"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1132"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="4E2B7E4B" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74B055E3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>區域別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BDBD99B" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>興辦主體</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C37D7C4" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>行政院核定計畫目標值</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="755D467A" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1665B314" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5693CA60" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC7A2FB" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC47CC8" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>截至</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>113/3/31</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BF3D966" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>達成數</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
@@ -5128,311 +5428,311 @@
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFDA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64E8089A" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>規劃中</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E1F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="349EE106" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>總計</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="5D9168B5" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7598D849" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03AE6EF2" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E2E84B" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF66FCA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>既有</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="152BA3D4" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新完工</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4638B0D7" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>興建中</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07E5041F" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>已決標</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
@@ -5444,2575 +5744,2575 @@
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>待開工</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77DBCED5" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFDA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="469ABCB6" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E1F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39466B5C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="10B0594E" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E6AE21D" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55713DC3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="745B49C3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D29BB91" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="750DA215" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="270FFBF0" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B40E6DA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE8D2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73E509AA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E=A+B+C+D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFDA"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34B0C21C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E1F2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C136FAE" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E+J</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="706A8825" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="585EB8CF" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44E4D53C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中央</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19D53830" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23D957AA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6404E082" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">68 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A25CD92" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">469 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="074C1490" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,501 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CBD8679" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3,038 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DDC7F3C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,941 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F0A123C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,979 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1342C378" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41F5F97D" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1471089B" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>地方</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F63CDC4" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42D9BF88" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,511 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36958A64" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7,197 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21EAEAD5" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6,678 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3FB250" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">515 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42A88519" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">19,901 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5606E859" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">80 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="620C771F" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">19,981 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="2E5E5B29" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="035198F5" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C65919E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F905776" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F77F40E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,511 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27DA7AAE" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7,265 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03A12488" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7,147 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5803152D" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3,016 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="095039CA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">22,939 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65C5B713" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3,021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D0D32AF" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">25,960 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="3A405B21" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74DC09D6" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38723DB2" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中央</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11B59F52" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FADD577" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE33DC7" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,914 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC5C567" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6032A62E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3,126 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="121E2188" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">12,040 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28F92AAF" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,397 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79E751F7" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">16,437 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="4E055D88" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51F4D821" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39144D58" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>地方</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AE7FD43" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10EBDA72" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">495 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4327F87E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,247 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F74D2A3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,471 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC1A163" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,180 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72593BA3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8,393 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6451D2F9" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,756 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="321796EA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">11,149 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1DF66472" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EE21208" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01DA9EC4" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B098139" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76AF2E24" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">495 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="398A0208" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7,161 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7CB68F" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8,471 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11747AFF" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,306 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9F439B" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">20,433 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44F16946" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7,153 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C6085B5" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">27,586 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="164BE6B4" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10782E47" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D940A7E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中央</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63638685" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -8020,1015 +8320,1026 @@
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2C9B2B" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5649AE51" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63B13044" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">438 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F958E8D" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3,675 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="478A75A3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,113 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25CFD3D2" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,299 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30FDDE74" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6,412 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="34BF6C40" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78DE43B4" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01D85910" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>地方</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63DD7A46" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42A8C9DD" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60550C7C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,281 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39CCCBC9" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">424 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00B2B697" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,192 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="631366CA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,897 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A5B4C77" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">220 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B916AEB" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6,117 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1B674EEB" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EA8938A" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1430E921" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="336C6238" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6000BFE8" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17CEFEA7" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,281 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0BF833" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">862 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="153DAAD3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,867 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79CF2283" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">10,010 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6BEED5" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,519 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39B622F1" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">12,529 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="6786A1EB" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="654B5F44" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
-[...16 lines deleted...]
-              <w:t>臺中市</w:t>
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1792A200" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中央</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F5D9BDC" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -9037,3056 +9348,3067 @@
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75313A29" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C911ED1" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">203 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="665835BA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,102 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61121FDF" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,708 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5D9F28" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,013 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15AF7FA6" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,418 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08C0CD0A" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,431 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="6737959E" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32FE916F" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B1E19BA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>地方</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CCDDC91" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0093AB61" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C224FBA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,719 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5961D9" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3,260 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F0B8783" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,391 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="785AA9F1" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7,370 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49367E68" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,805 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A9C3F5C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">10,175 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="64E8C477" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A73CF80" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27EC3A11" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C7C6C7A" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5A570B" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70CA08DA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,922 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11C27475" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,362 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BFA5749" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,099 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DF380DB" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">11,383 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01A33CC9" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,223 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E5F9BCC" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">15,606 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="485FA3FD" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50C5E910" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
-[...16 lines deleted...]
-              <w:t>臺南市</w:t>
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>南市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="538AF0DD" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中央</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14473743" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1FCB2D" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC23BE9" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">202 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F814D2E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,292 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E7AE15D" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,879 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2465CE" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6,373 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E627270" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,127 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51CD3463" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7,500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="5C7434C3" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1822FB93" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="111A0801" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>地方</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EB1BA6C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73499394" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68AF8681" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30C7F8E0" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">564 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02A38671" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,274 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56694117" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,838 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF2F75C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">250 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A085365" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,088 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1E21D35E" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71190C55" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68FAFD81" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FDC3BF7" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF56778" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="678F406E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">202 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA7B3FE" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,856 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25B11707" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3,153 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15CD35D9" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8,211 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C977230" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,377 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="590489A8" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">9,588 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="215BAB4F" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12B66EC1" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>高雄市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BC39F07" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中央</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AB8C33C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2699A8" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE1991A" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">544 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45BB3078" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7,054 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="393F4403" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6,555 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B20E774" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">14,153 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="485C281A" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,098 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="127B5AEB" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">19,251 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="6C7B97F2" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54C7C98B" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F8BBD27" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>地方</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EE44AF8" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="171D0914" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">241 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF1F6D7" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">367 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10978740" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1,757 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="202C605E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6179BFE0" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,365 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16C2EA64" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">850 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA6B506" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3,215 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="4F40DB2F" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C8106EA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CF31D57" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75B986BE" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="697315B1" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">241 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F140C13" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">911 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2040DE" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8,811 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53656A2D" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6,555 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74A71EE7" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">16,518 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A598CF6" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,948 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68819BBF" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">22,466 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="084282C7" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06256A07" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>其他</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64613AC0" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中央</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0117B809" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -12094,1983 +12416,1983 @@
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05FBF469" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DDC0A08" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">741 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D79A87B" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,357 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4173D9" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,968 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D06497D" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">9,066 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="353E0B6A" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,331 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2848B488" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">13,397 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="0C43A591" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A9FB6B3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C30E9E3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>地方</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B8982DA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="456DD9C9" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2248BFC6" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">63 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BF1DAE8" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">70 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6867D729" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72B63AC6" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">139 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53F9B9EF" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">65 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E5EF758" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">204 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1D98FCF8" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A3360CD" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="401569FF" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10902718" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="053873D4" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61C030A7" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">804 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2517700E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,427 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F328675" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2,968 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="205CE0EA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">9,205 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="262D4381" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,396 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3183852E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">13,601 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="192DF320" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="112D85F8" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>合計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A7946B3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中央</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3999FF12" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">120,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63DB184C" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="674015BE" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4,672 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="208EF6B6" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">24,712 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="279B720B" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">23,412 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1172E63E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">52,796 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF78E9E" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">21,611 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57274925" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">74,407 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="110D8333" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12D4CE92" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09057682" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>地方</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31A006EF" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6336D105" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6,253 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48FD909F" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">18,874 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42A1FB81" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">15,224 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B3A523D" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,552 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6771C7D9" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">45,903 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130CB9EF" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7,026 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A45C117" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">52,929 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1DA705C0" w14:textId="77777777" w:rsidTr="00C96F4A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00C96F4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E6EE7F6" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FC59732" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>小計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="965" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A460FF0" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDE3B8F" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6,253 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="549FC0D4" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">23,546 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB563BA" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">39,936 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CBFA0D3" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">28,964 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8998B8" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>98,699</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FB48B0F" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(82.2%) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C478B79" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">28,637 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBE96AC" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
+          <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00C96F4A">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">127,336 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B94523F" w14:textId="77777777" w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00234A13">
+    <w:p w:rsidR="00B370B5" w:rsidRPr="00780DD2" w:rsidRDefault="00B370B5" w:rsidP="00234A13">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:leftChars="-166" w:left="-565"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>資料來源：內政部。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7423F6E7" w14:textId="77777777" w:rsidR="00F15699" w:rsidRPr="00780DD2" w:rsidRDefault="00513DC5" w:rsidP="00FE2F33">
+    <w:p w:rsidR="00F15699" w:rsidRPr="00780DD2" w:rsidRDefault="00513DC5" w:rsidP="00FE2F33">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>相對於其他地方，因直轄市</w:t>
       </w:r>
       <w:r w:rsidR="005D4CAB" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>為臺灣的政治經濟中心，產業集中、</w:t>
       </w:r>
       <w:r w:rsidR="00145145" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -14174,52 +14496,61 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>強烈</w:t>
       </w:r>
       <w:r w:rsidR="005D4CAB" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidR="00145145" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>需求。</w:t>
       </w:r>
       <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>依據內政部「111年住宅需求動向調查」結果綜合分析，倘受訪</w:t>
-      </w:r>
+        <w:t>依據內政部「111年住宅需求動向調查」結果綜合分析，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>倘受訪</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>者</w:t>
       </w:r>
       <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>居住</w:t>
       </w:r>
       <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>地</w:t>
       </w:r>
       <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -14273,51 +14604,67 @@
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>最新</w:t>
       </w:r>
       <w:r w:rsidR="004C01CE" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>統計</w:t>
       </w:r>
       <w:r w:rsidR="004C01CE" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，臺北市、新北市、桃園市、臺中市及高雄市</w:t>
+        <w:t>，臺北市、新北市、桃園市、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>中市及高雄市</w:t>
       </w:r>
       <w:r w:rsidR="004C01CE" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>興建完成</w:t>
       </w:r>
       <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>已招租的社會住宅平均中籤率分別</w:t>
       </w:r>
       <w:r w:rsidR="00116FDE" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>僅有</w:t>
       </w:r>
       <w:r w:rsidR="004C01CE" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -14501,51 +14848,51 @@
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>抽籤時</w:t>
       </w:r>
       <w:r w:rsidR="00175276" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>僧多粥少、</w:t>
       </w:r>
       <w:r w:rsidR="004D2531" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>一戶難求。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C3E8B7" w14:textId="35148D50" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005C4D96" w:rsidP="005C4D96">
+    <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005C4D96" w:rsidP="005C4D96">
       <w:pPr>
         <w:pStyle w:val="aff3"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>表</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
@@ -14576,4291 +14923,4576 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText>SEQ 表 \* ARABIC</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007B21D9">
+      <w:r w:rsidR="009B0252" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>24</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、6都</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>社會住宅中籤率</w:t>
+        <w:t>社會住宅中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>籤</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>率</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af7"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1498"/>
         <w:gridCol w:w="824"/>
         <w:gridCol w:w="1396"/>
         <w:gridCol w:w="3152"/>
         <w:gridCol w:w="1964"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="6632D928" w14:textId="77777777" w:rsidTr="0052691D">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="0052691D">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="50C3846E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="00C96F4A" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="00C96F4A" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>機關</w:t>
             </w:r>
             <w:r w:rsidR="005765EC" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="77BC4287" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>編號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0C513BB1" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>行政區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="236BB883" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>社會住宅名稱</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="769250CE" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>平均中籤率</w:t>
+              <w:t>平均中</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>籤</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>率</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="0437FFEC" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47C1CA25" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00116FDE">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00116FDE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7074B585" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4864A57A" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>大同區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="582D2464" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>大龍峒社宅</w:t>
-            </w:r>
+              <w:t>大龍</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>峒社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56D9FFD2" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.44%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="71922EE9" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7361B209" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05F7F10B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13E6EA85" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>大同區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CBFBAA6" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>敦煌社宅</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02682CFA" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.26%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="370F04E2" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="101E946A" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="003062FB" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B51DAB3" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>大同區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E3FE29D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>大橋頭社宅</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23E5843E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.08%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1355D12C" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="563B1B15" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="348ACB52" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA6E8B2" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>大同區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D39E1AF" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>明倫社宅</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1093DB6E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.55%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1C6147CD" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E464007" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48132B7A" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2277C67B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>大同區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68062A62" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>斯文社宅</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F94D94D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.79%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="5BC39352" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0C3B5E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4E7251" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F848036" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中山區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1937A250" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>行天宮站社宅</w:t>
-            </w:r>
+              <w:t>行天宮</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>站社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="065A92EF" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.49%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="05F9C81E" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78F788FA" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4ED701" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9B28B1" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中山區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D74D449" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新興社宅</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2600C106" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.19%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="70C942B6" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7EDE92" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="502D5F4E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77AE0C1F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>文山區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B140AD4" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>萬隆站社宅</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF053BC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.03%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="44FF77A0" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74114437" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5572D4CF" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="315AF985" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>文山區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A232183" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>景文社宅</w:t>
-            </w:r>
+              <w:t>景</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>文社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00C948EE" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.55%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="597C58CE" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179D1291" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FDDF0A8" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00664EC7" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>文山區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE8D193" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>興隆D1區社宅</w:t>
-            </w:r>
+              <w:t>興隆D1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>區社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51BCF7D4" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.79%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="699E3C78" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1267BA0B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3058FE5B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6122B209" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>文山區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B150054" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>興隆D2區社宅</w:t>
-            </w:r>
+              <w:t>興隆D2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>區社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FBA5010" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.45%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="014FA838" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7682AC72" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1E7DFD" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42D40E07" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>文山區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C2B0872" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>木柵社宅</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79EFD873" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="21ED2859" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F52A4F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4364FADB" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13F886EB" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>士林區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="405C934D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>永平社宅</w:t>
-            </w:r>
+              <w:t>永</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>平社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A8BD813" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="68D4A6EF" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="223190D6" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="628E258D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02437AD4" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>萬華區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71CBBA01" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>龍山寺聯開宅</w:t>
-            </w:r>
+              <w:t>龍山</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>寺聯開宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FABB1E7" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.51%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="3EFF21B8" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41150B9F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6BA2B5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4DF2B0" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>萬華區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C642A39" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>青年社會住宅1區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19B48FD8" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.96%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="0F995F31" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBD57EC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66E2EEE5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF3B231" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>萬華區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6207C3F6" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>莒光社宅</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF59D1E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.57%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="5BA97E65" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09E5A5BC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A13C2FC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="732C2565" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>內湖區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA38A73" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>港墘站聯開宅</w:t>
-            </w:r>
+              <w:t>港墘站</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>聯開宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40035A3C" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.11%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="26BC51FF" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1062D74A" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE9E941" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AA6455F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>內湖區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17C0106D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>金龍都更分回戶</w:t>
-            </w:r>
+              <w:t>金龍都更</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>分回戶</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E42E0F1" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.56%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="7456C5E3" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21A27250" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70083642" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="061681F5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>內湖區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="288450C6" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>瑞光社宅</w:t>
-            </w:r>
+              <w:t>瑞</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>光社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="771B7B51" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.95%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="6054E9FC" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF29239" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57E058D1" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54BC2809" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>內湖區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5158C081" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>行善社宅</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54DDE988" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="3F979259" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34A151BF" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC9E720" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB48F30" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>松山區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58E6191A" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>健康社宅</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5DCD3F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.93%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="41E39F9F" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34D63D78" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A00F5F8" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31E8E89C" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>北投區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F308761" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>洲美社宅</w:t>
-            </w:r>
+              <w:t>洲</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>美社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C684DC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20.96%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="15CCB9AC" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="546F7D56" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54283FA1" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="271DF934" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>北投區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43EE0114" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>新奇岩社宅</w:t>
-            </w:r>
+              <w:t>新奇</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>岩社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CAC3728" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.36%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="4264D16F" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69FBC18A" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3CC4F7" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="085D1EE9" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>南港區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="777788C3" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>東明社宅</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FC6A2EA" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="7DF88B41" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30C374C7" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5563CDE2" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70DE3DE7" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>南港區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18F9A8DA" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>中南社宅</w:t>
-            </w:r>
+              <w:t>中</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>南社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CCF7642" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.47%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="3D0004E4" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43032F2E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C35C735" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="662831BD" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>南港區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0918AC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>小彎社宅</w:t>
-            </w:r>
+              <w:t>小</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>彎社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B043F60" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16.08%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="69A919D2" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44C86F73" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="586879B3" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B11A996" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>信義區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA3A600" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>廣慈社宅1區</w:t>
+              <w:t>廣</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>慈社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="342424EB" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.34%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="344F730B" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17506DF3" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0396C2E5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49BF86D6" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>信義區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53A489B2" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>廣慈社宅2區</w:t>
+              <w:t>廣</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>慈社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A435637" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.44%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="2D06A5DD" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66FD3886" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B6E4A1E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="711E27C7" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市三重區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE8F70E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00780DD2">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>北橋站</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>聯開宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="004B7C9C" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rStyle w:val="afe"/>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:footnoteReference w:id="9"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="005A8E02" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26.56%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="5FB0FADB" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7315DF88" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="292D613D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CF82C50" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市新店區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67C8DA05" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>小碧潭站聯開宅</w:t>
-            </w:r>
+              <w:t>小碧潭站</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>聯開宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="004B7C9C" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rStyle w:val="afe"/>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:footnoteReference w:id="10"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F60CD4E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26.33%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="4B1DACF9" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6870" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="23949560" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市小</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="16335A58" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.43%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="7ED3D0BF" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C819F7A" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23CFEF0D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B12967E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>三重區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="132458A3" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>三</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -18869,4639 +19501,4917 @@
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>、</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2館</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7469183D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.85%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="4AF09CC1" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EFC2181" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="499E1DEA" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51EE81DC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>三重區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45F8A552" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>三重3館</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EEB10CE" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.25%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="6C5D5D70" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BBA83F0" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D645047" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C686F36" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中和區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7F4608" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中和館</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06AE6B77" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="6AC43B21" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54D68E24" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4617F00B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F609E3B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>板橋區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58A2F4CE" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>板橋府中</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E966597" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.95%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="61AFA6DF" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="051D42C6" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E975B0E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8CF99C" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>三峽區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E50A11F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>三峽國一</w:t>
-            </w:r>
+              <w:t>三峽國</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>一</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76421F17" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15.25%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="4D4E17D8" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA19A0C" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="149F7A74" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4529818B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新店區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="645B7D52" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新店央北</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24E3AC1A" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23.75%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="58381951" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47F58E5D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="326357E8" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28303C1F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>土城區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7F26C2" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>土城員和</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71FED4D6" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19.5</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="31609E20" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B3010C3" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E000EF5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="634AD299" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>永和區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="487E32B0" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>永和中正橋</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C6B747D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="63A17072" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6870" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="629F0CBC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>新北市小</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB883B5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.00</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="2947A4E7" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4363C05F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005C4D96">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005C4D96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64D7D91F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B16795" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDF997D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中路一號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1052DC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.18</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="5A924122" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8E09BC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="301846A4" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E5AD726" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFC90E9" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中路</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>二</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D503F1F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13.22</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="17AB78D4" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D98A05" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F90C566" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF19CE4" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="531CB191" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中路</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>三</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED4E03F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23.77</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="2CF3ED8B" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28470960" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="483F6FBB" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44AE3A31" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AFB3ACC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中路</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>四</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="430B8B83" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27.97</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="5C54C26B" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24ECB5E1" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="280A3E0C" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BFB2CE0" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>八德區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF55109" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>八德一號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2732A0EF" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26.37</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="742F41BA" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB37BA8" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="129BAE61" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="797D8A9D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>八德區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="603B9EE5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>八德</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>二</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4BACC0" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29.95</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="332D4FFB" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F95FB3" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20D93BDB" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48DA14A1" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>八德區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="715636AF" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>八德</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>三</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="137CBB62" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>36.77</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1F5B9814" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C621E8E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B3B2DA4" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7852B063" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>蘆竹區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1745AE91" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>蘆竹一號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6746BA07" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22.05</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="7E0B550A" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17E60292" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFD6391" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE1AB49" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>蘆竹區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6874E1DD" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>蘆竹</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>二</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6709CD06" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25.93</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="05296381" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13CA5620" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5456B5E8" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8D6C89" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中壢區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="558982C9" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中壢一號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="176B29A5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>55.96</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="73E527E8" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FDB070F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30AA90F5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A87DDEC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>平鎮區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6959752F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>平鎮一號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27F16CBC" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22.54</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="3CC3379B" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3938F7A7" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59818B9F" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59D63750" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>楊梅區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A14EF21" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>楊梅一號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60266A27" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25.66</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1A93D960" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6870" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2838FC31" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市小</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2D2FB733" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28.05</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="291C408C" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3506F40B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005C4D96">
-[...15 lines deleted...]
-              <w:t>臺中市</w:t>
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005C4D96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66CD1E5D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6612C3DA" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>豐原區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78F07BE0" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>豐原安康一期好宅</w:t>
-            </w:r>
+              <w:t>豐原安康</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>一期好宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CCD3FFA" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.40</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="4E4B7E51" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE515D3" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
-[...15 lines deleted...]
-              <w:t>臺中市</w:t>
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8306C2" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63A728C6" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>大里區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED42E24" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>大里光正一期好宅</w:t>
-            </w:r>
+              <w:t>大里光正</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>一期好宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CFAD85E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.70</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="7E466DFA" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4139C00B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
-[...15 lines deleted...]
-              <w:t>臺中市</w:t>
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F893EEF" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F4047F8" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>太平區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5015B335" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>太平育賢一期好宅</w:t>
-            </w:r>
+              <w:t>太平育賢</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>一期好宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B88E858" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22.20</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1EC843E8" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF61351" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
-[...13 lines deleted...]
-              <w:t>臺中市</w:t>
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7150023C" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2572A2B9" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>太平區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39D94E7A" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>太平育賢二期好宅</w:t>
-            </w:r>
+              <w:t>太平育賢</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>二期好宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60A46BCB" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>32.30</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="4CE83B75" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E1EA1C" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>臺中市</w:t>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CDEEAF3" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE81749" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>南屯區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08D22F67" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>南屯精科好宅</w:t>
-            </w:r>
+              <w:t>南</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>屯精科好宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02713AC5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15.60</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1E38727A" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="043DD193" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
-[...13 lines deleted...]
-              <w:t>臺中市</w:t>
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="529DA541" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D998F1" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>南屯區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACCFF5D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>南屯建功1號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="156D53E7" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.40</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="14D8EE0E" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="768C7694" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
-[...13 lines deleted...]
-              <w:t>臺中市</w:t>
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05ADF7D1" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E08BDB3" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>北屯區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="306285BF" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>北屯北屯好宅</w:t>
-            </w:r>
+              <w:t>北</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>屯北屯好宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB1C4D5" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.50</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="768507B2" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61315E49" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
-[...13 lines deleted...]
-              <w:t>臺中市</w:t>
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFAF022" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EDB2B7B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>東</w:t>
             </w:r>
             <w:r w:rsidR="005C4D96" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="191FF370" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>東區臺中公園一期好宅</w:t>
-            </w:r>
+              <w:t>東區</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中公園</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>一期好宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79CADCC9" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15.90</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="065E00ED" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68854174" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
-[...13 lines deleted...]
-              <w:t>臺中市</w:t>
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B2D00D7" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6886220D" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>梧棲區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CD546C7" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>梧棲三民好宅</w:t>
-            </w:r>
+              <w:t>梧棲</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>三民好宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D093C60" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>48.30</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="58A6CA16" w14:textId="77777777" w:rsidTr="005765EC">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005765EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6870" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5F56339A" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00780DD2">
-[...6 lines deleted...]
-              <w:t>臺中市小</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市小</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="09067AEF" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="005765EC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18.80</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="36072C97" w14:textId="77777777" w:rsidTr="00D2669A">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00D2669A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1498" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11A38EBA" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="005C4D96">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="005C4D96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>高雄市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AA73C27" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005765EC" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CBB820E" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>苓雅區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10791D6B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>凱旋青樹社宅</w:t>
-            </w:r>
+              <w:t>凱旋青</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>樹社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="116A4C8B" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="00D47427">
+          <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.00</w:t>
             </w:r>
             <w:r w:rsidR="005765EC" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="45EE7EC8" w14:textId="77777777" w:rsidTr="005C4D96">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="005C4D96">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6870" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4C466A42" w14:textId="77777777" w:rsidR="00D2669A" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="00D2669A">
+          <w:p w:rsidR="00D2669A" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="00D2669A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>高雄市小</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="446731CE" w14:textId="77777777" w:rsidR="00D2669A" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="00D47427">
+          <w:p w:rsidR="00D2669A" w:rsidRPr="00780DD2" w:rsidRDefault="00D2669A" w:rsidP="00D47427">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.00</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="266F2D54" w14:textId="77777777" w:rsidTr="00D47427">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="00D47427">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8834" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="69829B6A" w14:textId="77777777" w:rsidR="005C4D96" w:rsidRPr="00780DD2" w:rsidRDefault="005C4D96" w:rsidP="005C4D96">
+          <w:p w:rsidR="005C4D96" w:rsidRPr="00780DD2" w:rsidRDefault="005C4D96" w:rsidP="005C4D96">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>備註：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52912CC4" w14:textId="77777777" w:rsidR="005C4D96" w:rsidRPr="00780DD2" w:rsidRDefault="005C4D96" w:rsidP="005C4D96">
-[...16 lines deleted...]
-              <w:t>截至113年3月底，臺南市尚無招租營運之社會住宅，故無統計資料。</w:t>
+          <w:p w:rsidR="005C4D96" w:rsidRPr="00780DD2" w:rsidRDefault="005C4D96" w:rsidP="005C4D96">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>截至113年3月底，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>南市尚無招租營運之社會住宅，故無統計資料。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="122AA5FE" w14:textId="77777777" w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005C4D96" w:rsidP="005765EC">
+    <w:p w:rsidR="005765EC" w:rsidRPr="00780DD2" w:rsidRDefault="005C4D96" w:rsidP="005765EC">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>資料來源：各直轄市政府。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092EB6C7" w14:textId="77777777" w:rsidR="0041463A" w:rsidRPr="00780DD2" w:rsidRDefault="00E829F2" w:rsidP="00184DB0">
+    <w:p w:rsidR="0041463A" w:rsidRPr="00780DD2" w:rsidRDefault="00E829F2" w:rsidP="00184DB0">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>根據內政部112年11月8日台內國字第1120831608號函明白表示：「社會住宅需求以人口集中之都會區域為主，其中又以雙北地區為最，然這些都會區可立即規劃之土地相對難尋</w:t>
+        <w:t>根據內政部112年11月8日台內國字第1120831608號函明白表示：「社會住宅需求以人口集中之都會區域為主，其中又</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以雙北地區</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>為最，然這些都會區可立即規劃之土地相對難尋</w:t>
       </w:r>
       <w:r w:rsidR="005D4CAB" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>故興建社會住宅最大的挑戰，在於如何取得適合基地。」有鑒於此</w:t>
       </w:r>
       <w:r w:rsidR="00D47427" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，本院</w:t>
       </w:r>
       <w:r w:rsidR="005D4CAB" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -23528,51 +24438,67 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>及各直轄市政府盤點</w:t>
       </w:r>
       <w:r w:rsidR="008F41AF" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>分析</w:t>
       </w:r>
       <w:r w:rsidR="005951D2" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6都範圍內</w:t>
       </w:r>
       <w:r w:rsidR="00D47427" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>「經管遭占用及空(閒)置</w:t>
+        <w:t>「經管遭占用及空(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D47427" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>閒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D47427" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)置</w:t>
       </w:r>
       <w:r w:rsidR="00B632CC" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>面積500平方公尺以上之</w:t>
       </w:r>
       <w:r w:rsidR="00D47427" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>公有非公用土地作為社會住宅用</w:t>
       </w:r>
       <w:r w:rsidR="00D47427" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地</w:t>
       </w:r>
       <w:r w:rsidR="00D47427" w:rsidRPr="00780DD2">
         <w:rPr>
@@ -23627,68 +24553,84 @@
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r w:rsidR="005C73DD" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="005C73DD" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>選擇性相對稀少，</w:t>
       </w:r>
       <w:r w:rsidR="008F41AF" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>故除國產署外，</w:t>
+        <w:t>故除</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008F41AF" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>國產署外</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008F41AF" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00155B99" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對於各直轄市政府</w:t>
       </w:r>
       <w:r w:rsidR="008B18C5" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>可行性不高。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="602697EE" w14:textId="243E06D6" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00184764" w:rsidP="00184764">
+    <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00184764" w:rsidP="00184764">
       <w:pPr>
         <w:pStyle w:val="aff3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>表</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
@@ -23718,241 +24660,305 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText>SEQ 表 \* ARABIC</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007B21D9">
+      <w:r w:rsidR="009B0252" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="005951D2" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>6都遭占用及空(閒)置面積500平方公尺以上之公有非公用土地作為社會住宅用地的可行性評估</w:t>
+        <w:t>6都遭占用及空(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005951D2" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>閒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005951D2" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>)置面積500平方公尺以上之公有非公用土地作為社會住宅用地的可行性評估</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9924" w:type="dxa"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="8789"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="1525D66A" w14:textId="77777777" w:rsidTr="001D25F1">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="001D25F1">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="439F62AC" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="0052691D" w:rsidP="00CA6256">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="0052691D" w:rsidP="00CA6256">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>機關別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="549938D3" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
             <w:pPr>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>盤點情形</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="583786AA" w14:textId="77777777" w:rsidTr="001D25F1">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="001D25F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="679F593A" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="005951D2" w:rsidP="00CA6256">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="005951D2" w:rsidP="00CA6256">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>國產署</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="672EF32A" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>自111年起辦理招標設定地上權標的符合位於都市計畫住宅區、面臨10公尺以上計畫道路，基地形狀方整且面積0.15公頃以上之條件者，於提送國有非公用土地設定地上權審議小組審議前，須先提供該標的基本資料(含須否有償取得)徵詢中央及地方住宅主管機關確認有無社會住宅用地使用需求。</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0F337E15" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+              <w:t>自111年起辦理招標設定地上權標的符合位於都市計畫住宅區、面臨10公尺以上計畫道路，基地形狀</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>方整且面積</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0.15公頃以上之條件者，於提送國有非公用土地設定地上權審議小組審議前，須先提供該標的基本資料(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>含須否</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>有償取得)徵詢中央及地方住宅主管機關確認有無社會住宅用地使用需求。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>截至112</w:t>
@@ -23990,696 +24996,1044 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>提供</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>作社會住宅</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>情形如下：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4578ADB7" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:ind w:hanging="486"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>住宅主管機關興辦：協助完成撥用58處(25.48公頃國有土地)、建物10筆，出租4處(3.17公頃)。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41AD2743" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:ind w:hanging="486"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>內政部指示</w:t>
             </w:r>
             <w:r w:rsidR="000A6A24" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>國家住宅及都市更新中心(下稱國家住都中心)</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>興辦：已捐贈38處(12.83公頃國有土地、0.85公頃國有建物)，出租14處(7.11公頃國有土地)及出售22處(7.22公頃國有土地)，共74處(27.16公頃國有土地，0.85公頃國有建物)。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AC810C1" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:ind w:hanging="486"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>內政部已指示(</w:t>
             </w:r>
             <w:r w:rsidR="000A6A24" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>國家住都中心</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>尚未申辦或洽辦中)：捐贈64處(16.71公頃國有土地)，出租17處(3.82公頃國有土地)及出售8處(4.9公頃國有土地)，共89處(25.43公頃土地)。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="535F47A0" w14:textId="77777777" w:rsidTr="001D25F1">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="001D25F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65361DB1" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>臺北市政府</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="681E0BC1" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>該府財政局前盤點「臺北市政府各機關學校經管本市轄內可供調配利用之市有土地清冊」及「臺北市政府各機關學校經管大面積市有土地及宿舍基地清冊」，供該府都市發展局進行社會住宅選址評估作業，經評估未符合前開臺北市政府社會住宅基地選址評估原則之要件。該府財政局後續遇案有合適大面積土地，將適時提供該府都市發展局評估。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63B5E000" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>有關本次調查該府遭占用或低度利用土地，進一步評估提供作為社會住宅用地之可行性一節，經該府都市發展局檢視該府各機關遭占用、低度利用及空</w:t>
+              <w:t>有關本次調查</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>該府遭占</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>用或低度利用土地，進一步評估提供作為社會住宅用地之可行性一節，經該府都市發展局檢視該府各機關遭占用、低度利用及空</w:t>
             </w:r>
             <w:r w:rsidR="00916C66" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>閒</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00916C66" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>置之非公用土地清冊案件，初步查詢尚有地上物、坡地、山限區、建築條件不佳等情形</w:t>
+              <w:t>置之非公用土地清冊案件，初步查詢尚有地上物、坡地、</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>山限區</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>、建築條件不佳等情形</w:t>
             </w:r>
             <w:r w:rsidR="00AB1F45" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>；</w:t>
             </w:r>
-            <w:r w:rsidRPr="00780DD2">
-[...6 lines deleted...]
-              <w:t>至遭占用部分，應俟土地管理機關完成排占後，再依臺北市政府社會住宅基地選址評估原則評估興辦社會住宅。</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>至遭占</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>用部分，應</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>俟</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>土地管理機關完成</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>排占後</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>，再依臺北市政府社會住宅基地選址評估原則評估興辦社會住宅。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="7B47FA1B" w14:textId="77777777" w:rsidTr="001D25F1">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="001D25F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="094BA6FC" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>新北市政府</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3651CD91" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="007042B3" w:rsidP="007042B3">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="007042B3" w:rsidP="007042B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:ind w:left="340" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk165199754"/>
-            <w:r w:rsidRPr="00780DD2">
-[...6 lines deleted...]
-              <w:t>該府遭占用土地分區多屬保護區、農業用地等，依其劃設之土地使用分區，尚無法提供作為社會住宅用地使用</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>該府遭占</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>用土地分區多屬保護區、農業用地等，依其劃設之土地使用分區，尚無法提供作為社會住宅用地使用</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidR="00CA6256" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="4FA3F8EF" w14:textId="77777777" w:rsidTr="001D25F1">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="001D25F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1352D420" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>桃園市政府</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA07BE8" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>經盤點</w:t>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="_Hlk165199782"/>
-            <w:r w:rsidRPr="00780DD2">
-[...6 lines deleted...]
-              <w:t>該府遭占用土地，除屬狹小畸零、位處偏僻者外，位於該市大園區北園段及八德區興豐段之遭占用土地，先前即已列為社會住宅儲備基地。</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>該府遭占</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>用土地，除屬狹小</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>畸</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>零、位處偏僻者外，位於該市大園區北園段及八德區興豐段之遭占用土地，先前即已列為社會住宅儲備基地。</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
-          <w:p w14:paraId="06BE5A89" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00780DD2">
-[...6 lines deleted...]
-              <w:t>惟考量大園區已有航空城開發計畫、八德區已有數棟社會住宅興建營運，且該府預算資源有限，短期內尚無興闢計畫，且部分占用民眾為早期榮民眷屬</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>惟</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>考量大園區已有航空城開發計畫、八德區已</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>有數棟</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>社會住宅興建營運，且該府預算資源有限，短期內尚無興</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>闢</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>計畫，且部分占用民眾為早期榮民眷屬</w:t>
             </w:r>
             <w:r w:rsidR="00AB1F45" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>因不明權屬及地界等因素所致，故暫予列管並收取使用補償金至騰空返還為止。</w:t>
+              <w:t>因不明權屬及地界等因素所致，故暫予列管並收取使用</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>補償金至騰空</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>返還為止。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="7727F576" w14:textId="77777777" w:rsidTr="001D25F1">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="001D25F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6091C762" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
-[...16 lines deleted...]
-              <w:t>臺中市政府</w:t>
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中市政府</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="539ADD48" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="007042B3">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="007042B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:ind w:left="340" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_Hlk165199925"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>該市市有被占用非公用土地，其面積500平方公尺以上者，</w:t>
+              <w:t>該市</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>市</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>有被占用非公用土地，其面積500平方公尺以上者，</w:t>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="_Hlk165199892"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>係以形狀不方整、狹長或夾於私有土地間為大宗</w:t>
+              <w:t>係以形狀</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>不</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>方整、狹長或夾於私有土地</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>間為大宗</w:t>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>，尚無面積3,000平方公尺以上者，至面積1,500平方公尺以上者未臨計畫道路或基地形狀不方整，並須拆遷現有住戶，爰均未符合社會住宅基地選址原則</w:t>
+              <w:t>，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>尚無面積3,000平方公尺以上者，至面積1,500平方公尺以上者未臨計畫道路或基地形狀</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>不</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>方整，並須拆遷現有住戶，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>爰均未</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>符合社會住宅基地選址原則</w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="65A42392" w14:textId="77777777" w:rsidTr="001D25F1">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="001D25F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="530095B2" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
-[...16 lines deleted...]
-              <w:t>臺南市政府</w:t>
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>臺</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>南市政府</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="587BA1CF" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>遭占用部分：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19FB5B5E" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:ind w:hanging="486"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>東區竹篙厝段2091地號：該市東區於新都心段及平實段已規劃社宅1</w:t>
+              <w:t>東區竹篙厝段2091地號：該市東區於新都心段及平實段已</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>規劃社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>016戶，占該市總規</w:t>
             </w:r>
             <w:r w:rsidR="0052691D" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -24707,493 +26061,803 @@
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2戶，約占12</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>，案地是否納入規</w:t>
+              <w:t>，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>案地是否</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>納入規</w:t>
             </w:r>
             <w:r w:rsidR="0052691D" w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>劃</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>，因</w:t>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="_Hlk165199942"/>
-            <w:r w:rsidRPr="00780DD2">
-[...6 lines deleted...]
-              <w:t>有排占作業成本尚須考慮，有別於空地，將再與該府都發局聯繫討論</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>有排占作業</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>成本尚須考慮，有別於空地，將再與該府都發局聯繫討論</w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AECDE78" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:ind w:hanging="486"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00780DD2">
-[...6 lines deleted...]
-              <w:t>楠西區中興段896、912地號：至112年12月31日止，楠西區總人口數僅8</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>楠</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>西區中興段896、912地號：至112年12月31日止，楠西區總人口數僅8</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>708人，因地處偏遠，於評估該地社宅使用需求後，再行續辦。</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4C1F79B6" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+              <w:t>708人，因地處偏遠，於評估該</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>地社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>使用需求後，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>再行續辦</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:ind w:hanging="486"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>鹽水區仁愛段127、857地號：至112年12月31日止，鹽水區總人口數24</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>251人，因鄰近新營區已有規劃社宅開發，將審慎評估該地社宅使用需求後，再行續辦。</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E8D05F8" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+              <w:t>251人，因鄰近新營區已有</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>規劃社宅開發</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>，將審慎評估該</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>地社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>使用需求後，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>再行續辦</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>低度利用部分：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="332AE68B" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:ind w:hanging="486"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>鹽水區仁愛段130地號：至112年12月31日止，鹽水區總人口數24</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>251人，因鄰近新營區已有規劃社宅開發，將審慎評估該地社宅使用需求後，再行續辦。</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0FDB2842" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+              <w:t>251人，因鄰近新營區已有</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>規劃社宅開發</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>，將審慎評估該</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>地社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>使用需求後，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>再行續辦</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:ind w:hanging="486"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>永康區永華段1406地號：</w:t>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="_Hlk165200427"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>位於裡地，計畫道路尚未開闢，目前須併同聯外計畫道路一併開闢使用</w:t>
+              <w:t>位於裡地，計畫道路尚未開闢，目前須</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>併同聯</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>外計畫道路一併開闢使用</w:t>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>。另該市永康區已有規劃社宅開發，將審慎評估該地社宅使用需求後，再行續辦。</w:t>
+              <w:t>。另該市永康區已有</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>規劃社宅開發</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>，將審慎評估該</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>地社宅</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>使用需求後，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>再行續辦</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w14:paraId="6036A33F" w14:textId="77777777" w:rsidTr="001D25F1">
+      <w:tr w:rsidR="00780DD2" w:rsidRPr="00780DD2" w:rsidTr="001D25F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64F58FB3" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00CA6256">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>高雄市政府</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B96A2F0" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="45"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="9" w:name="_Hlk165200546"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>該等面積500平方公尺以上之市有非公用土地，部分地形狹長、地形不整、未臨計畫道路或計畫道路尚未開闢及離市中心遠、人口少，不適宜選列社</w:t>
             </w:r>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>會住宅基地範圍。其餘地上現況多為低矮平房，租、占交雜，且住戶為長期在此居住之弱勢民眾，收回市有土地需透過法院訴訟程序，尚須審慎評估</w:t>
+              <w:t>會住宅基地範圍。其餘地上現況多為低矮平房，租、</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>占交雜</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780DD2">
+              <w:rPr>
+                <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>，且住戶為長期在此居住之弱勢民眾，收回市有土地需透過法院訴訟程序，尚須審慎評估</w:t>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CF5B405" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="45"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>該府持續依都市發展情形，人口分布狀況，積極評估市有土地收回可行性，近期已將位於苓雅區1處面積合計8,888坪市有土地，協調承租人捐贈其地上建物收回土地，後續已規劃部分興建社會住宅，部分作為捷運聯合開發基地。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1907EDB3" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
+          <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="00CA6256" w:rsidP="00BB167E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="45"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780DD2">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>另清冊中500平方公尺以上之市有土地，前金區、新興區及前鎮區等亦有多案，該府已取得法院判決拆屋還地證明，後續將向法院聲請強制執行，待拆除騰空後亦得納入評估社會住宅基地，倘內政部評估該區有設置社會住宅需求，該府將提供該等土地清冊予內政部。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B21A312" w14:textId="77777777" w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="005951D2" w:rsidP="00CA6256">
+    <w:p w:rsidR="00CA6256" w:rsidRPr="00780DD2" w:rsidRDefault="005951D2" w:rsidP="00CA6256">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>資料來源：國產署及各直轄市政府。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4479B4B1" w14:textId="77777777" w:rsidR="00F871B3" w:rsidRPr="00780DD2" w:rsidRDefault="00A219C1" w:rsidP="00184DB0">
+    <w:p w:rsidR="00F871B3" w:rsidRPr="00780DD2" w:rsidRDefault="00A219C1" w:rsidP="00184DB0">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>此外，由於過去政府辦理之社會住宅，入住對象多為低收入戶，常被社會大眾投射「貧民窟」的想像，以致成為</w:t>
+        <w:t>此外，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>由於過去政府辦理之社會住宅，入住對象多為低收入戶，常被社會大眾投射「貧民窟」的想像，以致成為</w:t>
       </w:r>
       <w:r w:rsidR="00AB1F45" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>鄰避設施</w:t>
       </w:r>
       <w:r w:rsidR="00AB1F45" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -25230,124 +26894,124 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00F871B3" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>公共住宅、國宅</w:t>
       </w:r>
       <w:r w:rsidR="00916C66" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F871B3" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，除了財源土地外，還有居民抗議的狀況，導致興辦社會住宅進度緩慢，屢遇困難，其可能理由如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C15CB43" w14:textId="77777777" w:rsidR="00A219C1" w:rsidRPr="00780DD2" w:rsidRDefault="00F871B3" w:rsidP="00F871B3">
+    <w:p w:rsidR="00A219C1" w:rsidRPr="00780DD2" w:rsidRDefault="00F871B3" w:rsidP="00F871B3">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:ind w:left="1701"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>弱勢戶的偏見：早期國民住宅目的是為了讓低收入戶能負擔，進而衍生出諸多施工品質與居住品質問題，國民住宅因此與建築品質差、落後和弱勢劃上等號。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B237E77" w14:textId="77777777" w:rsidR="00F871B3" w:rsidRPr="00780DD2" w:rsidRDefault="00F871B3" w:rsidP="00F871B3">
+    <w:p w:rsidR="00F871B3" w:rsidRPr="00780DD2" w:rsidRDefault="00F871B3" w:rsidP="00F871B3">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:ind w:left="1701"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>無專責管理維護、印象不好：政府蓋住宅，承租人使用會較不珍惜，蓋完後又沒有專責管理，導致房子隨時間破舊敗壞，給人印象不佳。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB76CC0" w14:textId="77777777" w:rsidR="00F871B3" w:rsidRPr="00780DD2" w:rsidRDefault="00F871B3" w:rsidP="00F871B3">
+    <w:p w:rsidR="00F871B3" w:rsidRPr="00780DD2" w:rsidRDefault="00F871B3" w:rsidP="00F871B3">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:ind w:left="1701"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>擔心房價下跌：鄰里們擔心造成房價或居住品質下跌，因此居民不樂見社</w:t>
       </w:r>
       <w:r w:rsidR="00AB1F45" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>會住</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>宅蓋在住家附近。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D3F391" w14:textId="77777777" w:rsidR="00077350" w:rsidRPr="00780DD2" w:rsidRDefault="00155B99" w:rsidP="00184DB0">
+    <w:p w:rsidR="00077350" w:rsidRPr="00780DD2" w:rsidRDefault="00155B99" w:rsidP="00184DB0">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>於是，</w:t>
       </w:r>
       <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>為拓展</w:t>
       </w:r>
       <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
@@ -25374,52 +27038,62 @@
         </w:rPr>
         <w:t>行政院</w:t>
       </w:r>
       <w:r w:rsidR="00077350" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>112年12月14日第3884次會議</w:t>
       </w:r>
       <w:r w:rsidR="00077350" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>決議</w:t>
       </w:r>
       <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>略以</w:t>
-      </w:r>
+        <w:t>略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00077350" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r w:rsidR="00077350" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>下階段社</w:t>
       </w:r>
       <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
@@ -25486,59 +27160,87 @@
         </w:rPr>
         <w:t>直接興建及包租代管社會住宅各25萬戶，租金補貼50萬戶</w:t>
       </w:r>
       <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00077350" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>為目標。</w:t>
       </w:r>
       <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>……</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00077350" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>未來地方政府規劃整體開發區辦理區段徵收及市地重劃時必須保留3%至5%供社宅使用，並專案讓售中央政府興辦社宅。</w:t>
+        <w:t>未來地方政府規劃整體開發區辦理區段徵收及市地重劃時必須保留3%至5%</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00077350" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>供社宅</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00077350" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>使用，並專案讓售中央政府興辦社宅。</w:t>
       </w:r>
       <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」然而，</w:t>
       </w:r>
       <w:r w:rsidR="00120976" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>對於上開</w:t>
       </w:r>
       <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地方政府</w:t>
       </w:r>
@@ -25666,51 +27368,51 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>之疑慮</w:t>
       </w:r>
       <w:r w:rsidR="00CE50A1" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:footnoteReference w:id="13"/>
       </w:r>
       <w:r w:rsidR="0025521D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C33D825" w14:textId="77777777" w:rsidR="00305815" w:rsidRPr="00780DD2" w:rsidRDefault="00155B99" w:rsidP="00C11E5B">
+    <w:p w:rsidR="00305815" w:rsidRPr="00780DD2" w:rsidRDefault="00155B99" w:rsidP="00C11E5B">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>綜上，為解決社會、經濟弱勢、青年族群與部分中產階級所面臨的居住問題，政府持續興建社會住宅。然在6都，因產業集中、人口稠密，土地資源競爭激烈，加上以往社會住宅常被視為「鄰避設施」，</w:t>
       </w:r>
       <w:r w:rsidR="00CD3B10" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>尤其是</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
@@ -25744,51 +27446,69 @@
         </w:rPr>
         <w:t>遇</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>強烈民意反對，用地取得尤為不易，</w:t>
       </w:r>
       <w:r w:rsidR="00E44BD2" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>復因</w:t>
       </w:r>
       <w:r w:rsidR="007178BB" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>各直轄市政府評估運用「經管遭占用及空(閒)置面積500平方公尺以上之公有非公用土地作為社會住宅用地</w:t>
+        <w:t>各直轄市政府評估運用「經管遭占用及空(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007178BB" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>閒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007178BB" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>)置面積500平方公尺以上之公有非公用土地作為社會住宅用地</w:t>
       </w:r>
       <w:r w:rsidR="007178BB" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="007178BB" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>的可行性不高，</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>以致</w:t>
       </w:r>
@@ -26132,73 +27852,73 @@
       <w:r w:rsidR="00691FC7" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>成為幫助民眾安居樂業、促進地方發展活力的「常態性」基礎設施，</w:t>
       </w:r>
       <w:r w:rsidR="002A0D5D" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>以</w:t>
       </w:r>
       <w:r w:rsidR="00691FC7" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>避免都會區居住問題持續惡化，演變成影響社會進步與國家安全的不穩定因子。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF7CE71" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="007B17DC">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="007B17DC">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:widowControl w:val="0"/>
         <w:kinsoku w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidSect="004077E4">
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="851" w:gutter="227"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="linesAndChars" w:linePitch="457" w:charSpace="4127"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CB7BE6F" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:ind w:left="2380" w:hanging="2380"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc529222689"/>
       <w:bookmarkStart w:id="11" w:name="_Toc529223111"/>
       <w:bookmarkStart w:id="12" w:name="_Toc529223862"/>
       <w:bookmarkStart w:id="13" w:name="_Toc529228265"/>
       <w:bookmarkStart w:id="14" w:name="_Toc2400395"/>
       <w:bookmarkStart w:id="15" w:name="_Toc4316189"/>
       <w:bookmarkStart w:id="16" w:name="_Toc4473330"/>
       <w:bookmarkStart w:id="17" w:name="_Toc69556897"/>
       <w:bookmarkStart w:id="18" w:name="_Toc69556946"/>
       <w:bookmarkStart w:id="19" w:name="_Toc69609820"/>
       <w:bookmarkStart w:id="20" w:name="_Toc70241816"/>
@@ -26208,309 +27928,318 @@
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>處理辦法：</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="40118C0E" w14:textId="77777777" w:rsidR="00EA2EB7" w:rsidRPr="00780DD2" w:rsidRDefault="00EA2EB7" w:rsidP="0035080D">
+    <w:p w:rsidR="00EA2EB7" w:rsidRPr="00780DD2" w:rsidRDefault="00EA2EB7" w:rsidP="0035080D">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1021"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Hlk101881073"/>
       <w:bookmarkStart w:id="25" w:name="_Toc2400397"/>
       <w:bookmarkStart w:id="26" w:name="_Toc4316191"/>
       <w:bookmarkStart w:id="27" w:name="_Toc4473332"/>
       <w:bookmarkStart w:id="28" w:name="_Toc69556901"/>
       <w:bookmarkStart w:id="29" w:name="_Toc69556950"/>
       <w:bookmarkStart w:id="30" w:name="_Toc69609824"/>
       <w:bookmarkStart w:id="31" w:name="_Toc70241822"/>
       <w:bookmarkStart w:id="32" w:name="_Toc70242211"/>
       <w:bookmarkStart w:id="33" w:name="_Toc421794881"/>
       <w:bookmarkStart w:id="34" w:name="_Toc421795447"/>
       <w:bookmarkStart w:id="35" w:name="_Toc421796028"/>
       <w:bookmarkStart w:id="36" w:name="_Toc422728963"/>
       <w:bookmarkStart w:id="37" w:name="_Toc422834166"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>抄</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>調查意見，函請財政部國有財產署、各直轄市政府確實檢討改進見復。</w:t>
-      </w:r>
+        <w:t>調查意見，函請財政部國有財產署、各直轄市政府確實檢討改進</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>見復。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="7C36C5DB" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00EA2EB7" w:rsidRDefault="00EA2EB7" w:rsidP="003F6FDE">
+    <w:p w:rsidR="00483707" w:rsidRPr="00EA2EB7" w:rsidRDefault="00EA2EB7" w:rsidP="003F6FDE">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:kinsoku w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1021"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA2EB7">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>調查報告之案由、調查意見及處理辦法上網公布。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="5C515B6B" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1021"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="382CF143" w14:textId="77777777" w:rsidR="00483707" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:kinsoku w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="4422"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>調查委員：</w:t>
       </w:r>
       <w:r w:rsidR="00EA2EB7">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>賴振昌</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F306591" w14:textId="77777777" w:rsidR="00EA2EB7" w:rsidRPr="00780DD2" w:rsidRDefault="00EA2EB7" w:rsidP="00EA2EB7">
+    <w:p w:rsidR="00EA2EB7" w:rsidRPr="00780DD2" w:rsidRDefault="00EA2EB7" w:rsidP="00EA2EB7">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:kinsoku w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1759" w:left="6663"/>
         <w:rPr>
-          <w:rFonts w:hAnsi="標楷體"/>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>蔡崇義</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB5376D" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2381"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="391C42F0" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2381"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C40D239" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2381"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DCD90CD" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2381"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4238D5E0" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2381"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1971BE35" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B9AA3D6" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2381"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="368C2581" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2381"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39879AC2" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="2381"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2248D69A" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>中華民國11</w:t>
       </w:r>
       <w:r w:rsidR="00A91BB8" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
@@ -26531,153 +28260,185 @@
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidR="00B405AA" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5D886B" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22474CBC" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>本案案名：</w:t>
+        <w:t>本案</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>案</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>名：</w:t>
       </w:r>
       <w:r w:rsidR="00A91BB8" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>直轄市國(公)有非公用土地使用管理</w:t>
       </w:r>
       <w:r w:rsidR="00EF7D58" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>效率</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>案</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2457964D" w14:textId="77777777" w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
+    <w:p w:rsidR="00483707" w:rsidRPr="00780DD2" w:rsidRDefault="00483707" w:rsidP="00483707">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本案關鍵字：</w:t>
       </w:r>
       <w:r w:rsidR="00A91BB8" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6都、國(公)有非公用土地、</w:t>
       </w:r>
       <w:r w:rsidR="00EF7D58" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>社會住宅</w:t>
       </w:r>
       <w:r w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="00A91BB8" w:rsidRPr="00780DD2">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>占用、空(閒)置</w:t>
+        <w:t>占用、空(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A91BB8" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>閒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A91BB8" w:rsidRPr="00780DD2">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)置</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F2DBED2" w14:textId="77777777" w:rsidR="00C80C16" w:rsidRPr="00780DD2" w:rsidRDefault="00C80C16" w:rsidP="007B17DC">
+    <w:p w:rsidR="00C80C16" w:rsidRPr="00780DD2" w:rsidRDefault="00C80C16" w:rsidP="007B17DC">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:widowControl w:val="0"/>
         <w:kinsoku w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C80C16" w:rsidRPr="00780DD2" w:rsidSect="004077E4">
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="851" w:gutter="227"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="457" w:charSpace="4127"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
@@ -26769,58 +28530,58 @@
     <wne:acd wne:argValue="AgC1az2EI2oPXzEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzUA" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzYA" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzcA" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzgA" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzkA" wne:acdName="acd9" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd10" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd11" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd12" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAUA" wne:acdName="acd13" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAYA" wne:acdName="acd14" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAcA" wne:acdName="acd15" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAgA" wne:acdName="acd16" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAkA" wne:acdName="acd17" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd18" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="157EB543" w14:textId="77777777" w:rsidR="00FE2563" w:rsidRDefault="00FE2563">
+    <w:p w:rsidR="00FE2563" w:rsidRDefault="00FE2563">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4BCA7061" w14:textId="77777777" w:rsidR="00FE2563" w:rsidRDefault="00FE2563">
+    <w:p w:rsidR="00FE2563" w:rsidRDefault="00FE2563">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="華康中黑體">
@@ -26836,72 +28597,72 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:panose1 w:val="05010000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="華康楷書體W5(P)">
     <w:altName w:val="新細明體"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E3" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="F">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -26915,217 +28676,227 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="細明體">
     <w:altName w:val="MingLiU"/>
     <w:panose1 w:val="02020509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="夹发砰">
     <w:altName w:val="Microsoft YaHei"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="0B93153A" w14:textId="77777777" w:rsidR="00800060" w:rsidRDefault="00800060">
+  <w:p w:rsidR="00800060" w:rsidRDefault="00800060">
     <w:pPr>
       <w:pStyle w:val="af4"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="ad"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ad"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ad"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ad"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ad"/>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ad"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="24A1FB48" w14:textId="77777777" w:rsidR="00800060" w:rsidRDefault="00800060">
+  <w:p w:rsidR="00800060" w:rsidRDefault="00800060">
     <w:pPr>
       <w:framePr w:wrap="auto" w:hAnchor="text" w:y="-955"/>
       <w:ind w:left="640" w:right="360" w:firstLine="448"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28FE56A2" w14:textId="77777777" w:rsidR="00FE2563" w:rsidRDefault="00FE2563">
+    <w:p w:rsidR="00FE2563" w:rsidRDefault="00FE2563">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14B6D5F9" w14:textId="77777777" w:rsidR="00FE2563" w:rsidRDefault="00FE2563">
+    <w:p w:rsidR="00FE2563" w:rsidRDefault="00FE2563">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="0039CB8F" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="006658EB" w:rsidRDefault="00800060" w:rsidP="00572FB9">
+    <w:p w:rsidR="00800060" w:rsidRPr="006658EB" w:rsidRDefault="00800060" w:rsidP="00572FB9">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>我國直轄市</w:t>
       </w:r>
       <w:r w:rsidRPr="006658EB">
         <w:t>目前設有</w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:tooltip="臺北市" w:history="1">
         <w:r w:rsidRPr="006658EB">
           <w:t>臺北市</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006658EB">
         <w:t>、</w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:tooltip="新北市" w:history="1">
         <w:r w:rsidRPr="006658EB">
           <w:t>新北市</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006658EB">
         <w:t>、</w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:tooltip="桃園市" w:history="1">
         <w:r w:rsidRPr="006658EB">
           <w:t>桃園市</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006658EB">
         <w:t>、</w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:tooltip="臺中市" w:history="1">
+        <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="006658EB">
-          <w:t>臺中市</w:t>
+          <w:t>臺</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="006658EB">
+          <w:t>中市</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006658EB">
         <w:t>、</w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:tooltip="臺南市" w:history="1">
+        <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="006658EB">
-          <w:t>臺南市</w:t>
+          <w:t>臺</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="006658EB">
+          <w:t>南市</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006658EB">
         <w:t>、</w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:tooltip="高雄市" w:history="1">
         <w:r w:rsidRPr="006658EB">
           <w:t>高雄市</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006658EB">
         <w:t>等</w:t>
       </w:r>
       <w:r w:rsidRPr="006658EB">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="006658EB">
         <w:t>個，合稱「</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="006658EB">
         <w:t>都」</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="4442E871" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="00E20CFE" w:rsidRDefault="00800060" w:rsidP="00C32045">
+    <w:p w:rsidR="00800060" w:rsidRPr="00E20CFE" w:rsidRDefault="00800060" w:rsidP="00C32045">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「土地</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32045">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>法</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -27210,51 +28981,51 @@
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>項</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32045">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32045">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>私有土地之所有權消滅者，為國有土地。</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32045">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="55DC196F" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="003E2B1C" w:rsidRDefault="00800060" w:rsidP="00AE2708">
+    <w:p w:rsidR="00800060" w:rsidRPr="003E2B1C" w:rsidRDefault="00800060" w:rsidP="00AE2708">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>各直轄市</w:t>
       </w:r>
       <w:r w:rsidRPr="004D37F1">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>政府</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -27265,95 +29036,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月底止；至於國產署部分，因該署</w:t>
       </w:r>
       <w:r>
-        <w:t>數據僅得以國有非公用不動產挑檔當時之產籍資料統計，無法回溯至</w:t>
+        <w:t>數據僅得以國有非公用</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>不動產挑檔當時</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>之產籍資料統計，無法回溯至</w:t>
       </w:r>
       <w:r>
         <w:t>113</w:t>
       </w:r>
       <w:r>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r>
-        <w:t>月底，爰資料統計至</w:t>
+        <w:t>月底，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>資料統計至</w:t>
       </w:r>
       <w:r>
         <w:t>113</w:t>
       </w:r>
       <w:r>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>月</w:t>
       </w:r>
       <w:r>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:t>日</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>止</w:t>
       </w:r>
       <w:r>
         <w:t>。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="77C88C24" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="00F61F07" w:rsidRDefault="00800060" w:rsidP="00F61F07">
+    <w:p w:rsidR="00800060" w:rsidRPr="00F61F07" w:rsidRDefault="00800060" w:rsidP="00F61F07">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>住宅法第</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
@@ -27374,51 +29161,51 @@
         <w:t>款</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61F07">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>定義</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：「</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:spacing w:val="12"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>社會住宅：指由政府興辦或獎勵民間興辦，專供出租之用之住宅及其必要附屬設施。」</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="63B53298" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="00F61F07" w:rsidRDefault="00800060" w:rsidP="00F61F07">
+    <w:p w:rsidR="00800060" w:rsidRPr="00F61F07" w:rsidRDefault="00800060" w:rsidP="00F61F07">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>按住宅法</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:spacing w:val="12"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
@@ -27476,133 +29263,177 @@
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>市</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>轄區為計算範圍，提供至少百分之</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>以上比率出租予經濟或社會弱勢者，另提供一定比率予未設籍於當地且在該地區就學、就業有居住需求者。</w:t>
-      </w:r>
+        <w:t>以上比率出租予經濟或社會弱勢者，另提供一定比率予未設籍於</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>當地且</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B456B">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>在該地區就學、就業有居住需求者。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B456B">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>項</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>前項經濟或社會弱勢者身分，指家庭總收入平均分配全家人口之金額及家庭財產，未超過主管機關公告之一定標準，且符合下列規定之一者：一、低收入戶或中低收入戶。二、特殊境遇家庭。三、育有未成年子女</w:t>
-      </w:r>
+        <w:t>前項經濟或社會弱勢者身分，指家庭總收入平均分配全家人口之金額及家庭財產，未超過主管機關公告之一定標準，且符合下列規定之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B456B">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>者：一、低收入戶或中低收入戶。二、特殊境遇家庭。三、育有未成年子女</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B456B">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>人以上。四、於安置教養機構或寄養家庭結束安置無法返家，未滿</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>歲。五、</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>65</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>歲以上之老人。六、受家庭暴力或性侵害之受害者及其子女。七、身心障礙者。八、感染人類免疫缺乏病毒者或罹患後天免疫缺乏症候群者。九、原住民。十、災民。十一、遊民。十二、因懷孕或生育而遭遇困境之未成年人。十三、其他經主管機關認定者。</w:t>
+        <w:t>歲以上之老人。六、受家庭暴力或性侵害之受害者及其子女。七、身心障礙者。八、感染人類免疫缺乏病毒者或</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B456B">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>罹</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B456B">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>患後天免疫缺乏症候群者。九、原住民。十、災民。十一、遊民。十二、因懷孕或生育而遭遇困境之未成年人。十三、其他經主管機關認定者。</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="Arial" w:hint="eastAsia"/>
           <w:spacing w:val="12"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>可知</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>社會住宅</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
@@ -27663,51 +29494,51 @@
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>經濟、社會弱勢族群、青年世代與部分中產階級為</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>照顧對象</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Arial" w:hint="eastAsia"/>
           <w:spacing w:val="12"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="3962D240" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="00F61F07" w:rsidRDefault="00800060" w:rsidP="00F61F07">
+    <w:p w:rsidR="00800060" w:rsidRPr="00F61F07" w:rsidRDefault="00800060" w:rsidP="00F61F07">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F61F07">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>查住宅法之主管機關，在中央為內政部，在地方為直轄市、縣</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61F07">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61F07">
         <w:rPr>
@@ -27717,72 +29548,80 @@
       </w:r>
       <w:r w:rsidRPr="00F61F07">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61F07">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>政府，根據該法第</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61F07">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61F07">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>條規定，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>均</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61F07">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>負有興辦社會住宅之權責</w:t>
+        <w:t>負有</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F61F07">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>興辦社會住宅之權責</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="1F28C3B5" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="00ED7B1B" w:rsidRDefault="00800060" w:rsidP="00ED7B1B">
+    <w:p w:rsidR="00800060" w:rsidRPr="00ED7B1B" w:rsidRDefault="00800060" w:rsidP="00ED7B1B">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>根據</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:t>內政部</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>113</w:t>
@@ -27880,60 +29719,88 @@
       <w:r w:rsidRPr="00630220">
         <w:t>15.67</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>倍、新北市</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:t>12.92</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>倍、桃園市</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:t>8.09</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>倍、臺中市</w:t>
+        <w:t>倍、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00630220">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00630220">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>中市</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:t>11.74</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>倍、臺南市</w:t>
+        <w:t>倍、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00630220">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00630220">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>南市</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:t>9.49</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>倍及高雄市</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:t>9.27</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:t>倍，</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>遠</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:t>超出國際公認</w:t>
       </w:r>
@@ -28027,66 +29894,94 @@
         </w:rPr>
         <w:t>55.35</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、桃園市</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>34.68</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>、臺中市</w:t>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00630220">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00630220">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>中市</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>50.32</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>、臺南市</w:t>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00630220">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00630220">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>南市</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>40.67</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>及高雄市</w:t>
       </w:r>
       <w:r w:rsidRPr="00630220">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>39.74</w:t>
       </w:r>
       <w:r>
         <w:t>%</w:t>
       </w:r>
@@ -28101,51 +29996,51 @@
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>的</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:t>合理負擔</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>範圍</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="79E8C427" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="004C01CE" w:rsidRDefault="00800060" w:rsidP="00242CBD">
+    <w:p w:rsidR="00800060" w:rsidRPr="004C01CE" w:rsidRDefault="00800060" w:rsidP="00242CBD">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00122FE2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>臺北市政府</w:t>
       </w:r>
       <w:r w:rsidRPr="00122FE2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>113</w:t>
       </w:r>
       <w:r w:rsidRPr="00122FE2">
         <w:rPr>
@@ -28153,56 +30048,70 @@
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="00122FE2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00122FE2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidRPr="00122FE2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="00122FE2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>日府授財管字第</w:t>
-      </w:r>
+        <w:t>日</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00122FE2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>府授財</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00122FE2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>管字第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122FE2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>1130111379</w:t>
       </w:r>
       <w:r w:rsidRPr="00122FE2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>號</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>函、</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>新北市政府</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>113</w:t>
@@ -28213,56 +30122,70 @@
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>日新北府財用字第</w:t>
-      </w:r>
+        <w:t>日新</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>北府財用</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00242CBD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>字第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00242CBD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>1130537653</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>號</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>函、</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>桃園市政府</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>113</w:t>
@@ -28273,135 +30196,179 @@
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>日府財用字第</w:t>
-      </w:r>
+        <w:t>日</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>府財用</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00242CBD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>字第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00242CBD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>1130071717</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>號</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>函、</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>臺中市政府</w:t>
-      </w:r>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>中市政府</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00242CBD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>113</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>日府授財管字第</w:t>
-      </w:r>
+        <w:t>日</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>府授財</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00242CBD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>管字第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00242CBD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>1130069438</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>號</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>函、</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>臺南市政府</w:t>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00242CBD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>南市政府</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>113</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
@@ -28476,89 +30443,89 @@
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日高市府財公產字第</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>11330583200</w:t>
       </w:r>
       <w:r w:rsidRPr="00242CBD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>號</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>函。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="71B9FE5B" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="004B7C9C" w:rsidRDefault="00800060" w:rsidP="004B7C9C">
+    <w:p w:rsidR="00800060" w:rsidRPr="004B7C9C" w:rsidRDefault="00800060" w:rsidP="004B7C9C">
       <w:pPr>
         <w:pStyle w:val="afc"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>位於新北市，產權屬臺北市政府所有。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="075FE25F" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="004B7C9C" w:rsidRDefault="00800060" w:rsidP="004B7C9C">
+    <w:p w:rsidR="00800060" w:rsidRPr="004B7C9C" w:rsidRDefault="00800060" w:rsidP="004B7C9C">
       <w:pPr>
         <w:pStyle w:val="afc"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>位於新北市，產權屬臺北市政府所有。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
-    <w:p w14:paraId="047C0CFD" w14:textId="77777777" w:rsidR="00800060" w:rsidRPr="00406636" w:rsidRDefault="00800060" w:rsidP="00594398">
+    <w:p w:rsidR="00800060" w:rsidRPr="00406636" w:rsidRDefault="00800060" w:rsidP="00594398">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>有關篩選</w:t>
       </w:r>
       <w:r w:rsidRPr="009C285A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>社會住宅用地</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -28856,51 +30823,67 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>土地權屬：公有土地、現有使用狀況為無涉及爭訟、徵收及須拆遷之現有住戶，可立即興建；</w:t>
+        <w:t>土地權屬：公有土地、現有使用狀況為無涉及爭</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00814764">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>訟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00814764">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、徵收及須拆遷之現有住戶，可立即興建；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -29052,93 +31035,125 @@
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>地形條件：非位於坡地、保護區或山限區為原則；</w:t>
+        <w:t>地形條件：非位於坡地、保護區</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00814764">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>或山限區</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00814764">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>為原則；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>建築條件：</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>&lt;1&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>基地最短邊縱深為</w:t>
+        <w:t>基地</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00814764">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>最短邊縱深</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00814764">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>為</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>公尺以上；</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>&lt;2&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
@@ -29176,51 +31191,51 @@
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00814764">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>公尺範圍內</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="260AFB69" w14:textId="77777777" w:rsidR="00800060" w:rsidRDefault="00800060" w:rsidP="005B3A27">
+    <w:p w:rsidR="00800060" w:rsidRDefault="00800060" w:rsidP="005B3A27">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>The News Lens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>關鍵評論網</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
@@ -29235,56 +31250,81 @@
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>110</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="夹发砰" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="夹发砰" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="夹发砰" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>月6日)「</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005B3A27">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
-        <w:t>興建社宅成為鄰里間的芥蒂？花敬群坦言遇阻力，抗議很嚴重</w:t>
+        <w:t>興建社宅成為鄰里間的芥蒂</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B3A27">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B3A27">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>花敬群坦言遇</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B3A27">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>阻力，抗議很嚴重</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="夹发砰" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>」參照(</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3A27">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="夹发砰"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>https</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="夹发砰"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3A27">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="夹发砰"/>
@@ -29346,51 +31386,51 @@
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="夹发砰" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>日搜尋</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="夹发砰" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="夹发砰"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="0E5BB926" w14:textId="77777777" w:rsidR="00800060" w:rsidRDefault="00800060" w:rsidP="00CE50A1">
+    <w:p w:rsidR="00800060" w:rsidRDefault="00800060" w:rsidP="00CE50A1">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:left="84" w:hangingChars="38" w:hanging="84"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>聯合新聞網</w:t>
       </w:r>
       <w:r w:rsidRPr="009B456B">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="夹发砰" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
@@ -34898,59 +36938,60 @@
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="49">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="47"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:mirrorMargins/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:drawingGridHorizontalSpacing w:val="170"/>
   <w:drawingGridVerticalSpacing w:val="457"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A302B2"/>
@@ -36755,51 +38796,50 @@
     <w:rsid w:val="00792167"/>
     <w:rsid w:val="00792F77"/>
     <w:rsid w:val="00793573"/>
     <w:rsid w:val="00793C47"/>
     <w:rsid w:val="0079407E"/>
     <w:rsid w:val="00794568"/>
     <w:rsid w:val="0079465E"/>
     <w:rsid w:val="0079467A"/>
     <w:rsid w:val="0079527F"/>
     <w:rsid w:val="00796454"/>
     <w:rsid w:val="0079718B"/>
     <w:rsid w:val="007A1A9B"/>
     <w:rsid w:val="007A1DEB"/>
     <w:rsid w:val="007A2512"/>
     <w:rsid w:val="007A3793"/>
     <w:rsid w:val="007A3A00"/>
     <w:rsid w:val="007A3C82"/>
     <w:rsid w:val="007A4283"/>
     <w:rsid w:val="007A595C"/>
     <w:rsid w:val="007A76C1"/>
     <w:rsid w:val="007A7ABE"/>
     <w:rsid w:val="007B02DA"/>
     <w:rsid w:val="007B10EF"/>
     <w:rsid w:val="007B17DC"/>
     <w:rsid w:val="007B1A18"/>
-    <w:rsid w:val="007B21D9"/>
     <w:rsid w:val="007B2E8E"/>
     <w:rsid w:val="007B2FA5"/>
     <w:rsid w:val="007B3493"/>
     <w:rsid w:val="007B3A38"/>
     <w:rsid w:val="007B540A"/>
     <w:rsid w:val="007B5E2E"/>
     <w:rsid w:val="007B6427"/>
     <w:rsid w:val="007B6605"/>
     <w:rsid w:val="007B7351"/>
     <w:rsid w:val="007B73E7"/>
     <w:rsid w:val="007B78FC"/>
     <w:rsid w:val="007B798B"/>
     <w:rsid w:val="007C05CA"/>
     <w:rsid w:val="007C1BA2"/>
     <w:rsid w:val="007C1DA7"/>
     <w:rsid w:val="007C1F14"/>
     <w:rsid w:val="007C2B48"/>
     <w:rsid w:val="007C3A08"/>
     <w:rsid w:val="007C584C"/>
     <w:rsid w:val="007C60DF"/>
     <w:rsid w:val="007C6637"/>
     <w:rsid w:val="007C6B6D"/>
     <w:rsid w:val="007C747B"/>
     <w:rsid w:val="007D0B7F"/>
     <w:rsid w:val="007D0BA4"/>
@@ -38706,58 +40746,58 @@
     <w:rsid w:val="00FF315C"/>
     <w:rsid w:val="00FF40EC"/>
     <w:rsid w:val="00FF5004"/>
     <w:rsid w:val="00FF561D"/>
     <w:rsid w:val="00FF5C8D"/>
     <w:rsid w:val="00FF69B9"/>
     <w:rsid w:val="00FF70C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7277748F"/>
+  <w14:docId w14:val="0FB15675"/>
   <w15:docId w15:val="{65110522-6DA7-4EA0-A843-8E7431E67F81}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="680"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
@@ -44976,67 +47016,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A77FBCE-3510-466F-8F37-39F91DCA6C18}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E62E468B-57F2-4411-A581-13BEFF842A20}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>C030調查報告格式體例(橫式).dot</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>8977</Characters>
+  <Pages>16</Pages>
+  <Words>1575</Words>
+  <Characters>8980</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>74</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>cy</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10530</CharactersWithSpaces>
+  <CharactersWithSpaces>10534</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>調查報告</dc:title>
   <dc:subject/>
   <dc:creator>葉棋楠</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>