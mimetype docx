--- v0 (2025-10-28)
+++ v1 (2026-03-11)
@@ -3,75 +3,75 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00D75644" w:rsidRPr="003C2DF3" w:rsidRDefault="00D75644" w:rsidP="00F37D7B">
+    <w:p w14:paraId="4DCE9E9E" w14:textId="77777777" w:rsidR="00D75644" w:rsidRPr="003C2DF3" w:rsidRDefault="00D75644" w:rsidP="00F37D7B">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>調查</w:t>
       </w:r>
       <w:r w:rsidR="001B364D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>報告</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25849" w:rsidRPr="003C2DF3" w:rsidRDefault="00E25849" w:rsidP="00ED11A1">
+    <w:p w14:paraId="0AA7E706" w14:textId="77777777" w:rsidR="00E25849" w:rsidRPr="003C2DF3" w:rsidRDefault="00E25849" w:rsidP="00ED11A1">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc524892368"/>
       <w:bookmarkStart w:id="1" w:name="_Toc524895638"/>
       <w:bookmarkStart w:id="2" w:name="_Toc524896184"/>
       <w:bookmarkStart w:id="3" w:name="_Toc524896214"/>
       <w:bookmarkStart w:id="4" w:name="_Toc524902720"/>
       <w:bookmarkStart w:id="5" w:name="_Toc525066139"/>
       <w:bookmarkStart w:id="6" w:name="_Toc525070829"/>
       <w:bookmarkStart w:id="7" w:name="_Toc525938369"/>
       <w:bookmarkStart w:id="8" w:name="_Toc525939217"/>
       <w:bookmarkStart w:id="9" w:name="_Toc525939722"/>
       <w:bookmarkStart w:id="10" w:name="_Toc422834150"/>
       <w:bookmarkStart w:id="11" w:name="_Toc421794865"/>
       <w:bookmarkStart w:id="12" w:name="_Toc529218256"/>
       <w:bookmarkStart w:id="13" w:name="_Toc529222679"/>
       <w:bookmarkStart w:id="14" w:name="_Toc529223101"/>
       <w:bookmarkStart w:id="15" w:name="_Toc529223852"/>
       <w:bookmarkStart w:id="16" w:name="_Toc529228248"/>
       <w:bookmarkStart w:id="17" w:name="_Toc2400384"/>
       <w:bookmarkStart w:id="18" w:name="_Toc4316179"/>
@@ -129,61 +129,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00CC0642" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>據悉，</w:t>
       </w:r>
       <w:r w:rsidR="00A66B7A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>107</w:t>
       </w:r>
       <w:r w:rsidR="00CC0642" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年間爆出高雄梁姓金牌體操教練長期性侵女學生，雖爆發後檢方即介入調查，惟多數</w:t>
-[...9 lines deleted...]
-        <w:t>犯罪已過舊法10年追訴期，</w:t>
+        <w:t>年間爆出高雄梁姓金牌體操教練長期性侵女學生，雖爆發後檢方即介入調查，惟多數犯罪已過舊法10年追訴期，</w:t>
       </w:r>
       <w:r w:rsidR="00A66B7A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>110</w:t>
       </w:r>
       <w:r w:rsidR="006310B7" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidR="00A66B7A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3月</w:t>
       </w:r>
       <w:r w:rsidR="00CC0642" w:rsidRPr="003C2DF3">
@@ -216,243 +206,409 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>但各級學校對學生之身心保護機制是否有重大疏失？未有全面檢討，因此全國體育班及運動隊伍之合理訓練及監督管理機制，有否加強教練、導師、家長及學生對性平及身體界線的認知，並設立保護專線、完善保護機制，以杜絕憾事再次發生，實有深入查明之必要案。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="001C0DA8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w:rsidR="009118EA" w:rsidRPr="003C2DF3" w:rsidRDefault="009118EA" w:rsidP="009118EA">
+    <w:p w14:paraId="66567990" w14:textId="77777777" w:rsidR="009118EA" w:rsidRPr="003C2DF3" w:rsidRDefault="009118EA" w:rsidP="009118EA">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc524895646"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="35" w:name="_Toc529218269"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc524895646"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc524896192"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc524896222"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc524902729"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc525066145"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc525070836"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc525938376"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc525939224"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc525939729"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc529218269"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>調查意見</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074506" w:rsidRPr="003C2DF3" w:rsidRDefault="008A57CA" w:rsidP="00074506">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w14:paraId="1E8285D8" w14:textId="77777777" w:rsidR="00074506" w:rsidRPr="003C2DF3" w:rsidRDefault="008A57CA" w:rsidP="00074506">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:ind w:left="680" w:firstLine="680"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>據悉，民國（下同）107年間爆出高雄</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>梁姓金牌體操教練</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>長期性侵女學生，雖爆發後檢方即介入調查，惟多數犯罪已過舊法10年追訴期，</w:t>
+        <w:t>長期</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>性侵女</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>學生，雖爆發後檢方即介入調查，惟多數犯罪已過舊法10年追訴期，</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>110</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年3月</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>僅認定合併判6年10個月徒刑，可上訴。本院近年亦曾調查臺北市桃源國中、宜蘭縣羅東國中、桃園市青溪國中、彰化縣彰化藝術高中及住宿型學校性平事件等案，</w:t>
       </w:r>
       <w:r w:rsidR="00074506" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>但各級學校對學生之身心保護機制是否有重大疏失？未有全面檢討，因此全國體育班及運動隊伍之合理訓練及監督管理機制，有否加強教練、導師、家長及學生對性平及身體界線的認知，並設立保護專線、完善保護機制，以杜絕憾事再次發生，實有深入查明之必要案。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008969B4" w:rsidRPr="003C2DF3" w:rsidRDefault="00761C43" w:rsidP="008969B4">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w14:paraId="105584F7" w14:textId="77777777" w:rsidR="008969B4" w:rsidRPr="003C2DF3" w:rsidRDefault="00761C43" w:rsidP="008969B4">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:ind w:left="680" w:firstLine="680"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>案經本院向教育部調卷詳閱，並於110年7月16日邀請教育部體育署（下稱體育署）、教育部國民及學前教育署（下稱國教署）、臺南市政府教育局、臺南市體育處、</w:t>
+        <w:t>案經本院向教育部調卷詳閱，並於110年7月16日邀請教育部體育署（下稱體育署）、教育部國民及學前教育署（下稱國教署）、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>南市政府教育局、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>南市體育處、</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>新竹市政府教育處學務管理科、體育保健科，以及花蓮縣政府教育處學務管理科、體育保健科等相關業務主管人員於線上進行機關簡報視訊會議</w:t>
+        <w:t>新竹市政府教育處學</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>務</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>管理科、體育保健科，以及花蓮縣政府教育處學</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>務</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>管理科、體育保健科等相關業務主管人員</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>於線上進行</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>機關簡報視訊會議</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，復於110年9月7日、110</w:t>
       </w:r>
       <w:r w:rsidR="00F003B8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>10月14日在本</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>院</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>召開2場專家諮詢會議，邀請國立清華大學運動科學系黃煜教授、國立體育大學諮商輔導暨校友服務中心楊孟容主任、長榮大學運動競技學系鍾怡純助理教授、國立高雄師範大學性別教育研究所游美惠教授、國立臺灣大學運動設施與健康管理碩士學位學程蔡秀華副教授、國立臺灣大學體育室曾郁嫻副教授</w:t>
+        <w:t>召開2場專家諮詢會議，邀請國立清華大學運動科學系黃煜教授、國立體育大學諮商輔導暨校友服務中心楊孟容主任、長榮大學運動競技學系鍾怡純助理教授、國立高雄師範大學性別教育研究所游美惠教授、國立臺灣大學運動設施與健康管理碩士學位學程蔡秀華副教授、國立臺灣大學體育室曾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>郁嫻</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>副教授</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>提供專業意見，並於第2場專家諮詢會議邀請國立臺東大學附屬體育高級中學、花蓮縣立體育高級中學及桃園市立壽山高級中學至院簡報；嗣於</w:t>
+        <w:t>提供專業意見，並於第2場專家諮詢會議邀請國立</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>東大學附屬體育高級中學、花蓮縣立體育高級中學及桃園市立壽山高級中學至院簡報；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>嗣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>於</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>110年11月8日</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>詢問教育部林騰蛟次長及</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>體育署、國教署相關業務主管人員，</w:t>
       </w:r>
       <w:r w:rsidR="008969B4" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>業已調查竣事，茲綜整調查意見如下：</w:t>
+        <w:t>業已</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008969B4" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>調查竣事，茲綜整</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008969B4" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>調查意見如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB3048" w:rsidRPr="003C2DF3" w:rsidRDefault="00F309DD" w:rsidP="00BB3048">
+    <w:p w14:paraId="3BDAB4DF" w14:textId="77777777" w:rsidR="00BB3048" w:rsidRPr="003C2DF3" w:rsidRDefault="00F309DD" w:rsidP="00BB3048">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>近年體育班及運動代表隊發生校園性平事件頻傳，</w:t>
       </w:r>
       <w:r w:rsidR="00BB3048" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>依教育部統計數據顯示，</w:t>
       </w:r>
       <w:r w:rsidR="00464BF3" w:rsidRPr="003C2DF3">
         <w:rPr>
@@ -541,84 +697,102 @@
         </w:rPr>
         <w:t>正</w:t>
       </w:r>
       <w:r w:rsidR="00C17DA7" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>視</w:t>
       </w:r>
       <w:r w:rsidR="00BB3048" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>體育班、運動代表隊性別平等事件一再發生之</w:t>
       </w:r>
       <w:r w:rsidR="007A14DA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>警訊，積極研議有效解決對策，以健全國內體育性別平等環境</w:t>
+        <w:t>警訊，積極</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007A14DA" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007A14DA" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>議有效解決對策，以健全國內體育性別平等環境</w:t>
       </w:r>
       <w:r w:rsidR="00F77DFA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00415BDD" w:rsidRPr="003C2DF3" w:rsidRDefault="0004125B" w:rsidP="002B0C0F">
+    <w:p w14:paraId="5059B13E" w14:textId="77777777" w:rsidR="00415BDD" w:rsidRPr="003C2DF3" w:rsidRDefault="0004125B" w:rsidP="002B0C0F">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>經查，</w:t>
       </w:r>
       <w:r w:rsidR="00415BDD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>近年高中職以下各級學校經通報性平事件之相關統計分述如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B0C0F" w:rsidRPr="003C2DF3" w:rsidRDefault="0004125B" w:rsidP="00415BDD">
+    <w:p w14:paraId="1BF17663" w14:textId="77777777" w:rsidR="002B0C0F" w:rsidRPr="003C2DF3" w:rsidRDefault="0004125B" w:rsidP="00415BDD">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>103年</w:t>
       </w:r>
       <w:r w:rsidR="00F240C0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>至110年</w:t>
       </w:r>
       <w:r w:rsidR="00F240C0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -761,274 +935,283 @@
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="002B0C0F" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,949</w:t>
       </w:r>
       <w:r w:rsidR="002B0C0F" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>件</w:t>
       </w:r>
       <w:r w:rsidR="008969B4" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00415BDD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>詳如下表：</w:t>
+        <w:t>詳</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00415BDD" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如下表：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="00464BF3">
+    <w:p w14:paraId="195765CB" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="00464BF3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>近年高中職以下各級學校經通報性平事件之件數</w:t>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="OLE_LINK1"/>
+      <w:bookmarkStart w:id="35" w:name="OLE_LINK1"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(103-110年)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1833"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="1893"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="002841D8">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="452EAC5E" w14:textId="77777777" w:rsidTr="002841D8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="48E8EE91" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>當事人關係</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="2B151801" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>高中職</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="6346A458" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>國中</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="281BB6D6" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>國小</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="4A41F4AD" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>特殊教育學校</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1893" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="5F546EE2" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>通</w:t>
             </w:r>
             <w:r w:rsidRPr="003C2DF3">
@@ -1048,2585 +1231,2678 @@
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>數</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="002841D8">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="57A8A1CA" w14:textId="77777777" w:rsidTr="002841D8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="2A976AF1" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>生對生</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="0DEE5C65" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11,772</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="0C5B550D" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20,806</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="26DA9CB4" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13,548</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="2BBA7C16" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>787</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1893" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="2C37118A" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>46,913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="00E96BA9" w:rsidTr="002841D8">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="00E96BA9" w14:paraId="6F13C7E2" w14:textId="77777777" w:rsidTr="002841D8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="7B53A73C" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E96BA9">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>師對生</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="5343955E" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E96BA9">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,089</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="62C618A1" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E96BA9">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="64ABBE64" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E96BA9">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>806</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="2BB3DD5E" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E96BA9">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1893" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="2E402D3A" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="00E96BA9" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E96BA9">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,949</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="002841D8">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="24C96F0B" w14:textId="77777777" w:rsidTr="002841D8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="64E823AF" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>生對師</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="38ADD0B5" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>284</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="7F2C8B50" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>340</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="6AE97AEA" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="1A1D50C8" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1893" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="71B0C02D" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>770</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="002841D8">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="39A48F18" w14:textId="77777777" w:rsidTr="002841D8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="5EB5B3AA" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>職員工對生</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="7BBA6336" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>205</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="387D0262" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="2ED13581" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="2AFE6FC7" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1893" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="7E12FDEE" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>473</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="002841D8">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="0DB0BB18" w14:textId="77777777" w:rsidTr="002841D8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="79125A77" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>生對職員工</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="502583C3" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="4A3CA57C" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="13A55121" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="4826129D" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1893" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="77A4F0A4" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="002841D8">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="69D55A09" w14:textId="77777777" w:rsidTr="002841D8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="50063067" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>其他</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="187BD176" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="611F60E0" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="0BD45662" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="6C029B61" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1893" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="3B0FD7C4" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="002841D8">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="1ACB40E6" w14:textId="77777777" w:rsidTr="002841D8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="38EBF153" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>合計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="4E95BFC3" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13,398</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="61EA8809" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22,373</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="7D71A632" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14,671</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="0C01BFB5" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>862</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1893" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
+          <w:p w14:paraId="3A2439D4" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="002841D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>51,304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D43A58" w:rsidRPr="003C2DF3" w:rsidRDefault="00D43A58" w:rsidP="00BA2F35">
+    <w:p w14:paraId="02858AF4" w14:textId="77777777" w:rsidR="00D43A58" w:rsidRPr="003C2DF3" w:rsidRDefault="00D43A58" w:rsidP="00BA2F35">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="425" w:hangingChars="193" w:hanging="425"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>註：因教育部「性</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>註</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>：因教育部「性</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>侵</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>害</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>、性騷擾及性霸凌</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+        <w:t>、性騷擾及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>性霸凌</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>事件</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>回覆</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>填</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>報系統</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>」係自103年起建置，爰本案相關統計資料調查期間為103年至本院向教育部調卷後之110年5月19日止。</w:t>
+        <w:t>」係自103年起建置，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>本案相關統計資料調查期間為103年至本院向教育部調卷後之110年5月19日止。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="00D43A58">
+    <w:p w14:paraId="58306C7C" w14:textId="77777777" w:rsidR="00464BF3" w:rsidRPr="003C2DF3" w:rsidRDefault="00464BF3" w:rsidP="00D43A58">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>資料來源：教育部</w:t>
       </w:r>
       <w:r w:rsidR="00D43A58" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>函復。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0004125B" w:rsidRPr="003C2DF3" w:rsidRDefault="0004125B" w:rsidP="00C17426">
+    <w:p w14:paraId="54BEB394" w14:textId="77777777" w:rsidR="0004125B" w:rsidRPr="003C2DF3" w:rsidRDefault="0004125B" w:rsidP="00C17426">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00415BDD" w:rsidRPr="003C2DF3" w:rsidRDefault="00B83F95" w:rsidP="00415BDD">
+    <w:p w14:paraId="32FC2024" w14:textId="77777777" w:rsidR="00415BDD" w:rsidRPr="003C2DF3" w:rsidRDefault="00B83F95" w:rsidP="00415BDD">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>而</w:t>
       </w:r>
       <w:r w:rsidR="00415BDD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>總通報件數中，高級中等以下學校體育班、運動代表隊經通報性平事件為548件，占總通報件數</w:t>
       </w:r>
       <w:r w:rsidR="002517A3" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(5</w:t>
       </w:r>
       <w:r w:rsidR="002517A3" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1,304</w:t>
       </w:r>
       <w:r w:rsidR="002517A3" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00415BDD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之1.06%。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F6AF3" w:rsidRPr="003C2DF3" w:rsidRDefault="004F6AF3" w:rsidP="005C1C32">
+    <w:p w14:paraId="0D69C3B9" w14:textId="77777777" w:rsidR="004F6AF3" w:rsidRPr="003C2DF3" w:rsidRDefault="004F6AF3" w:rsidP="005C1C32">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部於本院詢問後，補充</w:t>
       </w:r>
       <w:r w:rsidR="006D196C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>體育班通報件數及非體育班性平案件通報件數、占比如下：</w:t>
+        <w:t>體育班通報件數及非</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006D196C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>體育班性平</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006D196C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>案件通報件數、占比如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="006D196C">
+    <w:p w14:paraId="2D863DFD" w14:textId="77777777" w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="006D196C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>近年體育班及非體育班通報件數及比率</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002517A3" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>（103-110年)</w:t>
+        <w:t>（</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002517A3" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>103-110年)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="006D196C">
+    <w:p w14:paraId="1204EC14" w14:textId="77777777" w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="006D196C">
       <w:pPr>
         <w:ind w:rightChars="57" w:right="194"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>單位：件數；%</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2145"/>
         <w:gridCol w:w="2103"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="901"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="00467ACB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="1AAF659C" w14:textId="77777777" w:rsidTr="00467ACB">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="00467ACB">
+          <w:p w14:paraId="61E17496" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="00467ACB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>班級類別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="00467ACB">
+          <w:p w14:paraId="2142769C" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="00467ACB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>通報件數總</w:t>
             </w:r>
             <w:r w:rsidR="00467ACB" w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="00467ACB">
+          <w:p w14:paraId="0DCD0987" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="00467ACB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>通報件數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00467ACB" w:rsidP="00467ACB">
+          <w:p w14:paraId="0DF34521" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00467ACB" w:rsidP="00467ACB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>累計</w:t>
             </w:r>
             <w:r w:rsidR="00127FD2" w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>總學生</w:t>
             </w:r>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00467ACB" w:rsidP="00467ACB">
+          <w:p w14:paraId="48AFC899" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00467ACB" w:rsidP="00467ACB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>占比</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="00467ACB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="48FA558F" w14:textId="77777777" w:rsidTr="00467ACB">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="55D9C4D9" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>體育班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="00127FD2">
+          <w:p w14:paraId="1E6194FF" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="00127FD2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
             <w:r w:rsidR="00506425" w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="209DBE26" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">431 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="0032369F">
+          <w:p w14:paraId="5E948488" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="0032369F">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>272,304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="02AD2F40" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="00467ACB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="2D1EA4BA" w14:textId="77777777" w:rsidTr="00467ACB">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="46B12857" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>運動代表隊</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="156576D6" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="708CB26D" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00467ACB" w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00506425" w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="0032369F">
+          <w:p w14:paraId="60A5F2C3" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="0032369F">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>－</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="595F03B9" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>－</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="00467ACB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="31BF6237" w14:textId="77777777" w:rsidTr="00467ACB">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="0BA24938" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:w w:val="80"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:w w:val="80"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>其他與體育相關但非體育班及運動代表隊</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="6BDF8E0E" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="7A59AF6F" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="0032369F">
+          <w:p w14:paraId="5DAC3B5F" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="0032369F">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>－</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
+          <w:p w14:paraId="336E83B4" w14:textId="77777777" w:rsidR="00127FD2" w:rsidRPr="003C2DF3" w:rsidRDefault="00127FD2" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>－</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="00467ACB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="69F0AAA2" w14:textId="77777777" w:rsidTr="00467ACB">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="00127FD2">
+          <w:p w14:paraId="162798F2" w14:textId="77777777" w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="00127FD2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>非</w:t>
             </w:r>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>體育班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="0057375E">
+          <w:p w14:paraId="082341E7" w14:textId="77777777" w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="0057375E">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50,760</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="0032369F">
+          <w:p w14:paraId="4BA3E10E" w14:textId="77777777" w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="0032369F">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17,862,157</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="006D196C">
+          <w:p w14:paraId="68FDC162" w14:textId="77777777" w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="00467ACB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="538DAA61" w14:textId="77777777" w:rsidTr="00467ACB">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="00127FD2">
+          <w:p w14:paraId="50CF077B" w14:textId="77777777" w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="00127FD2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>總計</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="00127FD2">
+          <w:p w14:paraId="315ED27A" w14:textId="77777777" w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="00127FD2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>51,3</w:t>
             </w:r>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="0032369F">
+          <w:p w14:paraId="1DBD4F2A" w14:textId="77777777" w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="0032369F">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18,134,461</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="006D196C">
+          <w:p w14:paraId="0292C49F" w14:textId="77777777" w:rsidR="0057375E" w:rsidRPr="003C2DF3" w:rsidRDefault="0057375E" w:rsidP="006D196C">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="006D196C">
+    <w:p w14:paraId="7CCE21EE" w14:textId="77777777" w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="006D196C">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>註：</w:t>
+        <w:t>註</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="00BA2F35">
+    <w:p w14:paraId="0AF89E60" w14:textId="77777777" w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="00BA2F35">
       <w:pPr>
         <w:pStyle w:val="af7"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:wordWrap w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>總計</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>通報件數，由國教署</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>查該</w:t>
+        <w:t>查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>該</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>部</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>性</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>侵</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>害</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>、性騷擾及性霸凌</w:t>
-      </w:r>
+        <w:t>、性騷擾及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>性霸凌</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>事件</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>回覆</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>填</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
@@ -3656,104 +3932,122 @@
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>計</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>提供</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="00BA2F35">
+    <w:p w14:paraId="7EE0868A" w14:textId="77777777" w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="00BA2F35">
       <w:pPr>
         <w:pStyle w:val="af7"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:wordWrap w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="ae"/>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>總計學生數，依行政院性別平等會重</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>要性別統計資料庫，取自：</w:t>
+        <w:t>要性別統計資料庫，取</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>自</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>：</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="003C2DF3">
           <w:rPr>
             <w:rFonts w:hAnsi="標楷體" w:cs="標楷體"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>https://www.gender.ey.gov.tw/gecdb/Stat_Statistics_DetailData.aspx?sn=7PAA4!%24qz5bRbc7v8RooEw%40%40&amp;d=m9ww9odNZAz2Rc5Ooj%24wIQ%40%40</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="00BA2F35">
+    <w:p w14:paraId="069648C8" w14:textId="77777777" w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="006D196C" w:rsidP="00BA2F35">
       <w:pPr>
         <w:pStyle w:val="af7"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:wordWrap w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>體育班通報件數，體育署於</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
@@ -3763,152 +4057,223 @@
         </w:rPr>
         <w:t>110</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>月調查彙整縣</w:t>
-      </w:r>
+        <w:t>月調查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>彙整縣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>市</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>及國立學校查復結果。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="0077168F" w:rsidP="00BA2F35">
+    <w:p w14:paraId="4E72E2D1" w14:textId="77777777" w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="0077168F" w:rsidP="00BA2F35">
       <w:pPr>
         <w:pStyle w:val="af7"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:wordWrap w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>資料來源：本院彙整自教育部查復資料、</w:t>
+        <w:t>資料來源：</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>本院彙整</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>自教育部查復資料、</w:t>
       </w:r>
       <w:r w:rsidR="00645C82" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>約詢會後補充資料。</w:t>
+        <w:t>約</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00645C82" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>詢</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00645C82" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>會後補充資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0077168F" w:rsidRPr="003C2DF3" w:rsidRDefault="0077168F" w:rsidP="006D196C">
+    <w:p w14:paraId="287454AD" w14:textId="77777777" w:rsidR="0077168F" w:rsidRPr="003C2DF3" w:rsidRDefault="0077168F" w:rsidP="006D196C">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0036731A" w:rsidRPr="003C2DF3" w:rsidRDefault="0077168F" w:rsidP="002517A3">
+    <w:p w14:paraId="11E14824" w14:textId="77777777" w:rsidR="0036731A" w:rsidRPr="003C2DF3" w:rsidRDefault="0077168F" w:rsidP="002517A3">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C2DF3">
-[...4 lines deleted...]
-        <w:t>惟查，教育部對於前開體育班相關統計數據雖表示：「體育班發生性平案件數並未高於其他班別」，然而該部</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>惟查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，教育部對於前開體育班相關統計數據雖表示：「體育班發生性平案件數並未高於其他班別」，然而</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>該部</w:t>
       </w:r>
       <w:r w:rsidR="0057375E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>卻</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>無法掌握</w:t>
+        <w:t>無法</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>掌握</w:t>
       </w:r>
       <w:r w:rsidR="008969B4" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>運動代表隊</w:t>
       </w:r>
       <w:r w:rsidR="008969B4" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="00645C82" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -3948,68 +4313,93 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>發生</w:t>
       </w:r>
       <w:r w:rsidR="0057375E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>性平事件之比率。</w:t>
       </w:r>
       <w:r w:rsidR="00B71EC8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>且教育部</w:t>
       </w:r>
       <w:r w:rsidR="00224398" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>針對體育班、運動代表隊之性平相關通報件數礙於現行回覆填報系統欄位設計，致無法對於體育班、運動代表隊發生性平事件之統計及時掌握，尚須各校回覆實際情形，實有</w:t>
+        <w:t>針對體育班、運動代表隊之性平相關通報</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00224398" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>件數礙於</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00224398" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>現行回覆填報系統欄位設計，致無法對於體育班、運動代表隊發生性平事件之統計及時掌握，尚須各校回覆實際情形，實有</w:t>
       </w:r>
       <w:r w:rsidR="008A57CA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>分類加註</w:t>
-      </w:r>
+        <w:t>分類加</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008A57CA" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>註</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00224398" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之必要。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="0036731A" w:rsidP="003F2D9E">
+    <w:p w14:paraId="0A995803" w14:textId="77777777" w:rsidR="006D196C" w:rsidRPr="003C2DF3" w:rsidRDefault="0036731A" w:rsidP="003F2D9E">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:ind w:leftChars="351" w:left="1704"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本院諮詢專家學者對於性平案件通報件數恐有黑數等情進一步指出：「體</w:t>
       </w:r>
       <w:r w:rsidR="00BC7066" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>育班學生怕通報之後會面臨退隊或被同儕排擠</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -4027,3499 +4417,3610 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r w:rsidR="0057375E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>體育班</w:t>
       </w:r>
       <w:r w:rsidR="008969B4" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="0057375E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>通報案件為0.16%之占比，僅為高級中等以下學校體育專長學生發生性平事件之冰山一角，該部</w:t>
+        <w:t>通報案件為0.16%之占比，僅為高級中等以下學校體育專長學生發生性平事件之冰山一角，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0057375E" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>該部</w:t>
       </w:r>
       <w:r w:rsidR="008969B4" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>實應</w:t>
       </w:r>
       <w:r w:rsidR="0057375E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009A75B1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>體育專長學生之</w:t>
       </w:r>
       <w:r w:rsidR="00BC7066" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>性平事件通報</w:t>
       </w:r>
       <w:r w:rsidR="005C25F0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>案件確實</w:t>
       </w:r>
       <w:r w:rsidR="00543A51" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>掌握</w:t>
       </w:r>
       <w:r w:rsidR="005C25F0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，並</w:t>
       </w:r>
       <w:r w:rsidR="00543A51" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>予以正視</w:t>
       </w:r>
       <w:r w:rsidR="0057375E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00415BDD" w:rsidRPr="003C2DF3" w:rsidRDefault="00BC7066" w:rsidP="005C1C32">
+    <w:p w14:paraId="37D210C8" w14:textId="77777777" w:rsidR="00415BDD" w:rsidRPr="003C2DF3" w:rsidRDefault="00BC7066" w:rsidP="005C1C32">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C2DF3">
-[...4 lines deleted...]
-        <w:t>另，</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>另</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>有關「體育班或運動代表隊校園性平事件當事人關係為教師、教練或學校職員者」之發生件數，該部表示因「校園性侵害性騷擾及性霸凌事件回復填報系統」無相關欄位可進行篩選，爰於本院調查後，始函請各地方政府及國立學校查</w:t>
+        <w:t>有關「體育班或運動代表隊校園性平事件當事人關係為教師、教練或學校職員者」之發生件數，該部表示因「校園性侵害性騷擾及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>性霸凌</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>事件回復填報系統」無相關欄位可進行篩選，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>於本院調查後，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>始函請</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>各地方政府及國立學校查</w:t>
       </w:r>
       <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>復</w:t>
       </w:r>
       <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，復經該部彙整縣（市</w:t>
-      </w:r>
+        <w:t>，復經</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>該部彙整</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>縣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>市</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>及國立學校查復結果，近</w:t>
       </w:r>
       <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>學年體育班或運動代表隊校園性平事件當事人關係為教師、教練或學校職員者，計有</w:t>
       </w:r>
       <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>117</w:t>
       </w:r>
       <w:r w:rsidR="00B83F95" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>件。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0004125B" w:rsidRPr="003C2DF3" w:rsidRDefault="00C17426" w:rsidP="0004125B">
+    <w:p w14:paraId="10DA8A26" w14:textId="77777777" w:rsidR="0004125B" w:rsidRPr="003C2DF3" w:rsidRDefault="00C17426" w:rsidP="0004125B">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>次</w:t>
       </w:r>
       <w:r w:rsidR="002841D8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>查，</w:t>
       </w:r>
       <w:r w:rsidR="00FF4E0F" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本案</w:t>
       </w:r>
       <w:r w:rsidR="002841D8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>統計期間</w:t>
+        <w:t>統計</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002841D8" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>期間</w:t>
       </w:r>
       <w:r w:rsidR="00FF4E0F" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002841D8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>各類運動項目經通報性平事件之運動項目</w:t>
       </w:r>
       <w:r w:rsidR="00FF4E0F" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>前5</w:t>
       </w:r>
       <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>名依序為</w:t>
       </w:r>
       <w:r w:rsidR="002841D8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>田徑100件、棒球85件、籃球43件、柔道38件及跆拳道37件</w:t>
       </w:r>
       <w:r w:rsidR="00FF4E0F" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，詳如下表：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00FF4E0F">
+    <w:p w14:paraId="2AF27DD7" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00FF4E0F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>近年各類運動項目經通報性平事件統計</w:t>
       </w:r>
       <w:r w:rsidR="00FF4E0F" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>件數(103-110年)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af6"/>
         <w:tblW w:w="9341" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1261"/>
         <w:gridCol w:w="1154"/>
         <w:gridCol w:w="1154"/>
         <w:gridCol w:w="1154"/>
         <w:gridCol w:w="1155"/>
         <w:gridCol w:w="1154"/>
         <w:gridCol w:w="1154"/>
         <w:gridCol w:w="1155"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="4ECC3EBF" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="33D27720" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>運動項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="2C30CE2F" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>田徑</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="6762A675" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>棒球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="4E98B7FC" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>籃球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="53D72473" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>柔道</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="7F9E2AD0" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>跆拳道</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="71DD6200" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>射擊</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="55057E54" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>羽球</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="7F80AC05" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="0C900440" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>件數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="0BFFBD15" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="6D057A16" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="06298552" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="01EC60DA" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="644C384D" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="5B18C926" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="60E9AC37" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="38DA4696" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="06542731" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>運動項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="65704184" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>足球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="1E8E4011" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>射箭</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="523CA138" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>排球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="7B01C166" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>舉重</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="0D656104" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>游泳</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="05478CC8" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>拔河</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="24F07C38" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>桌球</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="1DCF1EE2" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="28D2C4F5" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>件數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="38DAA406" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="36D35CC9" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="659B665B" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="15B29B03" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="7FF16F6B" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="6C4C57F3" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="47D6FDB0" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="530FEF1F" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="2DE084B1" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>運動項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="194F43CF" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>五項</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="10E916F2" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>划船</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="592204F9" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>網球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="0925B41B" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>拳擊</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="067B15A7" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>角力</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="3AFA50BB" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>木球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="2FF7DE17" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>軟網</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="2627879A" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="25555F24" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>件數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="572FAA9D" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="5AB12E43" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="5A48A963" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="30972E22" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="32D188CC" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="2B79C7A9" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="79ED7828" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="00F41C64" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="5589D62B" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>運動項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="23EA0471" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>橄欖球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="63B92E34" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>手球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="522E61D9" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>曲棍球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="586C9D51" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>輕艇</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="59DC244F" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>自由車</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="6D69DC83" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>直排輪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="113D8A6C" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>空手道</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="0578484F" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="2FF1E2EC" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>件數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="6D9B5338" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="7AD48EBA" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="47747612" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="59E27E28" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="610EBAC4" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="0D1FE32C" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="1B5ACD07" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="1DDFD542" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="727AAC1A" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>運動項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="6729647E" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>國武術</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="3A012A23" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>龍舟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="59BA5DED" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>擊劍</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="5DB22570" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>體操</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="16531973" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>巧固球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="0D040980" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>武術</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="6EED3A3B" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>飛鏢</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="1447F02E" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="2F050724" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>件數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="6EEFB276" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="7C9E5685" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="616A1DAE" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="3F0195AC" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="3AD7ABD2" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="7EE763F0" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="0DF1E76D" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="39DDAB20" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="26D5D54D" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-20"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>運動項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="7464B479" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>跳高</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="566C8D6D" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>躲避球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="1D7A7806" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>儀隊</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="7E5B4775" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:w w:val="90"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-20"/>
                 <w:w w:val="90"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>競技體操</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="0ED14613" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>壘球</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="0D79F00B" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>不詳</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="19FA7EC2" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005C25F0">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="0E0CD0AA" w14:textId="77777777" w:rsidTr="005C25F0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="07FAAB84" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>件數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="3692A5F8" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="32F5EBB8" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="1F60B668" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="5C426EF9" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="7BA83353" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="7EC5F46E" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:vMerge/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
+          <w:p w14:paraId="0B3F14C7" w14:textId="77777777" w:rsidR="002841D8" w:rsidRPr="003C2DF3" w:rsidRDefault="002841D8" w:rsidP="00467ACB">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF4E0F" w:rsidRPr="003C2DF3" w:rsidRDefault="00FF4E0F" w:rsidP="00FF4E0F">
+    <w:p w14:paraId="1CADD058" w14:textId="77777777" w:rsidR="00FF4E0F" w:rsidRPr="003C2DF3" w:rsidRDefault="00FF4E0F" w:rsidP="00FF4E0F">
       <w:pPr>
         <w:pStyle w:val="af7"/>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="0"/>
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>資料來源：本院</w:t>
       </w:r>
@@ -7546,58 +8047,58 @@
         <w:t>自教育部</w:t>
       </w:r>
       <w:r w:rsidR="00C17426" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>函</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>復資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17426" w:rsidRPr="003C2DF3" w:rsidRDefault="00C17426" w:rsidP="00C17426">
+    <w:p w14:paraId="531E777D" w14:textId="77777777" w:rsidR="00C17426" w:rsidRPr="003C2DF3" w:rsidRDefault="00C17426" w:rsidP="00C17426">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001D4124" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="0089549C">
+    <w:p w14:paraId="52DAE71A" w14:textId="77777777" w:rsidR="001D4124" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="0089549C">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>續查，</w:t>
       </w:r>
       <w:r w:rsidR="001D4124" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>按高級中等以下學校體育班設立辦法第21條第1項規定：「各該主管機關應邀集專家學者、體育團體或法人及相關機關代表，組成訪視小組，赴學校體育班訪視；訪視結果，應作成報告，並由各該主管機關督導學校改進。」本院詢問教育部中央主管機關有無規範訂定統一</w:t>
       </w:r>
       <w:r w:rsidR="00BC3CF8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -7623,105 +8124,155 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>有無</w:t>
       </w:r>
       <w:r w:rsidR="00BC3CF8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>將</w:t>
       </w:r>
       <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>性平教育納入</w:t>
       </w:r>
       <w:r w:rsidR="00BC3CF8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>指標項目，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001D4124" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>俾供</w:t>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001D4124" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>供</w:t>
       </w:r>
       <w:r w:rsidR="00BC3CF8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>各級學校</w:t>
       </w:r>
       <w:r w:rsidR="001D4124" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>遵循等情，惟該部表示：「</w:t>
       </w:r>
       <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>體育署無訂定統一之體育班訪視指標，然體育署</w:t>
+        <w:t>體育署無訂定統一之體育班訪視指標，然</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>體育署</w:t>
       </w:r>
       <w:r w:rsidR="001D4124" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>每年</w:t>
       </w:r>
       <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>會</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001D4124" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>檢送針對國立學校所訂訪視指標供各地方政府參酌採用」、「</w:t>
+        <w:t>檢送針對國立學校</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001D4124" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>所訂訪視</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001D4124" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>指標供各地方政府參酌採用」、「</w:t>
       </w:r>
       <w:r w:rsidR="00AC79D1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>自110年度起，體育署已將</w:t>
+        <w:t>自</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AC79D1" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>110</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AC79D1" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>年度起，體育署已將</w:t>
       </w:r>
       <w:r w:rsidR="00AC79D1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>性別平等教育實施情形納入國立學校體育班訪視指標項目</w:t>
       </w:r>
       <w:r w:rsidR="001D4124" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="00AC79D1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>等語</w:t>
       </w:r>
       <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
         <w:rPr>
@@ -7744,114 +8295,148 @@
         </w:rPr>
         <w:t>後續仍待地方政府</w:t>
       </w:r>
       <w:r w:rsidR="00F31EC3" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>及</w:t>
       </w:r>
       <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>各級學校遵循並落實</w:t>
       </w:r>
       <w:r w:rsidR="00BC3CF8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC3CF8" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="0089549C">
+    <w:p w14:paraId="32E0B17B" w14:textId="77777777" w:rsidR="00BC3CF8" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="0089549C">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本院於110年7月16日</w:t>
       </w:r>
       <w:r w:rsidR="00E22709" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>請</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部</w:t>
       </w:r>
       <w:r w:rsidR="00E22709" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>就「高級中等以下學校體育班、運動代表隊性平相關規範」</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C2DF3">
-[...4 lines deleted...]
-        <w:t>於線上進行機關簡報視訊會議，並請該部針對「近10年高中職以下各級學校性平事件之原因」進行分析，該部說明略以：</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>於線上進行</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>機關簡報視訊會議，並請該部針對「近10年高中職以下各級學校性平事件之原因」進行分析，該部說明略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="00F77DFA">
+    <w:p w14:paraId="710577C6" w14:textId="77777777" w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="00F77DFA">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>本案統計期間</w:t>
+        <w:t>本案統計</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>期間</w:t>
       </w:r>
       <w:r w:rsidR="00E22709" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>高中職以下各級學校經通報性平事件總通報件數為51</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>304件，</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>屬於「生對生」案件數</w:t>
@@ -7937,51 +8522,51 @@
         </w:rPr>
         <w:t>分際</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>超過」</w:t>
       </w:r>
       <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>及</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>「情感教育與自我保護意識不足」等原因，該部表示未來將更積極落實校園預防機制，透過各種教育，加強性平教育宣導。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="00F77DFA">
+    <w:p w14:paraId="79D0DAB1" w14:textId="77777777" w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="00F77DFA">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>至運動教練</w:t>
       </w:r>
       <w:r w:rsidR="00837107" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>與</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -7991,171 +8576,203 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>發生性平事件之原因</w:t>
       </w:r>
       <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>分析</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>略以：</w:t>
+        <w:t>略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="00F77DFA">
+    <w:p w14:paraId="5C62AA91" w14:textId="77777777" w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="00F77DFA">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教練在訓練時無法掌握訓練尺度</w:t>
       </w:r>
       <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，致</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>造成糾紛與困擾。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00324DC1" w:rsidP="00F77DFA">
+    <w:p w14:paraId="503656AA" w14:textId="77777777" w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00324DC1" w:rsidP="00F77DFA">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教練與學生間權力不平等，教練可能會以升學為由威脅學生做出違反倫理道德之情事</w:t>
       </w:r>
       <w:r w:rsidR="00F77DFA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，學生因為權力不平等而不敢反抗。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00324DC1" w:rsidP="00F77DFA">
+    <w:p w14:paraId="4FA7975E" w14:textId="77777777" w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00324DC1" w:rsidP="00F77DFA">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>學生與教練相處時間比與</w:t>
       </w:r>
       <w:r w:rsidR="00F77DFA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家人</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>相</w:t>
       </w:r>
       <w:r w:rsidR="00F77DFA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>處時間還長，學生容易對教練產生情感依賴及崇拜，並與男女情愛混淆。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="00F77DFA">
+    <w:p w14:paraId="6B66C24B" w14:textId="77777777" w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="00F77DFA">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>教練法律知識不足，時常用以前所受的教育模式施加於現在的學生，進而</w:t>
       </w:r>
       <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>觸法還不自知</w:t>
+        <w:t>觸法還</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00324DC1" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>自知</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054734C" w:rsidRPr="003C2DF3" w:rsidRDefault="0054734C" w:rsidP="004F6AF3">
+    <w:p w14:paraId="6038AC95" w14:textId="77777777" w:rsidR="0054734C" w:rsidRPr="003C2DF3" w:rsidRDefault="0054734C" w:rsidP="004F6AF3">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>另查，</w:t>
       </w:r>
       <w:r w:rsidR="0088369E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>國際奧林匹克委員會（</w:t>
       </w:r>
       <w:r w:rsidR="0088369E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>International Olympic Committee</w:t>
@@ -8283,51 +8900,67 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>IOC</w:t>
       </w:r>
       <w:r w:rsidR="00521DEE" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>運動員保護手冊）提及</w:t>
       </w:r>
       <w:r w:rsidR="0088369E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>「為了防範運動中的騷擾與虐待，我們必須了解騷擾與虐待會對運動員產生何種影響。此外，對於例如刑事紀錄審查和行為守則規範等防範機制之實證研究越多，就越有助於設立有效的運動員安全保護政策與程序</w:t>
+        <w:t>「為了防範運動中的騷擾與虐待，我們必須了解騷擾與虐待會對運動員產生何種影響。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>此外，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>對於例如刑事紀錄審查和行為守則規範等防範機制之實證研究越多，就越有助於設立有效的運動員安全保護政策與程序</w:t>
       </w:r>
       <w:r w:rsidR="00E22709" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>學者</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -8370,73 +9003,87 @@
       <w:r w:rsidR="00ED7377" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>指出，</w:t>
       </w:r>
       <w:r w:rsidR="00ED7377" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>運動</w:t>
       </w:r>
       <w:r w:rsidR="00ED7377" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>教練與學生間</w:t>
+        <w:t>教練與</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00ED7377" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>學生間</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>較</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>易</w:t>
       </w:r>
       <w:r w:rsidR="00ED7377" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>發生特殊依賴關係，因</w:t>
-      </w:r>
+        <w:t>發生</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00ED7377" w:rsidRPr="003C2DF3">
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>特殊依賴關係，因</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7377" w:rsidRPr="003C2DF3">
+        <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>須</w:t>
       </w:r>
       <w:r w:rsidR="00ED7377" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>訓練及比賽</w:t>
       </w:r>
       <w:r w:rsidR="00ED7377" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之緣故</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，教練與運</w:t>
       </w:r>
       <w:r w:rsidR="00ED7377" w:rsidRPr="003C2DF3">
@@ -8592,51 +9239,67 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>（103</w:t>
       </w:r>
       <w:r w:rsidR="00BD13A2" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:r w:rsidR="00E22709" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidR="00BD13A2" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>研究亦指出略以，運動場域中之侵犯是教練對於運動員的</w:t>
+        <w:t>研究亦指出略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BD13A2" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD13A2" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，運動場域中之侵犯是教練對於運動員的</w:t>
       </w:r>
       <w:r w:rsidR="00BD1AAE" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>權力展現，並且是一種蓄意且長期才能達到的過程。</w:t>
       </w:r>
       <w:r w:rsidR="003D145A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本院諮詢專家學者亦提及：「</w:t>
       </w:r>
       <w:r w:rsidR="007A6A05" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教練若濫用</w:t>
       </w:r>
       <w:r w:rsidR="003D145A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -8677,131 +9340,156 @@
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>時，就會造成</w:t>
       </w:r>
       <w:r w:rsidR="003D145A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>權力濫用」</w:t>
       </w:r>
       <w:r w:rsidR="007A6A05" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、「體育圈的權威、層級次文化明</w:t>
       </w:r>
       <w:r w:rsidR="007A6A05" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>顯，體育性平事件裡男對男、生對生的案子很多是與這個次文化相關</w:t>
+        <w:t>顯，體育性平</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007A6A05" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>事件裡男對</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007A6A05" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>男、生對生的案子很多是與這個次文化相關</w:t>
       </w:r>
       <w:r w:rsidR="005C25F0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="007A6A05" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>且因為非常尊敬學長、教練，一旦</w:t>
       </w:r>
       <w:r w:rsidR="005C25F0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>發生</w:t>
       </w:r>
       <w:r w:rsidR="007A6A05" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>性平事件</w:t>
       </w:r>
       <w:r w:rsidR="008E0E1C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>或</w:t>
       </w:r>
       <w:r w:rsidR="007A6A05" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>身體自主權被侵犯</w:t>
       </w:r>
       <w:r w:rsidR="008E0E1C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>時，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007A6A05" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>有時更講不出來</w:t>
+        <w:t>有時更講不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007A6A05" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>出來</w:t>
       </w:r>
       <w:r w:rsidR="008E0E1C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」、「體育界有其固有文化，教練與選手確實存在權力關係，然而教練有權力不是不好，只是教練對使用權力</w:t>
       </w:r>
       <w:r w:rsidR="005C25F0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidR="008E0E1C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>合宜性應有拿捏」。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="00F77DFA">
+    <w:p w14:paraId="7941BB59" w14:textId="77777777" w:rsidR="00F77DFA" w:rsidRPr="003C2DF3" w:rsidRDefault="00F77DFA" w:rsidP="00F77DFA">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>綜上，</w:t>
       </w:r>
       <w:r w:rsidR="00E22709" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>近年體育班及運動代表隊發生校園性平事件頻傳，依教育部統計數據顯示，自103年迄今高級中等以下學校體育班、運動代表隊經通報性平事件共計54</w:t>
       </w:r>
       <w:r w:rsidR="00E22709" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
@@ -8817,61 +9505,77 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>發生</w:t>
       </w:r>
       <w:r w:rsidR="0051068A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>件</w:t>
       </w:r>
       <w:r w:rsidR="00774820" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>數較多</w:t>
       </w:r>
       <w:r w:rsidR="00E22709" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>；教育部允應正視體育班、運動代表隊性別平等事件一再發生之警訊，積極研議有效解決對策，以健全國內體育性別平等環境</w:t>
+        <w:t>；教育部允應正視體育班、運動代表隊性別平等事件一再發生之警訊，積極</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E22709" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E22709" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>議有效解決對策，以健全國內體育性別平等環境</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009118EA" w:rsidRPr="003C2DF3" w:rsidRDefault="009118EA" w:rsidP="003F2D9E">
+    <w:p w14:paraId="69BD42C3" w14:textId="77777777" w:rsidR="009118EA" w:rsidRPr="003C2DF3" w:rsidRDefault="009118EA" w:rsidP="003F2D9E">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部</w:t>
       </w:r>
       <w:r w:rsidR="00632240" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>目前僅</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
@@ -9113,51 +9817,69 @@
         </w:rPr>
         <w:t>管理，並</w:t>
       </w:r>
       <w:r w:rsidR="00614BCF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對運動教練進行教育訓練，</w:t>
       </w:r>
       <w:r w:rsidR="00B87AEA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>以維護學校運動訓練環境及學生權益</w:t>
       </w:r>
       <w:r w:rsidR="00A06FEE" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>；另，</w:t>
+        <w:t>；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A06FEE" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>另</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A06FEE" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00295606" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對於專任運動教練之性別平等課程手冊</w:t>
       </w:r>
       <w:r w:rsidR="00D51691" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>過於簡</w:t>
       </w:r>
@@ -9185,246 +9907,410 @@
         </w:rPr>
         <w:t>且內容</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>允應</w:t>
       </w:r>
       <w:r w:rsidR="00D51691" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>與時俱進</w:t>
       </w:r>
       <w:r w:rsidR="00882AFD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，俾符實際</w:t>
+        <w:t>，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00882AFD" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00882AFD" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>符實際</w:t>
       </w:r>
       <w:r w:rsidR="002024DB" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C34B02" w:rsidRPr="003C2DF3" w:rsidRDefault="00C34B02" w:rsidP="005C1C32">
+    <w:p w14:paraId="1CB70F61" w14:textId="77777777" w:rsidR="00C34B02" w:rsidRPr="003C2DF3" w:rsidRDefault="00C34B02" w:rsidP="005C1C32">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>依國民體育法第16條規定：「（第1項）專任運動教練之任用，依教育人員任用條例之規定；其資格、待遇、服勤、職責、解聘、停聘、不續聘、申訴、福利、進修、成績考核、獎懲、年資晉薪及其他權益事項之辦法，由中央主管機關定之。專任運動教練</w:t>
+        <w:t>依國民體育法第16條規定：「（第1項）專任運動教練之任用，依教育人員任用條例之規定；其資格、待遇、服勤、職責、解聘、停聘、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>續聘、申訴、福利、進修、成績考核、獎懲、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>年資晉薪及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>其他權益事項之辦法，由中央主管機關定之。專任運動教練</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>之退休、撫卹、離職、資遣等事項，依教育人員相關規定辦理。（第2項）專任運動教練任用滿3年，經專任運動教練績效評量委員會評量其服務成績不通過者，不予續聘。績效評量委員會之組成及審核相關規定，由</w:t>
+        <w:t>之退休、撫</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>卹</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>、離職、資遣等事項，依教育人員相關規定辦理。（第2項）專任運動教練任用滿3年，經專任運動教練績效評量委員會評量其服務成績不通過者，不予續聘。績效評量委員會之組成及審核相關規定，由</w:t>
       </w:r>
       <w:r w:rsidR="005C1C32" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>中央主管機關定之。」爰此，教育部為國民體育法之中央主管機關，對</w:t>
+        <w:t>中央主管機關定之。」</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005C1C32" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005C1C32" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>此，教育部為國民體育法之中央主管機關，對</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>專任運動教練之</w:t>
       </w:r>
       <w:r w:rsidR="005C1C32" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>聘任及</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>管理負有輔導管理之責。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002542DD" w:rsidRPr="003C2DF3" w:rsidRDefault="00C34B02" w:rsidP="007B053D">
+    <w:p w14:paraId="35D5BC3A" w14:textId="77777777" w:rsidR="002542DD" w:rsidRPr="003C2DF3" w:rsidRDefault="00C34B02" w:rsidP="007B053D">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>次</w:t>
       </w:r>
       <w:r w:rsidR="00506CE4" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>依各級學校專任運動教練聘任管理辦法</w:t>
+        <w:t>依各</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00506CE4" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>級學校專任運動教練聘任管理辦法</w:t>
       </w:r>
       <w:r w:rsidR="00B71D2E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>第13條至</w:t>
       </w:r>
       <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00B71D2E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>條，對於</w:t>
       </w:r>
       <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r w:rsidR="00B71D2E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>專任運動教練違反性別平等事件</w:t>
       </w:r>
       <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>」定有解聘、不續聘及停聘等態樣及規定</w:t>
-      </w:r>
+        <w:t>」定有解聘、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>續聘及停聘等</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>態樣及規定</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B71D2E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>第18條對於「不適任教育人員之通報」定有：「……學校聘任專任運動教練前，應查詢其有無第16條規定之情形，已聘任者，應定期查詢</w:t>
+        <w:t>第18條對於「不適任教育人員之通報」定有：「…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>學校聘任專任運動教練前，應查詢其有無第16條規定之情形，已聘任者，應定期查詢</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>……」等規定；又</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>」等規定；又</w:t>
       </w:r>
       <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>第29條對於「專任運動教練訓練及進修」定有</w:t>
       </w:r>
       <w:r w:rsidR="00B71D2E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>：「專任運動教練在職期間，應積極進修研究與其訓練指導有關之知能；其進修時數，每年至少18</w:t>
+        <w:t>：「專任運動教練在職</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B71D2E" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>期間，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B71D2E" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>應積極進修研究與其訓練指導有關之知能；其進修時數，每年至少18</w:t>
       </w:r>
       <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>小時以上，並取得證明</w:t>
       </w:r>
       <w:r w:rsidR="00B71D2E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="007B053D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之規定</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00933C0A" w:rsidRPr="003C2DF3" w:rsidRDefault="00933C0A" w:rsidP="00AB0EE6">
+    <w:p w14:paraId="63A2DB8E" w14:textId="77777777" w:rsidR="00933C0A" w:rsidRPr="003C2DF3" w:rsidRDefault="00933C0A" w:rsidP="00AB0EE6">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:vanish/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:specVanish/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>經查，</w:t>
       </w:r>
       <w:r w:rsidR="0079365E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本院於110年11月8日詢問教育部對於</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -9464,64 +10350,82 @@
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>條規定，教職員工之職前教育、新進人員培訓、在職進修及教育行政主管人員之儲訓課程，應納入性別平等教育之內</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」、「</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00933C0A" w:rsidRPr="003C2DF3" w:rsidRDefault="008C0027" w:rsidP="00AB0EE6">
+    <w:p w14:paraId="79CDB24C" w14:textId="77777777" w:rsidR="00933C0A" w:rsidRPr="003C2DF3" w:rsidRDefault="008C0027" w:rsidP="00AB0EE6">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>另依據校園性侵害性騷擾或性霸凌防治準則</w:t>
+        <w:t>另依據校園性侵害性騷擾或</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>性霸凌</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>防治準則</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>條第</w:t>
       </w:r>
@@ -9533,67 +10437,121 @@
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>款及第</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>款規定，學校應積極推動校園性侵害、性騷擾及性霸凌防治教育，以提升教職員工生尊重他人與自己性或身體自主之知能，針對教職員工生，每年定期舉辦校園性侵害、性騷擾及性霸凌防治之教育宣導活動，並評鑑其實施成效，利用多元管道，公告周知</w:t>
+        <w:t>款規定，學校應積極推動校園性侵害、性騷擾及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>性霸凌</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>防治教育，以提升教職員工生尊重他人與自己性或身體自主之知能，針對教職員工生，每年定期舉辦校園性侵害、性騷擾及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>性霸凌</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>防治之教育宣導活動，並評鑑其實施成效，利用多元管道，公告周知</w:t>
       </w:r>
       <w:r w:rsidR="00105246" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>該</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>準則所規範之事項，並納入教職員工聘約及學生手冊</w:t>
+        <w:t>準則所規範之事項，並納入</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教職員工聘約</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>及學生手冊</w:t>
       </w:r>
       <w:r w:rsidR="00E30074" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>」、「</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>另為有效輔導特定體育</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>團體建立教練授證制度，各級教練增能進修課程必須安排至少</w:t>
@@ -9607,155 +10565,278 @@
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00E30074" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>節性平課程</w:t>
       </w:r>
       <w:r w:rsidR="00933C0A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>等語。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00933C0A" w:rsidRPr="003C2DF3" w:rsidRDefault="00E30074" w:rsidP="00A66D34">
+    <w:p w14:paraId="633DF409" w14:textId="77777777" w:rsidR="00933C0A" w:rsidRPr="003C2DF3" w:rsidRDefault="00E30074" w:rsidP="00A66D34">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>再查，</w:t>
       </w:r>
       <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部對於非專任運動教練之規定係以</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>109年9月9</w:t>
       </w:r>
       <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C2DF3">
-[...4 lines deleted...]
-        <w:t>臺教授</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>教授</w:t>
       </w:r>
       <w:r w:rsidR="002B6B34" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>體字第10990030662</w:t>
       </w:r>
       <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>號通函</w:t>
       </w:r>
       <w:r w:rsidR="002B6B34" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>各級學校，</w:t>
       </w:r>
       <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>除編制內專任運動教練依其管理辦法規定外，另包括學校以其他方式進用或運用之運動教練，如涉及對學生疑有性侵害、性騷擾或性霸凌事件時，學校均應確實依性別平等教育法、校園性侵害性騷擾或性霸凌</w:t>
-      </w:r>
+        <w:t>除編制內專任運動教練依其管理辦法規定外，另包括學校以其他方式進用或運用之運動教練，如涉及對學生</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>疑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>有性侵害、性騷擾或</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>性霸凌</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>事件時，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>學校均應確實</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>依性別平等教育法、校園性侵害性騷擾或</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>性霸凌</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>防治</w:t>
       </w:r>
       <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>準則及該部相關函釋規定，進行校安通報、調查及處理（調查期間應依規定停聘），並依其調查結果及決議，適用各該人員之相關法令或管理規範，辦理後續懲處、解聘、停聘、不續聘及不適任人員通報等事宜。</w:t>
+        <w:t>準則及該部相關函釋規定，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>進行校安通報</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>、調查及處理（調查期間應依規定停聘），並依其調查結果及決議，適用各該人員之相關法令或管理規範，辦理後續懲處、解聘、停聘、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>續聘及不適任人員通報等事宜。</w:t>
       </w:r>
       <w:r w:rsidR="00A66D34" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>以上足徵</w:t>
-      </w:r>
+        <w:t>以上足</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A66D34" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>徵</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008C0027" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，教育部對</w:t>
       </w:r>
       <w:r w:rsidR="00A66D34" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>於非專任運動教練之管理僅於違反性別平等事件時有解聘、不續聘及停聘等相關規定，然而對於</w:t>
+        <w:t>於非專任運動教練之管理僅於違反性別平等事件時有解聘、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A66D34" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A66D34" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>續聘及停聘等相關規定，然而對於</w:t>
       </w:r>
       <w:r w:rsidR="00A06FEE" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>非</w:t>
       </w:r>
       <w:r w:rsidR="0079365E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>專任運動教練之性別</w:t>
       </w:r>
       <w:r w:rsidR="00A66D34" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>平等教育並無</w:t>
       </w:r>
       <w:r w:rsidR="0079365E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -9763,224 +10844,336 @@
         </w:rPr>
         <w:t>相關</w:t>
       </w:r>
       <w:r w:rsidR="00A66D34" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>規範，</w:t>
       </w:r>
       <w:r w:rsidR="0079365E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對於非專任運動教練之</w:t>
       </w:r>
       <w:r w:rsidR="00A66D34" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>監督管理密度顯然不足。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F2ACF" w:rsidRPr="003C2DF3" w:rsidRDefault="00F76DD1" w:rsidP="005F2ACF">
+    <w:p w14:paraId="5AC7E2CC" w14:textId="77777777" w:rsidR="005F2ACF" w:rsidRPr="003C2DF3" w:rsidRDefault="00F76DD1" w:rsidP="005F2ACF">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>另查，教育部編有「專任運動教練訓練輔導及性</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>平意識Q&amp;A</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」宣導手冊，</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>於專任運動教練研習時發放，供教練及學校參考利用。然查，該手冊內容過於簡</w:t>
+        <w:t>於專任運動教練研習時發放，供教練及學校參考利用。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>然查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，該手冊內容過於簡</w:t>
       </w:r>
       <w:r w:rsidR="006259A5" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>化</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，且超過半數篇幅為專任運動教練相關法令，性別平等教材所占篇幅甚少；該部於本院110年11月8日詢問時</w:t>
+        <w:t>，且超過半數篇幅為專任運動教練相關法令，性別平等教材所占篇幅甚少；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>該部於本</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>院110年11月8日詢問時</w:t>
       </w:r>
       <w:r w:rsidR="0079365E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>進一步</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>表示，「</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>為提高運動教練及體育教師對性騷擾、性侵害、性霸凌或性別平等、身體自主意識，教育部於</w:t>
-      </w:r>
+        <w:t>為提高運動教練及體育教師對性騷擾、性侵害、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>性霸凌或</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>性別平等、身體自主意識，教育部於</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>101</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年編修『校園性侵害或性騷擾防治與輔導實務手冊</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>身體活動指導篇』，惟內文法條變更及為讓內容更合時宜，目前該手冊刻正辦理修正作業</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>」等語。爰此，教育部提供運動教練之性別平等教育之相關教材，內容允宜與時俱進，並研酌是否將近年發生於體育班及運動代表隊之個案</w:t>
+        <w:t>」等語。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>此，教育部提供運動教練之性別平等教育之相關教材，內容允宜與時俱進，並</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>酌是否將近年發生於體育班及運動代表隊之個案</w:t>
       </w:r>
       <w:r w:rsidR="005F2ACF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>以去識別化方式呈現，以貼近體育選手、教練之生命經驗。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A610A" w:rsidRPr="003C2DF3" w:rsidRDefault="009A610A" w:rsidP="00B87AEA">
+    <w:p w14:paraId="41548AAB" w14:textId="77777777" w:rsidR="009A610A" w:rsidRPr="003C2DF3" w:rsidRDefault="009A610A" w:rsidP="00B87AEA">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:leftChars="200"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>綜上，</w:t>
       </w:r>
       <w:r w:rsidR="0079365E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部目前僅對於專任運動教練定有各級學校專任運動教練聘任管理辦法，對於非專任運動教練之管理卻僅以函釋公告，相關監督管理密度猶顯不足，且對於非專任運動教練之性別平等教育亦無相關教育訓練規範，教育部允宜正視此情，強化運動教練之性別意識及相關法令知識；</w:t>
       </w:r>
       <w:r w:rsidR="00B87AEA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>又，各級學校校長及學校行政團隊應落實校園內</w:t>
       </w:r>
       <w:r w:rsidR="00614BCF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>體育班及運動團隊之監督管理，並對運動教練進行教育訓練</w:t>
       </w:r>
       <w:r w:rsidR="00B87AEA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，以維護學校運動訓練環境及學生權益；另，</w:t>
+        <w:t>，以維護學校運動訓練環境及學生權益；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B87AEA" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>另</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B87AEA" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="0079365E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>教育部對於專任運動教練之性別平等課程手冊過於簡化，且內容允應與時俱進，俾符實際</w:t>
+        <w:t>教育部對於專任運動教練之性別平等課程手冊過於簡化，且內容允應與時俱進，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0079365E" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0079365E" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>符實際</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E02E67" w:rsidRPr="003C2DF3" w:rsidRDefault="009053FE" w:rsidP="00324358">
+    <w:p w14:paraId="6358A4CD" w14:textId="77777777" w:rsidR="00E02E67" w:rsidRPr="003C2DF3" w:rsidRDefault="009053FE" w:rsidP="00324358">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:ind w:leftChars="101" w:left="1024" w:hanging="680"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>據教育部統計資料顯示，</w:t>
       </w:r>
       <w:r w:rsidR="0083437E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>高級中等以下學校之體育班及體育代表隊，</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
@@ -9998,115 +11191,189 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>計有2</w:t>
       </w:r>
       <w:r w:rsidR="0083437E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>44</w:t>
       </w:r>
       <w:r w:rsidR="0083437E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>所學校提供住宿，其中國民小學占38所、</w:t>
       </w:r>
       <w:r w:rsidR="005D6EDF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>國民中學及高級中學國中部占107所，</w:t>
+        <w:t>國民中學及高級中學</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005D6EDF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>國中部占107所</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005D6EDF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>亦</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>即</w:t>
       </w:r>
       <w:r w:rsidR="005D6EDF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>義務教育階段共計有145所學校體育班及體育代表隊提供住宿</w:t>
       </w:r>
       <w:r w:rsidR="00C1471C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，占全部體育班及體育代表隊之6成</w:t>
-      </w:r>
+        <w:t>，占全部體育班及體育代表隊之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C1471C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6成</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AB36EC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，與教育部函復本院表示「國民小學、國民中學體育班以不住宿為原則」之政策方向，洵有出入</w:t>
+        <w:t>，與教育部函復本院表示「國民小學、國民中學體育班以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AB36EC" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>不住宿</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AB36EC" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>為原則」之政策方向，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AB36EC" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>洵</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AB36EC" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>有出入</w:t>
       </w:r>
       <w:r w:rsidR="005D6EDF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E02E67" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>然</w:t>
       </w:r>
       <w:r w:rsidR="005D6EDF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>查，教育部僅對於高級中等學校</w:t>
+        <w:t>查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005D6EDF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，教育部僅對於高級中等學校</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>定有相關宿舍管理規定，</w:t>
       </w:r>
       <w:r w:rsidR="00DA2378" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>而</w:t>
       </w:r>
       <w:r w:rsidR="004F1CFE" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>在</w:t>
       </w:r>
@@ -10377,145 +11644,212 @@
       </w:r>
       <w:r w:rsidR="006259A5" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>該部</w:t>
       </w:r>
       <w:r w:rsidR="00AB15A6" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>國民及學前教育署</w:t>
       </w:r>
       <w:r w:rsidR="00B87AEA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>積極改善，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D10C44" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>俾維護學生住宿安全。</w:t>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D10C44" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>維護學生住宿安全。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004351E2" w:rsidRPr="003C2DF3" w:rsidRDefault="00651110" w:rsidP="005C1C32">
+    <w:p w14:paraId="5AB72EC7" w14:textId="77777777" w:rsidR="004351E2" w:rsidRPr="003C2DF3" w:rsidRDefault="00651110" w:rsidP="005C1C32">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>經查，</w:t>
       </w:r>
       <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>據</w:t>
       </w:r>
       <w:r w:rsidR="004351E2" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部</w:t>
       </w:r>
       <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>查復本院高級中等以下學校體育班、運動代表隊有住宿情形之統計</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>資料</w:t>
       </w:r>
       <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>，經彙整各縣（市)及國立學校查復結果</w:t>
+        <w:t>，經彙整各縣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>市)及國立學校查復結果</w:t>
       </w:r>
       <w:r w:rsidR="004351E2" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidR="004351E2" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>顯示，高級中等以下學校之體育班及體育代表隊，目前計有244所學校提供住宿，其中國民小學占38所、國民中學及高級中學國中部占107所，</w:t>
       </w:r>
       <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>亦</w:t>
       </w:r>
       <w:r w:rsidR="004351E2" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>即義務教育階段共計有145所學校體育班及體育代表隊提供住宿，占全部體育班及體育代表隊之6成</w:t>
-[...6 lines deleted...]
-        <w:t>。與教育部函復本院表示「國民小學、國民中學體育班以不住宿為原則」之政策方向，洵有出入。</w:t>
+        <w:t>即義務教育階段共計有145所學校體育班及體育代表隊提供住宿，占全部體育班及體育代表隊之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004351E2" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6成</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>。與教育部函復本院表示「國民小學、國民中學體育班以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>不住宿</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>為原則」之政策方向，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>洵</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>有出入。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00810AEC" w:rsidRPr="003C2DF3" w:rsidRDefault="00AB36EC" w:rsidP="005C1C32">
+    <w:p w14:paraId="408A6E1F" w14:textId="77777777" w:rsidR="00810AEC" w:rsidRPr="003C2DF3" w:rsidRDefault="00AB36EC" w:rsidP="005C1C32">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>次</w:t>
       </w:r>
       <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>查，</w:t>
       </w:r>
       <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -10546,66 +11880,98 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidR="000B341E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>日以前，報各該主管機關核准。……（第3項）學校提供體育班學生住宿、膳食或交通者，應依第1項規定擬訂相關計畫，報各該主管機關核准。」</w:t>
+        <w:t>日以前，報各該主管機關核准。…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00810AEC" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>（第3項）學校提供體育班學生住宿、膳食或交通者，應依第1項規定擬訂相關計畫，報各該主管機關核准。」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00651110" w:rsidRPr="003C2DF3" w:rsidRDefault="002C7B2C" w:rsidP="005C1C32">
+    <w:p w14:paraId="19AF6F55" w14:textId="77777777" w:rsidR="00651110" w:rsidRPr="003C2DF3" w:rsidRDefault="002C7B2C" w:rsidP="005C1C32">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>本院於110年7月16日請體育署、國教署於線上進行機關簡報視訊會議，針對「高級中等以下學校體育班、運動代表隊學生宿舍管理」一節，該部表示，「</w:t>
+        <w:t>本院於110年7月16日請體育署、國教署</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>於線上進行</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>機關簡報視訊會議，針對「高級中等以下學校體育班、運動代表隊學生宿舍管理」一節，該部表示，「</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>高級中等學校教育階段，依據</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>『</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>高級中等學校設備基準</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
@@ -10706,555 +12072,790 @@
         <w:t>作為規範</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，各地方政府得本權責自行訂定其所屬學校學生住宿管理規範，或參考前揭注意事項定之</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="00663823" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>等語。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB36EC" w:rsidRPr="003C2DF3" w:rsidRDefault="00651110" w:rsidP="005C1C32">
+    <w:p w14:paraId="7A4EE212" w14:textId="77777777" w:rsidR="00AB36EC" w:rsidRPr="003C2DF3" w:rsidRDefault="00651110" w:rsidP="005C1C32">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C2DF3">
-[...4 lines deleted...]
-        <w:t>惟查，依據</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>惟查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，依據</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>高級中等以下學校體育班設立辦法</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>第7條第2項規定，學校提供體育班學生住宿、膳食或交通者，應擬訂相關計畫，報各該主管機關核准。</w:t>
       </w:r>
       <w:r w:rsidR="00AB36EC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>然而，</w:t>
       </w:r>
       <w:r w:rsidR="00AB36EC" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>在國民小學及國民中學等義務教育階段，學校提供體育班學生住宿者，僅須將體育班設立計畫送各縣市主管機關核准，對於宿舍管理、員額編制標準則付之闕如。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F50E9D" w:rsidRPr="003C2DF3" w:rsidRDefault="00D54737" w:rsidP="00F50E9D">
+    <w:p w14:paraId="3F43D6B5" w14:textId="77777777" w:rsidR="00F50E9D" w:rsidRPr="003C2DF3" w:rsidRDefault="00D54737" w:rsidP="00F50E9D">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本院於1</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年10月14日邀請國立臺東大學附屬體育高級中學(含國中部)簡報該校之體育班管理現況</w:t>
+        <w:t>年10月14日邀請國立</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>東大學附屬體育高級中學(含國中部)簡報該校之體育班管理現況</w:t>
       </w:r>
       <w:r w:rsidR="009044F5" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>經本院調查發現，該校近5年共發生81件通報案件，其中最大宗為「生對生」76件，其次為「師對生」3件、次之分別為「職員對生」1件、「生對師」1件</w:t>
       </w:r>
       <w:r w:rsidR="008E4228" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。相關分析如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D54737" w:rsidRPr="003C2DF3" w:rsidRDefault="00F50E9D" w:rsidP="00F50E9D">
+    <w:p w14:paraId="2890B57F" w14:textId="77777777" w:rsidR="00D54737" w:rsidRPr="003C2DF3" w:rsidRDefault="00F50E9D" w:rsidP="00F50E9D">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>近年（106年至110年）</w:t>
       </w:r>
       <w:r w:rsidR="005D4C31" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>發生件數：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="00F50E9D">
+    <w:p w14:paraId="528F9783" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="00F50E9D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>國立臺東大學附屬體育高級中學(含國中部)經通報性平案件數</w:t>
+        <w:t>國立</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>東大學附屬體育高級中學(含國中部)經通報性平案件數</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1472"/>
         <w:gridCol w:w="1472"/>
         <w:gridCol w:w="1472"/>
         <w:gridCol w:w="1472"/>
         <w:gridCol w:w="1473"/>
         <w:gridCol w:w="1473"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005D4C31">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="1DA558AE" w14:textId="77777777" w:rsidTr="005D4C31">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="69B45647" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="465ECBE4" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>106年度</w:t>
+              <w:t>106</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C2DF3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>年度</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="3DC0CB76" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>107年度</w:t>
+              <w:t>107</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C2DF3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>年度</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="284A3B58" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>108年度</w:t>
+              <w:t>108</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C2DF3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>年度</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="42D371C4" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>109年度</w:t>
+              <w:t>109</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C2DF3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>年度</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="44C03B07" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>110年度</w:t>
+              <w:t>110</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C2DF3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>年度</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005D4C31">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="1E2BFC6F" w14:textId="77777777" w:rsidTr="005D4C31">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="6B47DC95" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>件數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="3EE62402" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="1E003F83" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="0A9155D1" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="0495E282" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+          <w:p w14:paraId="051F55D2" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
+    <w:p w14:paraId="187FE912" w14:textId="77777777" w:rsidR="005D4C31" w:rsidRPr="003C2DF3" w:rsidRDefault="005D4C31" w:rsidP="005D4C31">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>資料來源：本院整理自國立臺東大學附屬體育高級中學簡報資料。</w:t>
+        <w:t>資料來源：本院整理自國立</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>東大學附屬體育高級中學簡報資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D54737" w:rsidRPr="003C2DF3" w:rsidRDefault="00D54737" w:rsidP="001A4E45">
+    <w:p w14:paraId="7E1D1A99" w14:textId="77777777" w:rsidR="00D54737" w:rsidRPr="003C2DF3" w:rsidRDefault="00D54737" w:rsidP="001A4E45">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F50E9D" w:rsidRPr="003C2DF3" w:rsidRDefault="00F50E9D" w:rsidP="00F46992">
+    <w:p w14:paraId="3D924F3A" w14:textId="77777777" w:rsidR="00F50E9D" w:rsidRPr="003C2DF3" w:rsidRDefault="00F50E9D" w:rsidP="00F46992">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>該校代表針對性平事件發生頻繁之因表示略以：該校住宿學生年齡層橫跨國一至高三，且初離開原生家庭，有情感上之需求，造成該校性平案件一再發生，爰此宿舍管理人之角色相當重要。該校學生住宿達8成，且是原住民重點學校，既非偏遠學校，也不是非山非市學校，然而到臺東市區須30分鐘，根據規定只能聘任2位宿舍管理員。但</w:t>
+        <w:t>該校代表針對性平事件發生頻繁之因表示略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>：該校住宿學生年齡層橫跨國</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>至高</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>三</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，且初離開原生家庭，有情感上之需求，造成該校性平案件一再發生，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>此宿舍管理人之角色相當重要。該校學生住宿達</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8成</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，且是原住民重點學校，既非偏遠學校，也</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>是非山非市學校，然而到</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>東市區須30分鐘，根據規定只能聘任2位宿舍管理員。但</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>是體育學校假日學生每週都有留宿訓練的問題，因此假日都必須有宿舍管理員值班，因而造成每天都只有1位舍監值勤，須照顧320位</w:t>
       </w:r>
       <w:r w:rsidR="00AB15A6" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>住宿學生。如果能有解套方式，</w:t>
       </w:r>
       <w:r w:rsidR="00AB15A6" w:rsidRPr="003C2DF3">
         <w:rPr>
@@ -11319,94 +12920,142 @@
         </w:rPr>
         <w:t>或許</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>也可以降低學生住宿時性平事件</w:t>
       </w:r>
       <w:r w:rsidR="00AB15A6" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>發生。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F50E9D" w:rsidRPr="003C2DF3" w:rsidRDefault="004C5A63" w:rsidP="00F46992">
+    <w:p w14:paraId="30F6306C" w14:textId="77777777" w:rsidR="00F50E9D" w:rsidRPr="003C2DF3" w:rsidRDefault="004C5A63" w:rsidP="00F46992">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>該校為目前唯一一所國立體育單類科完全中學，迄今已培育許多優秀運動競技人才，</w:t>
+        <w:t>該校為目前唯一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>所國立</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>體育單類科</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>完全中學，迄今已培育許多優秀運動競技人才，</w:t>
       </w:r>
       <w:r w:rsidR="00F50E9D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>針對</w:t>
       </w:r>
       <w:r w:rsidR="00D54737" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>國立臺東大學附屬體育高級中學性平案件層出不窮等情，</w:t>
+        <w:t>國立</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D54737" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D54737" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>東大學附屬體育高級中學性平案件層出不窮等情，</w:t>
       </w:r>
       <w:r w:rsidR="001A4E45" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部允宜</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>予以重視。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00810AEC" w:rsidRPr="003C2DF3" w:rsidRDefault="00AB36EC" w:rsidP="00553718">
+    <w:p w14:paraId="6FAC7C98" w14:textId="77777777" w:rsidR="00810AEC" w:rsidRPr="003C2DF3" w:rsidRDefault="00AB36EC" w:rsidP="00553718">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>另查，</w:t>
       </w:r>
       <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>因體育專長學生常有至外地集訓或比賽之住宿需求，據</w:t>
       </w:r>
       <w:r w:rsidR="00553718" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -11493,72 +13142,120 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>運動比賽中會出現騷擾與虐待之</w:t>
       </w:r>
       <w:r w:rsidR="00521DEE" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>高風</w:t>
       </w:r>
       <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>險情形：如外地比賽住宿或發生在置物間及更衣室……」。</w:t>
+        <w:t>險情形：如外地比賽住宿或發生在置</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>物間及更衣室</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0039255C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>」。</w:t>
       </w:r>
       <w:r w:rsidR="00395282" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本院諮詢專家學者</w:t>
       </w:r>
       <w:r w:rsidR="00553718" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>亦</w:t>
       </w:r>
       <w:r w:rsidR="00395282" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>指出：「建議可以建立第三管理人制，</w:t>
+        <w:t>指出：「建議可以建立第三管理</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00395282" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>人制</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00395282" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00AB15A6" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>當</w:t>
       </w:r>
       <w:r w:rsidR="00395282" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教練自己帶選手至外地住宿比賽</w:t>
       </w:r>
       <w:r w:rsidR="00AB15A6" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>時</w:t>
       </w:r>
       <w:r w:rsidR="00395282" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -11617,219 +13314,414 @@
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>相關校外住宿規範或指引，該部表示，「目前尚未有地方政府自行訂定規範，僅依據體育班設立辦法，由學校擬定住宿管理計畫後，由各該縣市政府核定備查」、「</w:t>
       </w:r>
       <w:r w:rsidR="00FC2D4C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>如需至外地集訓或比賽時，則依據教育部國民中小學校園安全手冊之校外安全管理之相關規範或指引等相關規定辦理」</w:t>
       </w:r>
       <w:r w:rsidR="00FC2D4C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>等語</w:t>
       </w:r>
       <w:r w:rsidR="00FC2D4C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>。惟查，該手冊</w:t>
+        <w:t>。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FC2D4C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>惟查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FC2D4C" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，該手冊</w:t>
       </w:r>
       <w:r w:rsidR="00FC2D4C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>並未特別針對體育班在外地訓練或比賽住宿時教練與學生之互動規範，</w:t>
       </w:r>
       <w:r w:rsidR="00FC2D4C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>顯見體育專長學生至</w:t>
       </w:r>
       <w:r w:rsidR="00FC2D4C" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>外地集訓或比賽目前仍缺乏相關住宿規範或指引。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B1510" w:rsidRPr="003C2DF3" w:rsidRDefault="00FC2D4C" w:rsidP="009B1510">
+    <w:p w14:paraId="4734B97F" w14:textId="77777777" w:rsidR="009B1510" w:rsidRPr="003C2DF3" w:rsidRDefault="00FC2D4C" w:rsidP="009B1510">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>綜上，</w:t>
       </w:r>
       <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>據教育部統計資料顯示，高級中等以下學校之體育班及體育代表隊，目前計有244所學校提供住宿，其中國民小學占38所、國民中學及高級中學國中部占107所，亦即義務教育階段共計有145所學校體育班及體育代表隊提供住宿，占全部體育班及體育代表隊之6成，與教育部函復本院表示「國民小學、國民中學體育班以不住宿為原則」之政策方向，洵有出入；然查，教育部僅對於高級中等學校定有相關宿舍管理規定，而在義務教育階段提供體育班學生住宿之學校，僅須將體育班設立計畫送各縣市主管機關核准，對於宿舍管理、員額編制標準等內容則付之闕如；且部分學校體育班因宿舍管理人員配置不符實需，致性平案件層出不窮等情，教育部允宜正視體育專長學生之住宿需求，就體育班宿舍環境及宿舍管理人員進行盤點，以提升校園空間安全；另體育專長學生常有至外地集訓或比賽之住宿需求，惟仍缺乏相關住宿規範或指引，為落實防治性別平等事件，</w:t>
+        <w:t>據教育部統計資料顯示，高級中等以下學校之體育班及體育代表隊，目前計有244所學校提供住宿，其中國民小學占38所、國民中學及高級中學</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>國中部占107所</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，亦即義務教育階段共計有145所學校體育班及體育代表隊提供住宿，占全部體育班及體育代表隊之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6成</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，與教育部函復本院表示「國民小學、國民中學體育班以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>不住宿</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>為原則」之政策方向，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>洵</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>有出入；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>然查</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，教育部僅對於高級中等學校定有相關宿舍管理規定，而在義務教育階段提供體育班學生住宿之學校，僅須將體育班設立計畫送各縣市主管機關核准，對於宿舍管理、員額編制標準等內容則付之闕如；且部分學校體育班因宿舍管理人員配置不符實需，致性平案件層出不窮等情，教育部允宜正視體育專長學生之住宿需求，就體育班宿舍環境及宿舍管理人員進行盤點，以提升校園空間安全；另體育專長學生常有至外地集訓或比賽之住宿需求，惟仍缺乏相關住宿規範或指引，為落實防治性別平等事件，</w:t>
       </w:r>
       <w:r w:rsidR="00B87AEA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部允應整合</w:t>
       </w:r>
       <w:r w:rsidR="00926CA7" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>該</w:t>
       </w:r>
       <w:r w:rsidR="00B87AEA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>部體育署及</w:t>
       </w:r>
       <w:r w:rsidR="00926CA7" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>該</w:t>
       </w:r>
       <w:r w:rsidR="00B87AEA" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>部國教署積極改善，</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>俾維護學生住宿安全。</w:t>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>維護學生住宿安全。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009118EA" w:rsidRPr="003C2DF3" w:rsidRDefault="00E53DD4" w:rsidP="006069FF">
+    <w:p w14:paraId="4CBD14BA" w14:textId="77777777" w:rsidR="009118EA" w:rsidRPr="003C2DF3" w:rsidRDefault="00E53DD4" w:rsidP="006069FF">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>體育班及運動代表隊學生年齡較輕，即進入具有長時間訓練、肢體碰觸頻繁及比賽外地住宿等性質之求學情境，又因訓練及生活緊密結合，衍伸與教練特殊依賴關係，發展成學長制等特殊權力不對等社會文化結構，實與普通班學生存在殊異性，爰教育部對於體育班及運動代表隊學生之性平教育實施方式，允宜參考國際經驗，如德國即提供指南予該國運動協會，明確指出不同運動項目應不同管理，尤針對「身體接觸」、</w:t>
-      </w:r>
+        <w:t>體育班及運動代表隊學生年齡較輕，即進入具有長時間訓練、肢體碰觸頻繁及比賽外地住宿等性質之求學情境，又因訓練及生活緊密結合，衍伸與教練特殊依賴關係，發展成學長制等特殊權力不對等社會文化結構，實與普通班學生存在殊異性，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>教育部對於體育班及運動代表隊學生之性平教育實施方式，允宜參考國際經驗，如德國即提供指南予該國運動協會，明確指出不同運動項目應不同管理，尤針對「身體接觸」、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>「運動空間」、「特殊依賴關係」等三面向，應進行風險評估，並採取必要措施。是以，建請教育部研酌加強性別議題講座或進行入班案例宣導，俾強化體育選手身體自主權及性別意識；教育部對於性平案件頻繁發生之學校允宜加強輔導，</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="37" w:name="_Hlk90995641"/>
+        <w:t>「運動空間」、「特殊依賴關係」等三面向，應進行風險評估，並採取必要措施。是</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，建請教育部</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>酌加強性別議題講座或進行入班案例宣導，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>強化體育選手身體自主權及性別意識；教育部對於性平案件頻繁發生之學校允宜加強輔導，</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="_Hlk90995641"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>並運用</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="_Hlk90995684"/>
+      <w:bookmarkStart w:id="37" w:name="_Hlk90995684"/>
       <w:r w:rsidR="006A35D0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>青少年可接受的方式</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，提高體育選手之性平資訊可及性</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，使性別平等教育之概念融入訓練過程，以提升</w:t>
       </w:r>
       <w:r w:rsidR="00251894" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>學生性別意識</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>；又，教育部體育署、教育部國民及學前教育署允宜屏除本位主義，以利進行國民基本教育階段體育選手之資源整合，共同關注體育選手性別平等議題。</w:t>
+        <w:t>；又，教育部體育署、教育部國民及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>學前教育署允宜</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>屏除本位主義，以利進行國民基本教育階段體育選手之資源整合，共同關注體育選手性別平等議題。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00547AB0" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00547AB0">
+    <w:p w14:paraId="0CD10A60" w14:textId="77777777" w:rsidR="00547AB0" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00547AB0">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>依據</w:t>
       </w:r>
       <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>性別平等教育法第1</w:t>
       </w:r>
       <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>7</w:t>
@@ -11845,209 +13737,321 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>五</w:t>
       </w:r>
       <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年制前</w:t>
       </w:r>
       <w:r w:rsidR="00FA7DEF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>三</w:t>
       </w:r>
       <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>年應將性別平等教育融入課程。」次依性侵害犯罪防治法第</w:t>
-      </w:r>
+        <w:t>年應將性別平等教育融入課程。」</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>次依性</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>侵害犯罪防治法第</w:t>
+      </w:r>
+      <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>條規定：「（第1項）各級中小學每學年應至少有4小時以上之性侵害防治教育課程。（第2項）前項所稱性侵害防治教育課程應包括：兩性性器官構造與功能；安全性行為與自我保護性知識；性別平等之教育；正確性心理之建立；對他人性自由之尊重；性侵害犯罪之認識；性侵害危機之處理；性侵害防範之技巧；其他與性侵害有關之教育。（第</w:t>
-      </w:r>
+        <w:t>條規定：「（第1項）各級中小學每學年應至少有4小時以上之性侵害防治教育課程。（第2項）前項</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>所稱性侵害</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>防治教育課程應包括：兩性性器官構造與功能；安全性行為與自我保護性知識；性別平等之教育；正確性心理之建立；對他人性自由之尊重；性侵害犯罪之認識；性侵害危機之處理；性侵害防範之技巧；其他與性侵害有關之教育。（第</w:t>
+      </w:r>
+      <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>項）</w:t>
       </w:r>
       <w:r w:rsidR="00547AB0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>第1項教育課程，學校應運用多元方式進行教學。」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00547AB0" w:rsidRPr="003C2DF3" w:rsidRDefault="00547AB0" w:rsidP="00BD5465">
+    <w:p w14:paraId="4A87C071" w14:textId="77777777" w:rsidR="00547AB0" w:rsidRPr="003C2DF3" w:rsidRDefault="00547AB0" w:rsidP="00BD5465">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>經查，</w:t>
       </w:r>
       <w:r w:rsidR="00716B53" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部對於體育班之學生所實施之性平教育</w:t>
       </w:r>
       <w:r w:rsidR="00992FCF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>時數或課程</w:t>
       </w:r>
       <w:r w:rsidR="00716B53" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>與普通班相較，並無不同之處</w:t>
+        <w:t>與</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00716B53" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>普通班相較</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00716B53" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，並無不同之處</w:t>
       </w:r>
       <w:r w:rsidR="00992FCF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>。該部函復本院表示</w:t>
+        <w:t>。該</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00992FCF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>部函復本</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00992FCF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>院表示</w:t>
       </w:r>
       <w:r w:rsidR="00701518" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>體育班學生與普通班學生之差異僅在課程部分（體育班學生每週</w:t>
       </w:r>
       <w:r w:rsidR="00701518" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00701518" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>至</w:t>
       </w:r>
       <w:r w:rsidR="00701518" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00701518" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>節體育專業課程）餘其他學習及所受學生輔導權利均應與普通班學生一致</w:t>
+        <w:t>節體育專業課程）餘其他學習及所受學生輔導</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00701518" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>權利均應與</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00701518" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>普通班學生一致</w:t>
       </w:r>
       <w:r w:rsidR="00D31D25" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。然而，</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>體育班及運動代表隊具有長時間訓練、肢體碰觸頻繁及比賽外地住宿等性質，</w:t>
       </w:r>
       <w:r w:rsidR="00D31D25" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>體育班</w:t>
       </w:r>
       <w:r w:rsidR="00D31D25" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>與</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>普通班確實存在</w:t>
       </w:r>
       <w:r w:rsidR="00D31D25" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>殊異性，教育部允宜予以正視，並研酌對於體育班及運動代表隊學生之性平教育實施方式是否加強性別議題講座或進行入班案例宣導，俾強化體育選手身體自主權及性別意識。</w:t>
+        <w:t>殊異性，教育部允宜予以正視，並</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D31D25" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D31D25" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>酌對於體育班及運動代表隊學生之性平教育實施方式是否加強性別議題講座或進行入班案例宣導，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D31D25" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D31D25" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>強化體育選手身體自主權及性別意識。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A839AD" w:rsidRPr="003C2DF3" w:rsidRDefault="0065539B" w:rsidP="0065539B">
+    <w:p w14:paraId="54EE9866" w14:textId="77777777" w:rsidR="00A839AD" w:rsidRPr="003C2DF3" w:rsidRDefault="0065539B" w:rsidP="0065539B">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>次</w:t>
       </w:r>
       <w:r w:rsidR="00A839AD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>查，本院諮詢學者指出：「</w:t>
       </w:r>
       <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -12174,150 +14178,246 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>利用青少年可觸及</w:t>
       </w:r>
       <w:r w:rsidR="006259A5" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidR="00123DAD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>多媒體，</w:t>
       </w:r>
       <w:r w:rsidR="00A408DF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>告訴孩子遇到狀況被欺負時，可以尋求誰幫助，如此或許可以減少體育班性平事件之問題</w:t>
+        <w:t>告訴孩子遇到狀況被欺負時，可以尋求誰幫助，如此或許可以減少</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A408DF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>體育班性平</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A408DF" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>事件之問題</w:t>
       </w:r>
       <w:r w:rsidR="00A839AD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="00A408DF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、「要以親近學生的媒體，例如漫畫</w:t>
       </w:r>
       <w:r w:rsidR="00AE3854" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>帶領他們理解求助管道</w:t>
       </w:r>
       <w:r w:rsidR="00A408DF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>、「給國中小學生看可能要用動畫，讓他們理解身體界線不能跨越的」等建議。爰此，教育部允宜研酌運用網路社群媒體，提高青少年體育選手之</w:t>
+        <w:t>、「給國中小學生看可能要用動畫，讓他們理解身體界線不能跨越的」等建議。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>此，教育部允宜</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>酌運用網路社群媒體，提高青少年體育選手之</w:t>
       </w:r>
       <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對於性平</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>資訊</w:t>
       </w:r>
       <w:r w:rsidR="009B1510" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>可及性，使性別平等教育之概念融入訓練過程，以提升教學效果。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="0065539B" w:rsidP="00BD5465">
+    <w:p w14:paraId="605969BA" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="0065539B" w:rsidP="00BD5465">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>又</w:t>
       </w:r>
       <w:r w:rsidR="00D31D25" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>查，</w:t>
       </w:r>
       <w:r w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>本院於110年7月16日邀請臺南市政府教育局、臺南市體育處於線上進行機關簡報視訊會議</w:t>
+        <w:t>本院於110年7月16日邀請</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>南市政府教育局、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>南市體育</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>處於線上進行</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>機關簡報視訊會議</w:t>
       </w:r>
       <w:r w:rsidR="008220B9" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，並請</w:t>
       </w:r>
       <w:r w:rsidR="006259A5" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>其</w:t>
       </w:r>
       <w:r w:rsidR="008220B9" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>針對</w:t>
       </w:r>
       <w:r w:rsidR="005B5A6D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -12371,465 +14471,730 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>改善情形提出說明，該局所提相關積極改善作為</w:t>
       </w:r>
       <w:r w:rsidR="006259A5" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="005B5A6D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>可供其他</w:t>
       </w:r>
       <w:r w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>地方政府參考略以：</w:t>
+        <w:t>地方政府參考略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00295082">
+    <w:p w14:paraId="6139FB41" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00295082">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>強化教師專業倫理：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
+    <w:p w14:paraId="0868E208" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>研發性別平等教育教案，由國民教育輔導團性別平等議題團研發並公開網頁</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，供教師教學</w:t>
       </w:r>
       <w:r w:rsidR="00F127F3" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>及學生自由下載</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>參考，並納入課程計畫每學期至</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>少1節課。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
+    <w:p w14:paraId="3AB3F239" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>製作性別平等法規彙編：強化校長、教師、教練及相關人員法律知能。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00295082">
+    <w:p w14:paraId="246039B8" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00295082">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>每年辦理性平法律知能及教材教學研習：針對校長、教師及教練、長期協助校內事務人員、舍監等對象，提升法律知能。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00295082">
+    <w:p w14:paraId="1A93067D" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00295082">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>落實學生自我保護：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
+    <w:p w14:paraId="156C9732" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>落實法定性別平等及性侵害防治教育：每學年實施性別平等教育相關課程或活動8小時及性侵害防治課程4小時。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
+    <w:p w14:paraId="01F10BF8" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>強化自我保護及尊重他人身體自主權：公告周知性平事件舉報專線與關懷信箱，並製作宣導貼紙讓學生黏貼聯絡簿，提供求助資訊。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
+    <w:p w14:paraId="1764E26B" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>友善校園週入班宣導：每學期初開學(3月及9月)進行1至9年級性別平等入班宣導課程，並填寫回饋單落實學生評量及反映是否自身有類似事件。</w:t>
+        <w:t>友善校園</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>週</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>入班宣導：每學期初開學(3月及9月)進行1至9年級性別平等入班宣導課程，並填寫回饋單落實學生評量及反映是否自身有類似事件。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
+    <w:p w14:paraId="144ED4A1" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>實施校園生活問卷：每學期4月及10月，針對國小高年級及國中1-3年級進行線上性別平等自覺問卷，讓學生更具隱密性可反應是否有類似事件。</w:t>
+        <w:t>實施校園生活問卷：每學期4月及10月，針對國小高年級及國中1-3年級</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>進行線上性別</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>平等自覺問卷，讓學生更具隱密性可反應是否有類似事件。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
+    <w:p w14:paraId="2F3FDFFC" w14:textId="77777777" w:rsidR="00EA0AB3" w:rsidRPr="003C2DF3" w:rsidRDefault="00EA0AB3" w:rsidP="00716B53">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>熱點學校及重大事件宣導：每學期依校安通報量或性平事件樣態等，由該市學生輔導諮商中心擇定熱點學校，由心理師到校進行學生性平宣導。</w:t>
+        <w:t>熱點學校及重大事件宣導：每學期</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>依校安通報</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>量或性平事件</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>樣態等</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，由該市學生輔導諮商中心擇定熱點學校，由心理師到校進行學生性平宣導。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD5465" w:rsidRPr="003C2DF3" w:rsidRDefault="0054734C" w:rsidP="003B2F8D">
+    <w:p w14:paraId="40808291" w14:textId="77777777" w:rsidR="00BD5465" w:rsidRPr="003C2DF3" w:rsidRDefault="0054734C" w:rsidP="003B2F8D">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>另查，</w:t>
       </w:r>
       <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>各國在運動性平教育之國際比較，以德國為例</w:t>
       </w:r>
       <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>為例</w:t>
       </w:r>
       <w:r w:rsidR="00BD5465" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD5465" w:rsidRPr="003C2DF3" w:rsidRDefault="00BD5465" w:rsidP="00BD5465">
+    <w:p w14:paraId="1D1DBB1C" w14:textId="77777777" w:rsidR="00BD5465" w:rsidRPr="003C2DF3" w:rsidRDefault="00BD5465" w:rsidP="00BD5465">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>德</w:t>
       </w:r>
       <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>國北萊茵西華邦邦政府和邦運動聯盟自1996年起共同推動「沉默保護犯錯的人</w:t>
-      </w:r>
+        <w:t>國北</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>萊茵西</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>華</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>邦邦</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>政府和</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>邦</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>運動聯盟自1996年起共同推動「沉默保護犯錯的人</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Schweigen schützt die Falschen </w:t>
-      </w:r>
+        <w:t>Schweigen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>schützt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> die </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Falschen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>）」</w:t>
       </w:r>
       <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>之計畫，除透過法律對運動協會、運動社團等進行約束外，自2014</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年起聯邦政府亦陸續出版家長、男孩、女孩等各領域之指南，期在人員方面，從協會</w:t>
       </w:r>
       <w:r w:rsidR="003B2F8D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>到教練、家長及學生，沒有人在面對性騷擾、性侵害事件時可置身事外，這些指南內容針對不同的對象提供了明確的具體協助</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD5465" w:rsidRPr="003C2DF3" w:rsidRDefault="00BD5465" w:rsidP="00BD5465">
+    <w:p w14:paraId="189FF120" w14:textId="77777777" w:rsidR="00BD5465" w:rsidRPr="003C2DF3" w:rsidRDefault="00BD5465" w:rsidP="00BD5465">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>以德國提供給運動協會之指南</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>為例，開宗明義直接闡述性暴力防治之重要性，並將相關法條臚列於指南手冊，並點明不同的運動項目，運動特性與訓練方式均不相同，主管單位宜對不同運動項目進行「身體接觸」</w:t>
+        <w:t>為例，開宗明義直接闡述性暴力防治之重要性，並將相關法條</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臚</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>列於指南手冊，並點明不同的運動項目，運動特性與訓練</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>方式均不相同</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，主管單位宜對不同運動項目進行「身體接觸」</w:t>
       </w:r>
       <w:r w:rsidR="00EC349A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>「運動空間」</w:t>
       </w:r>
       <w:r w:rsidR="00EC349A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>「特殊依賴關係」等3項進行風險評估，並採取必要措施，俾使導致性平事件之因素降至最低。</w:t>
+        <w:t>「特殊依賴關係」等3項進行風險評估，並採取必要措施，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>使導致性平事件之因素降至最低。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00260367" w:rsidRPr="003C2DF3" w:rsidRDefault="00260367" w:rsidP="009770F5">
+    <w:p w14:paraId="4AF204D5" w14:textId="77777777" w:rsidR="00260367" w:rsidRPr="003C2DF3" w:rsidRDefault="00260367" w:rsidP="009770F5">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>德國北萊茵西華邦邦政府考量男</w:t>
+        <w:t>德國北</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>萊茵西</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>華</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>邦邦</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>政府考量男</w:t>
       </w:r>
       <w:r w:rsidR="00EC349A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>童</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>與女</w:t>
       </w:r>
       <w:r w:rsidR="00EC349A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>童</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>在運動的場域都有可能遇到的騷擾行為，但因性別</w:t>
       </w:r>
       <w:r w:rsidR="00EC349A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>差異而會發生</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>不同事件模式，爰依男</w:t>
+        <w:t>不同事件模式，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>依男</w:t>
       </w:r>
       <w:r w:rsidR="00EC349A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>童</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>與女</w:t>
       </w:r>
       <w:r w:rsidR="00EC349A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -12901,145 +15266,235 @@
         <w:t>童「什麼是性暴力」、「可能發生之情境」、「如何應對（包含現</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>場反應與尋求協助）」，並依性別提供不同的「諮詢熱線」，讓</w:t>
       </w:r>
       <w:r w:rsidR="00EC349A" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>學</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>童清楚知道可獲得協助。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0065539B" w:rsidRPr="003C2DF3" w:rsidRDefault="00A839AD" w:rsidP="0065539B">
+    <w:p w14:paraId="41B03FA9" w14:textId="77777777" w:rsidR="0065539B" w:rsidRPr="003C2DF3" w:rsidRDefault="00A839AD" w:rsidP="0065539B">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>綜上</w:t>
       </w:r>
       <w:r w:rsidR="00F127F3" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>體育班及運動代表隊學生年齡較輕，即進入具有長時間訓練、肢體碰觸頻繁及比賽外地住宿等性質之求學情境，又因訓練及生活緊密結合，衍伸與教練特殊依賴關係，發展成學長制等特殊權力不對等社會文化結構，實與普通班學生存在殊異性，爰教育部對於體育班及運動代表隊學生之性平教育實施方式，允宜參考國際經驗，如德國即提供指南予該國運動協會，明確指出不同運動項目應不同管理，尤針對「身體接觸」、「運動空間」、「特殊依賴關係」等三面向，應進行風險評估，並採取必要措施。是以，建請教育部研酌加強性別議題講座或進行入班案例宣導，俾強化體育選手身體自主權及性別意識；教育部對於性平案件頻繁發生之學校允宜加強輔導，</w:t>
+        <w:t>體育班及運動代表隊學生年齡較輕，即進入具有長時間訓練、肢體碰觸頻繁及比賽外地住宿等性質之求學情境，又因訓練及生活緊密結合，衍伸與教練特殊依賴關係，發展成學長制等特殊權力不對等社會文化結構，實與普通班學生存在殊異性，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>教育部對於體育班及運動代表隊學生之性平教育實施方式，允宜參考國際經驗，如德國即提供指南予該國運動協會，明確指出不同運動項目應不同管理，尤針對「身體接觸」、「運動空間」、「特殊依賴關係」等三面向，應進行風險評估，並採取必要措施。是</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，建請教育部</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>酌加強性別議題講座或進行入班案例宣導，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>俾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>強化體育選手身體自主權及性別意識；教育部對於性平案件頻繁發生之學校允宜加強輔導，</w:t>
       </w:r>
       <w:r w:rsidR="006A35D0" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>並運用青少年可接受的方式，提高體育選手之性平資訊可及性</w:t>
       </w:r>
       <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，使性別平等教育之概念融入訓練過程，以提升</w:t>
       </w:r>
       <w:r w:rsidR="00251894" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>學生性別意識</w:t>
       </w:r>
       <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>；又，教育部體育署、教育部國民及學前教育署允宜屏除本位主義，以利進行國民基本教育階段體育選手之資源整合，共同關注體育選手性別平等議題</w:t>
+        <w:t>；又，教育部體育署、教育部國民及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>學前教育署允宜</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C4AC7" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>屏除本位主義，以利進行國民基本教育階段體育選手之資源整合，共同關注體育選手性別平等議題</w:t>
       </w:r>
       <w:r w:rsidR="0065539B" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B4667" w:rsidRPr="003C2DF3" w:rsidRDefault="00377691" w:rsidP="00694F41">
+    <w:p w14:paraId="21871FE5" w14:textId="77777777" w:rsidR="007B4667" w:rsidRPr="003C2DF3" w:rsidRDefault="00377691" w:rsidP="00694F41">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>為落實</w:t>
       </w:r>
       <w:r w:rsidR="009A75B1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>十二年國民基本教育課程綱要</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>應授基本能力，兼顧體育訓練正常化，確保學生基本學力，</w:t>
+        <w:t>應授基本</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>能力，兼顧體育訓練正常化，確保學生基本學力，</w:t>
       </w:r>
       <w:r w:rsidR="009A75B1" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部</w:t>
       </w:r>
       <w:r w:rsidR="00CB2A9B" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>於110年</w:t>
       </w:r>
       <w:r w:rsidR="003F2D9E" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
@@ -13077,57 +15532,67 @@
       </w:r>
       <w:r w:rsidR="00ED38E5" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，明定國民小學、國民中學，每日訓練時數，至多以3小時為限；高級中等學校，每日訓練時數，至多以3</w:t>
       </w:r>
       <w:r w:rsidR="00370E95" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>小時為原則</w:t>
       </w:r>
       <w:r w:rsidR="00A712D7" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，高級中等以下學校運動代表隊注意事項亦於同年配合修正；</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0034085B" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>惟教學現場</w:t>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0034085B" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>教學現場</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>實際</w:t>
       </w:r>
       <w:r w:rsidR="00482AE5" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>執行</w:t>
       </w:r>
       <w:r w:rsidR="00ED38E5" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>情形，仍有待該部確實督導</w:t>
       </w:r>
@@ -13279,104 +15744,200 @@
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>打造</w:t>
       </w:r>
       <w:r w:rsidR="002940CF" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我國優質運動人才培育環境</w:t>
       </w:r>
       <w:r w:rsidR="00C6377F" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00637595" w:rsidRPr="003C2DF3" w:rsidRDefault="00637595" w:rsidP="00694F41">
+    <w:p w14:paraId="57DF6470" w14:textId="77777777" w:rsidR="00637595" w:rsidRPr="003C2DF3" w:rsidRDefault="00637595" w:rsidP="00694F41">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>依教育部103年11月28日發布之「十二年國民基本教育課程綱要總綱」</w:t>
       </w:r>
       <w:r w:rsidR="00042B57" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>八、</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>附則</w:t>
       </w:r>
       <w:r w:rsidR="00042B57" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>（四）</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>：「依據特殊教育法、國民體育法、藝術教育法及相關法規，特殊教育學生與體育班、藝術才能班及科學班等特殊類型班級學生之部定及校訂課程均得彈性調整（包含學習節數</w:t>
+        <w:t>：「依據特殊教育法、國民體育法、藝術教育法及相關法規，特殊教育學生與體育班、藝術才能班及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>科學班</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>等特殊類型班級學生</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>之部定及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>校訂</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>課程均得彈性</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>調整（包含學習節數</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>學分數配置比例與學習內容），並得於校訂課程開設特殊需求領域課程，惟不應減少學習總節數。……體育班……課程規劃應送學校課程發展委員會審議。特殊類型教育課程綱要或實施規範，參照</w:t>
+        <w:t>學分數配置比例與學習內容），並得於校訂課程開設特殊需求領域課程，惟不應減少</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>學習總節數</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>。…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>體育班…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>課程規劃應送學校課程發展委員會審議。特殊類型教育課程綱要或實施規範，參照</w:t>
       </w:r>
       <w:r w:rsidR="008335B8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>『</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>十二年國民基本教育課程綱要總綱</w:t>
       </w:r>
       <w:r w:rsidR="008335B8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>』</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -13415,51 +15976,51 @@
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>應有</w:t>
       </w:r>
       <w:r w:rsidR="00BA44F9" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>知識、能力與態度</w:t>
       </w:r>
       <w:r w:rsidR="00BA44F9" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，期</w:t>
       </w:r>
       <w:r w:rsidR="00BA44F9" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>更能發揮運動潛能，完善運動技能，迎接競技運動之挑戰。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA44F9" w:rsidRPr="003C2DF3" w:rsidRDefault="00BA44F9" w:rsidP="00F97F83">
+    <w:p w14:paraId="301D0B22" w14:textId="77777777" w:rsidR="00BA44F9" w:rsidRPr="003C2DF3" w:rsidRDefault="00BA44F9" w:rsidP="00F97F83">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>經查，為使體育班</w:t>
       </w:r>
       <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>及運動代表隊</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -13504,192 +16065,304 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>高級中等學校，每日訓練時數，至多以</w:t>
       </w:r>
       <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>小時為原則。</w:t>
       </w:r>
       <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>……」該部亦於110年6月1日修正發布高級中等以下學校運動代表隊訓練注意事項第3點規定：「訓練時數、公假日數及球員休養期：</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>」</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>該部亦於</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>110年6月1日修正發布高級中等以下學校運動代表隊訓練注意事項第3點規定：「訓練時數、公假日數及球員休養期：</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>（第1項）運動代表隊學生每日訓練時數得依運動種類、訓練強度、內容及週期等，由各校自行訂定合理時數，國民小學、國民中學，每日訓練時數，至多以3小時為限；高級中等學校，每日訓練時數，至多以3小時為原則，避免過度訓練及運動傷害……」。</w:t>
+        <w:t>（第1項）運動代表隊學生每日訓練時數得依運動種類、訓練強度、內容及週期等，由各校自行訂定合理時數，國民小學、國民中學，每日訓練時數，至多以3小時為限；高級中等學校，每日訓練時數，至多以3小時為原則，避免過度訓練及運動傷害…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>」。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97F83" w:rsidRPr="003C2DF3" w:rsidRDefault="00F97F83" w:rsidP="00F97F83">
+    <w:p w14:paraId="6540E726" w14:textId="77777777" w:rsidR="00F97F83" w:rsidRPr="003C2DF3" w:rsidRDefault="00F97F83" w:rsidP="00F97F83">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>本院詢問教育部有關「國民小學、國民中學及高級中等學校體育專長學生每日訓練時數」等情，該部表示略以：</w:t>
+        <w:t>本院詢問教育部有關「國民小學、國民中學及高級中等學校體育專長學生每日訓練時數」等情，該部表示略</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97F83" w:rsidRPr="003C2DF3" w:rsidRDefault="00F97F83" w:rsidP="00F97F83">
+    <w:p w14:paraId="05F087CE" w14:textId="77777777" w:rsidR="00F97F83" w:rsidRPr="003C2DF3" w:rsidRDefault="00F97F83" w:rsidP="00F97F83">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>體育班學生因訓練過度，造成運動傷害影響後續發展及課業成績低落，為各界對於體育班最為關注的議題。為避免體育班學生過度訓練，爰依據各教育階段別體育班之設立目標，規範每天訓練時數規定(訓練時數之計算不包括熱身等非正式訓練之時數)。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97F83" w:rsidRPr="003C2DF3" w:rsidRDefault="00F97F83" w:rsidP="00F97F83">
+    <w:p w14:paraId="7796ABFF" w14:textId="77777777" w:rsidR="00F97F83" w:rsidRPr="003C2DF3" w:rsidRDefault="00F97F83" w:rsidP="00F97F83">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>國民小學及國民中學體育班之設立目標，以著重多元運動能力之發展為主，因此國民小學、國民中學體育班學生每日訓練時數以</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>小時為限(包括上課期間安排之體育專業術科課程)，以避免過度訓練，造成運動傷害，影響學生未來專項運動發展。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97F83" w:rsidRPr="003C2DF3" w:rsidRDefault="00F97F83" w:rsidP="008335B8">
+    <w:p w14:paraId="6A513E62" w14:textId="77777777" w:rsidR="00F97F83" w:rsidRPr="003C2DF3" w:rsidRDefault="00F97F83" w:rsidP="008335B8">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>高級中等學校教育階段之體育班，應朝專項運動發展，俾體育班學生能增進專項運動競技實力，爰與國民小學、國民中學學生應有所區隔。</w:t>
       </w:r>
       <w:r w:rsidR="008335B8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>高級中等學校係</w:t>
       </w:r>
       <w:r w:rsidR="008335B8" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>考量為培育競技運動人才，奠定國家優秀運動選手基礎，每日訓練時數僅作原則性規範。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="009A75B1" w:rsidP="00694F41">
+    <w:p w14:paraId="49D33368" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="009A75B1" w:rsidP="00694F41">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>再查，</w:t>
       </w:r>
       <w:r w:rsidR="00F97F83" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>高級中等以下學校運動代表隊訓練注意事項</w:t>
       </w:r>
       <w:r w:rsidR="00EC5D4D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>第5點規定：「……（第2項）生活輔導：各校應依據校園性侵害或性騷擾防治準則，定期辦理防治教育</w:t>
-      </w:r>
+        <w:t>第5點規定：「…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EC5D4D" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EC5D4D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>（第2項）生活輔導：各校應依據校園性侵害或性騷擾防治準則，定期辦理防治教育</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5D4D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>及宣導，保障學生之身體自主權；（第3項）安全管理：各校應建立緊急救護通報及處理機制，訂定運動傷害處理程序，定期辦理運動安全教育研習，強化學生、教師及教練預防及處理運動傷害能力；（第4項）禁藥宣導：各校應辦理運動禁藥教育及防治事宜，維護運動員健康及促進競賽之公平；（第5項）科研介入：主管教育行政機關得透過科研介入，以科學方法協助教練評量選手體能及技術，避免訓練過量，減少運動傷害發生率。」</w:t>
+        <w:t>及宣導，保障學生之身體自主權；（第3項）安全管理：各校應建立緊急救護通報及處理機制，訂定運動傷害處理程序，定期辦理運動安全教育研習，強化學生、教師及教練預防及處理運動傷害能力；（第4項）禁藥宣導：各校應辦理運動禁藥教育及防治事宜，維護運動員健康及促進競賽之公平；（第5項）科</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EC5D4D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EC5D4D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>介入：主管教育行政機關得透過科</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EC5D4D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EC5D4D" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>介入，以科學方法協助教練評量選手體能及技術，避免訓練過量，減少運動傷害發生率。」</w:t>
       </w:r>
       <w:r w:rsidR="00394DBD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教育部對於</w:t>
       </w:r>
       <w:r w:rsidR="005A02FB" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>教學現場發生過度訓練或不當管教等情表示，</w:t>
       </w:r>
       <w:r w:rsidR="00394DBD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對於運動教練藉體能訓練或追求成績之名，處罰學生或要求達到不合理之表現</w:t>
       </w:r>
       <w:r w:rsidR="005A02FB" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -13711,71 +16384,87 @@
         </w:rPr>
         <w:t>等語</w:t>
       </w:r>
       <w:r w:rsidR="004A0B36" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>惟教學現場實際執行情形，仍有待該部確實督導各級學校主管人員落實</w:t>
       </w:r>
       <w:r w:rsidR="005A02FB" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00394DBD" w:rsidRDefault="005A02FB" w:rsidP="00F46992">
+    <w:p w14:paraId="4667F5A5" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRDefault="005A02FB" w:rsidP="00F46992">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:leftChars="200"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>另</w:t>
       </w:r>
       <w:r w:rsidR="00EF4D93" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>查，前開注意事項第8點第2項：「主管教育行政機關應定期訪視及評鑑，訪視及評鑑重點項目應包括學校運動代表隊之訓練時數、公假日數、球員休養期機制、運動傷害防護機制、課程安排及課業輔導機制、課業成績，瞭解所屬學校是否研訂並執行相關策略，掌握學校課程教學及訓練現況。」</w:t>
+        <w:t>查，前開注意事項第8點第2項：「主管教育行政機關應定期訪視及評鑑，訪視及評鑑重點項目應包括學校運動代表隊之訓練時數、公假日數、球員休養期機制、運動傷害防護機制、課程安排及課業輔導機制、課業成績，瞭解所屬學校是否</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF4D93" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF4D93" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>訂並執行相關策略，掌握學校課程教學及訓練現況。」</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>定有運動傷害防護機制。</w:t>
       </w:r>
       <w:r w:rsidR="00394DBD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本院於110年11月8日</w:t>
       </w:r>
       <w:r w:rsidR="00EF4D93" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>詢問</w:t>
       </w:r>
       <w:r w:rsidR="00394DBD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -13860,580 +16549,600 @@
         </w:rPr>
         <w:t>與7所大學共同</w:t>
       </w:r>
       <w:r w:rsidR="00394DBD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>設立七大區之運動傷害防護輔導中心</w:t>
       </w:r>
       <w:r w:rsidR="004E4B2F" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="00394DBD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，詳如下表：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="00E96BA9">
+    <w:p w14:paraId="1D47A51E" w14:textId="77777777" w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="00E96BA9">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1361"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E96BA9" w:rsidRPr="003C2DF3" w:rsidRDefault="00E96BA9" w:rsidP="00E96BA9">
+    <w:p w14:paraId="60963222" w14:textId="77777777" w:rsidR="00E96BA9" w:rsidRPr="003C2DF3" w:rsidRDefault="00E96BA9" w:rsidP="00E96BA9">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1361"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00394DBD">
+    <w:p w14:paraId="7D0E3211" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00394DBD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>教育部體育署設立之七大運動傷害防護輔導中心</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4417"/>
         <w:gridCol w:w="4417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005A02FB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="18EE4B82" w14:textId="77777777" w:rsidTr="005A02FB">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="24A3AFB6" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>區域</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="3698A492" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>負責學校</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005A02FB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="7B7D74DE" w14:textId="77777777" w:rsidTr="005A02FB">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="08D3853C" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>北北基</w:t>
+              <w:t>北</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C2DF3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>北</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C2DF3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>基</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="35AAFB75" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>國立臺灣大學</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005A02FB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="5F748502" w14:textId="77777777" w:rsidTr="005A02FB">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="16F95FCA" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>新北</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="77DC74AA" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>輔仁大學</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005A02FB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="1AE701AB" w14:textId="77777777" w:rsidTr="005A02FB">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="141F8342" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>桃竹苗</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="17FB332D" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>國立體育大學</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005A02FB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="4E2AE7A6" w14:textId="77777777" w:rsidTr="005A02FB">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="2B37B911" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>中彰投</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="13C380A5" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>國立臺灣體育運動大學</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005A02FB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="1BBC5714" w14:textId="77777777" w:rsidTr="005A02FB">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="5F059D80" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>雲嘉南</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="75781B4D" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>國立成功大學</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005A02FB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="348AC5B1" w14:textId="77777777" w:rsidTr="005A02FB">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="236568B8" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>高東屏</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="046F1524" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>高雄醫學大學</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w:rsidTr="005A02FB">
+      <w:tr w:rsidR="003C2DF3" w:rsidRPr="003C2DF3" w14:paraId="6C2E8C38" w14:textId="77777777" w:rsidTr="005A02FB">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="4ACEF94F" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>宜花</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
+          <w:p w14:paraId="013F15A8" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00F46992">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C2DF3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>慈濟大學</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00394DBD">
+    <w:p w14:paraId="50C63768" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00394DBD">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>資料來源：本院整理自教育部校園運動防護資訊網。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00394DBD">
+    <w:p w14:paraId="5F4867EC" w14:textId="77777777" w:rsidR="00394DBD" w:rsidRPr="003C2DF3" w:rsidRDefault="00394DBD" w:rsidP="00394DBD">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF4D93" w:rsidRPr="003C2DF3" w:rsidRDefault="00A27B44" w:rsidP="00F83586">
+    <w:p w14:paraId="77C7AC16" w14:textId="77777777" w:rsidR="00EF4D93" w:rsidRPr="003C2DF3" w:rsidRDefault="00A27B44" w:rsidP="00F83586">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:leftChars="200"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>對於高級中等以下運動專長學生合理訓練等情，</w:t>
       </w:r>
       <w:r w:rsidR="00394DBD" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>本院諮詢專家學者</w:t>
       </w:r>
       <w:r w:rsidR="00F83586" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -14495,57 +17204,73 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>強度</w:t>
       </w:r>
       <w:r w:rsidR="005A02FB" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」、「應建立體育班學生之健康檔案，在專業醫療防護下讓學生進行安全的訓練</w:t>
       </w:r>
       <w:r w:rsidR="00621BE3" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>」、</w:t>
       </w:r>
       <w:r w:rsidR="005A02FB" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="_Hlk88761355"/>
+      <w:bookmarkStart w:id="38" w:name="_Hlk88761355"/>
       <w:r w:rsidR="00F83586" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>可參採美國對於</w:t>
+        <w:t>可參</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F83586" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>採</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F83586" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>美國對於</w:t>
       </w:r>
       <w:r w:rsidR="005A02FB" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>運動選手</w:t>
       </w:r>
       <w:r w:rsidR="00F83586" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>進行</w:t>
       </w:r>
       <w:r w:rsidR="005A02FB" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>健康管理、學習管理與生活管理</w:t>
       </w:r>
       <w:r w:rsidR="00F83586" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -14559,279 +17284,702 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00F83586" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>大層面之制度</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="13"/>
       </w:r>
       <w:r w:rsidR="00F83586" w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，並發展運動科學化</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidR="00F83586" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>」等建議，殊值參考。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4221C2A6" w14:textId="77777777" w:rsidR="00C6377F" w:rsidRDefault="009A75B1" w:rsidP="00C6377F">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>綜上，為落實十二年國民基本教育課程綱要</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>應授基本</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>能力，兼顧體育訓練正常化，確保學生基本學力，教育部於110年3月2日修正發布高級中等以下學校體育班設立辦法，明定國民小學、國民中學，每日訓練時數，至多以3小時為限；高級中等學校，每日訓練時數，至多以3小時為原則，高級中等以下學校</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>運動代表隊注意事項亦於同年配合修正；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>惟</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>教學現場實際執行情形，仍有待該部確實督導各級學校主管人員落實；另為避免過度訓練及運動傷害，教育部允宜完備學校體育人才照顧制度，推動校園運動防護觀念，建立個別化選手檔案，並參酌美國對於運動選手進行健康管理、學習管理與生活管理等三大層面之制度，發展運動科學化及專業醫療防護，以</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64BC8" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>保障</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>運動員健康與福祉，打造我國優質運動人才培育環境</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6377F" w:rsidRPr="003C2DF3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314A6AA4" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DE660D0" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5190D27A" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39F63E01" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C6330A3" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A6AC13D" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F15EE53" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E9F2B07" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C7AB209" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="347DF28D" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41928FDB" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="235E595B" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3538DF27" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B1E46F9" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C317699" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6042067C" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D96F219" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74CC7D40" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="394FB972" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A0AB2DC" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA182A0" w14:textId="77777777" w:rsidR="001403DC" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19D5B636" w14:textId="77777777" w:rsidR="001403DC" w:rsidRPr="005171D1" w:rsidRDefault="001403DC" w:rsidP="001403DC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2380" w:hanging="2380"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc524895648"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc524896194"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc524896224"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc524902734"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc525066148"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc525070839"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc525938379"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc525939227"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc525939732"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc529218272"/>
+      <w:r w:rsidRPr="005171D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="_Toc529222689"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc529223111"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc529223862"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc529228265"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc2400395"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc4316189"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc4473330"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc69556897"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc69556946"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc69609820"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc70241816"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc70242205"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc421794875"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc422834160"/>
+      <w:r w:rsidRPr="005171D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>處理辦法：</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="39"/>
-      <w:r w:rsidR="00F83586" w:rsidRPr="003C2DF3">
-[...5 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
-    <w:p w:rsidR="00C6377F" w:rsidRPr="003C2DF3" w:rsidRDefault="009A75B1" w:rsidP="00C6377F">
+    <w:p w14:paraId="79C8724C" w14:textId="0A857973" w:rsidR="001403DC" w:rsidRPr="003C2DF3" w:rsidRDefault="001403DC" w:rsidP="001403DC">
       <w:pPr>
         <w:pStyle w:val="3"/>
-        <w:rPr>
-[...38 lines deleted...]
-      </w:r>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001403DC">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>一、調查意見一至五，函請教育部確實檢討改進</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001403DC">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>見復。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B4013E" w:rsidRPr="003C2DF3" w:rsidRDefault="00B4013E" w:rsidP="00E96BA9">
+    <w:p w14:paraId="2435417C" w14:textId="77777777" w:rsidR="00B4013E" w:rsidRPr="003C2DF3" w:rsidRDefault="00B4013E" w:rsidP="00E96BA9">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B4013E" w:rsidRDefault="00B4013E" w:rsidP="003A0178">
+    <w:p w14:paraId="2A1DEA18" w14:textId="77777777" w:rsidR="00B4013E" w:rsidRDefault="00B4013E" w:rsidP="003A0178">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1100" w:left="3742"/>
         <w:rPr>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2DF3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>調查委員：</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E96BA9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:t>范巽綠</w:t>
+        <w:t>范巽</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E96BA9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:snapToGrid/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="12"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>綠</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="003A0178">
+    <w:p w14:paraId="58AA6F76" w14:textId="77777777" w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="003A0178">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1750" w:left="5953"/>
         <w:rPr>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>蕭自佑</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="003A0178">
+    <w:p w14:paraId="1D82EC6B" w14:textId="77777777" w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="003A0178">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:spacing w:beforeLines="50" w:before="228" w:after="0"/>
         <w:ind w:leftChars="1750" w:left="5953"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>趙永清</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
+    <w:p w14:paraId="42B48396" w14:textId="77777777" w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="2381" w:hanging="2381"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
+    <w:p w14:paraId="2228EC9B" w14:textId="77777777" w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="2381" w:hanging="2381"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
+    <w:p w14:paraId="1709CB5B" w14:textId="77777777" w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="2381" w:hanging="2381"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
+    <w:p w14:paraId="6DCB1BC0" w14:textId="77777777" w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="2381" w:hanging="2381"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
+    <w:p w14:paraId="23F48FB6" w14:textId="77777777" w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="2381" w:hanging="2381"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkEnd w:id="35"/>
-    <w:p w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
+    <w:p w14:paraId="7839EF70" w14:textId="77777777" w:rsidR="00E96BA9" w:rsidRDefault="00E96BA9" w:rsidP="009118EA">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="2381" w:hanging="2381"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E96BA9" w:rsidSect="00931A10">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="851" w:gutter="227"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="457" w:charSpace="4127"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
@@ -14921,305 +18069,426 @@
   <wne:acds>
     <wne:acd wne:argValue="AgC1az2EI2oPXzAA" wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzUA" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzYA" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzcA" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzgA" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgC1az2EI2oPXzkA" wne:acdName="acd9" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd10" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd11" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd12" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAUA" wne:acdName="acd13" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAYA" wne:acdName="acd14" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAcA" wne:acdName="acd15" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAgA" wne:acdName="acd16" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAkA" wne:acdName="acd17" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd18" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00074A58" w:rsidRDefault="00074A58">
+    <w:p w14:paraId="19C98339" w14:textId="77777777" w:rsidR="005B5CCE" w:rsidRDefault="005B5CCE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00074A58" w:rsidRDefault="00074A58">
+    <w:p w14:paraId="5F88C8B9" w14:textId="77777777" w:rsidR="005B5CCE" w:rsidRDefault="005B5CCE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="華康楷書體W5(P)">
     <w:altName w:val="新細明體"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000001" w:usb1="28091800" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0077098C" w:rsidRDefault="0077098C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1BD8D36B" w14:textId="77777777" w:rsidR="0077098C" w:rsidRDefault="0077098C">
     <w:pPr>
       <w:pStyle w:val="af3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00ED11A1">
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ac"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0077098C" w:rsidRDefault="0077098C">
+  <w:p w14:paraId="68335F60" w14:textId="77777777" w:rsidR="0077098C" w:rsidRDefault="0077098C">
     <w:pPr>
       <w:framePr w:wrap="auto" w:hAnchor="text" w:y="-955"/>
       <w:ind w:left="640" w:right="360" w:firstLine="448"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00074A58" w:rsidRDefault="00074A58">
+    <w:p w14:paraId="26497D50" w14:textId="77777777" w:rsidR="005B5CCE" w:rsidRDefault="005B5CCE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00074A58" w:rsidRDefault="00074A58">
+    <w:p w14:paraId="3288C58C" w14:textId="77777777" w:rsidR="005B5CCE" w:rsidRDefault="005B5CCE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="0077098C" w:rsidRDefault="0077098C" w:rsidP="00761C43">
+    <w:p w14:paraId="645A1997" w14:textId="77777777" w:rsidR="0077098C" w:rsidRDefault="0077098C" w:rsidP="00761C43">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:wordWrap w:val="0"/>
         <w:ind w:leftChars="3" w:left="164" w:hangingChars="70" w:hanging="154"/>
       </w:pPr>
       <w:r w:rsidRPr="001B2BD8">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001B2BD8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001B2BD8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>教育部110年6月8日臺教授體部字第1100020500號函、新竹市政府110年5月28日府教體字第1100087036號函、花蓮縣政府110年7月15日府教體字第1100138800號及110年11月5日臺教授體部字第1100040647號函。</w:t>
+        <w:t>教育部110年6月8日</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>教授</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>體部字第1100020500號</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>函、新竹市政府110年5月28日</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>府教體</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>字第1100087036號函、花蓮縣政府110年7月15日</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>府教體</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>字第1100138800號及110年11月5日</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>教授</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>體部字第1100040647號</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B2BD8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>函。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="0077098C" w:rsidRPr="00F240C0" w:rsidRDefault="0077098C" w:rsidP="0014255C">
+    <w:p w14:paraId="6F94A2CC" w14:textId="77777777" w:rsidR="0077098C" w:rsidRPr="00F240C0" w:rsidRDefault="0077098C" w:rsidP="0014255C">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:leftChars="3" w:left="177" w:hangingChars="76" w:hanging="167"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>因教育部「</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD00A4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>性</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD00A4">
         <w:t>侵</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD00A4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>害</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD00A4">
-        <w:t>、性騷擾及性霸凌</w:t>
-      </w:r>
+        <w:t>、性騷擾及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD00A4">
+        <w:t>性霸凌</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CD00A4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>事件</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD00A4">
         <w:t>回覆</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD00A4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>填</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD00A4">
         <w:t>報系統</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」係於</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD00A4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>103年</w:t>
+        <w:t>103</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD00A4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>起建置，爰本案相關統計資料調查期間為103年起至本院向教育部調卷後之110年5月19日止。</w:t>
+        <w:t>起建置，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>爰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>本案相關統計資料調查期間為103年起至本院向教育部調卷後之110年5月19日止。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="0077098C" w:rsidRDefault="0077098C" w:rsidP="008E4228">
+    <w:p w14:paraId="3436705C" w14:textId="77777777" w:rsidR="0077098C" w:rsidRDefault="0077098C" w:rsidP="008E4228">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:wordWrap w:val="0"/>
         <w:ind w:leftChars="3" w:left="164" w:hangingChars="70" w:hanging="154"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="007D51CB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman"/>
           </w:rPr>
           <w:t>International Olympic Committee</w:t>
         </w:r>
       </w:hyperlink>
@@ -15271,583 +18540,836 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">rieved from </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="007D51CB">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:ascii="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://library.olympics.com/Default/doc/SYRACUSE/171450/safeguarding-athletes-from-harassment-and-abuse-in-sport-ioc-toolkit-for-ifs-and-nocs-related-to-cre?_lg=en-GB</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007D51CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="0077098C" w:rsidRPr="00D026C7" w:rsidRDefault="0077098C" w:rsidP="008E4228">
+    <w:p w14:paraId="278143D4" w14:textId="77777777" w:rsidR="0077098C" w:rsidRPr="00D026C7" w:rsidRDefault="0077098C" w:rsidP="008E4228">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:leftChars="3" w:left="164" w:hangingChars="70" w:hanging="154"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>黃怡玲</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:t>呂碧琴</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>，109。</w:t>
+        <w:t>，109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:t>沉默保護犯罪的人</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>―</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>德國運動場域的性暴力防治</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。體育雙月刊，第176期。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w:rsidR="0077098C" w:rsidRPr="00CB5C1E" w:rsidRDefault="0077098C">
+    <w:p w14:paraId="2513DDA8" w14:textId="77777777" w:rsidR="0077098C" w:rsidRPr="00CB5C1E" w:rsidRDefault="0077098C">
       <w:pPr>
         <w:pStyle w:val="afc"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>蔡宛貞、程瑞福，109。</w:t>
+        <w:t>蔡宛貞、程瑞福，109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB5C1E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>#Metoo風潮對競技運動的影響</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。體育雙月刊，第108期。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w:rsidR="0077098C" w:rsidRPr="00BD1AAE" w:rsidRDefault="0077098C" w:rsidP="008E4228">
+    <w:p w14:paraId="062B2E02" w14:textId="77777777" w:rsidR="0077098C" w:rsidRPr="00BD1AAE" w:rsidRDefault="0077098C" w:rsidP="008E4228">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:leftChars="3" w:left="164" w:hangingChars="70" w:hanging="154"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>張瓊文，103。運動的性霸凌經驗之個案研究。國立臺北教育大學體育學系碩士班，臺北市。</w:t>
+        <w:t>張瓊文，103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。運動的</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>性霸凌</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>經驗之個案研究。國立</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>北教育大學體育學系碩士班，臺北市。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w:rsidR="0077098C" w:rsidRDefault="0077098C">
+    <w:p w14:paraId="4190AA24" w14:textId="77777777" w:rsidR="0077098C" w:rsidRDefault="0077098C">
       <w:pPr>
         <w:pStyle w:val="afc"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>本院於110年7月16日舉行視訊會議，教育部進行簡報之查復資料。</w:t>
+        <w:t>本院於110</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年7月16日舉行視訊會議，教育部進行簡報之查復資料。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w:rsidR="0077098C" w:rsidRPr="00295082" w:rsidRDefault="0077098C" w:rsidP="009B1510">
+    <w:p w14:paraId="65DBEF62" w14:textId="77777777" w:rsidR="0077098C" w:rsidRPr="00295082" w:rsidRDefault="0077098C" w:rsidP="009B1510">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:wordWrap w:val="0"/>
         <w:ind w:leftChars="3" w:left="164" w:hangingChars="70" w:hanging="154"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>臺南市教育局國教輔導團總團－</w:t>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>南市教育局國教輔導團總團－</w:t>
       </w:r>
       <w:r w:rsidRPr="00295082">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>性別平等議題團教材資源</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>網站</w:t>
       </w:r>
       <w:r w:rsidRPr="00295082">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
         <w:r w:rsidRPr="00295082">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://ceag.tn.edu.tw/modules/ceag/resource.php?</w:t>
         </w:r>
         <w:r w:rsidRPr="008E4228">
           <w:t>TeamID</w:t>
         </w:r>
         <w:r w:rsidRPr="00295082">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
-          <w:t>=。</w:t>
+          <w:t>=</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00295082">
+          <w:rPr>
+            <w:rStyle w:val="ae"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>。</w:t>
         </w:r>
         <w:r w:rsidRPr="00295082">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:hint="eastAsia"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>最後檢索日期：110</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00295082">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年11月19日。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w:rsidR="0077098C" w:rsidRPr="003B2F8D" w:rsidRDefault="0077098C" w:rsidP="00611456">
+    <w:p w14:paraId="417B674E" w14:textId="77777777" w:rsidR="0077098C" w:rsidRPr="003B2F8D" w:rsidRDefault="0077098C" w:rsidP="00611456">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:ind w:leftChars="3" w:left="230" w:hangingChars="100" w:hanging="220"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>黃怡玲</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:t>呂碧琴</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>，109。</w:t>
+        <w:t>，109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:t>沉默保護犯罪的人</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>―</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>德國運動場域的性暴力防治</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。體育雙月刊，第176期。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w:rsidR="0077098C" w:rsidRPr="003079A7" w:rsidRDefault="0077098C" w:rsidP="00611456">
+    <w:p w14:paraId="3636F9F9" w14:textId="77777777" w:rsidR="0077098C" w:rsidRPr="003079A7" w:rsidRDefault="0077098C" w:rsidP="00611456">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:wordWrap w:val="0"/>
         <w:ind w:leftChars="3" w:left="230" w:hangingChars="100" w:hanging="220"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2F8D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>沉默保護犯錯的人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>系列-專業運動協會行動指南，運動性暴力議題，2014。德國</w:t>
+        <w:t>系列-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>專業運動協會行動指南，運動性暴力議題，2014。德國</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2F8D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>北萊茵西華邦邦政府</w:t>
+        <w:t>北</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B2F8D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>萊茵西</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B2F8D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>華</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B2F8D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>邦邦</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B2F8D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>政府</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>出版。資</w:t>
       </w:r>
       <w:r w:rsidRPr="003079A7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>料來源：</w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidRPr="003079A7">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.lsb.nrw/fileadmin/global/media/Downloadcenter/Sexualisierte_Gewalt/Handlungsleitfaden_Fachverbaende.pdf。</w:t>
         </w:r>
         <w:r w:rsidRPr="003079A7">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:hint="eastAsia"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>最後檢索日期：110</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003079A7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年11月19日。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
-    <w:p w:rsidR="0077098C" w:rsidRPr="003079A7" w:rsidRDefault="0077098C" w:rsidP="00611456">
+    <w:p w14:paraId="762088BD" w14:textId="77777777" w:rsidR="0077098C" w:rsidRPr="003079A7" w:rsidRDefault="0077098C" w:rsidP="00611456">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:wordWrap w:val="0"/>
         <w:ind w:leftChars="3" w:left="230" w:hangingChars="100" w:hanging="220"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="afe"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 德國</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2F8D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>北萊</w:t>
+        <w:t>北</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B2F8D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>萊</w:t>
       </w:r>
       <w:r w:rsidRPr="003079A7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>茵西華邦邦政府出版之</w:t>
+        <w:t>茵西</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>華</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>邦邦</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>政府出版之</w:t>
       </w:r>
       <w:r w:rsidRPr="008E4228">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>運動場</w:t>
       </w:r>
       <w:r w:rsidRPr="003079A7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>域男孩性別平等教材，2014。德國北萊茵西華邦邦政府出版。資料來源：</w:t>
+        <w:t>域男孩性別平等教材，2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>。德國北</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>萊茵西</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>華</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>邦邦</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>政府出版。資料來源：</w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="003079A7">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.lsb.nrw/fileadmin/global/media/Downloadcenter/Sexualisierte_Gewalt/Broschuere_Finger_weg_-_Pack_mich_nicht_an.pdf。</w:t>
         </w:r>
         <w:r w:rsidRPr="003079A7">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:hint="eastAsia"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>最後檢索日期：110</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003079A7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年11月19日。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w:rsidR="0077098C" w:rsidRPr="003079A7" w:rsidRDefault="0077098C" w:rsidP="00611456">
+    <w:p w14:paraId="592ABF35" w14:textId="77777777" w:rsidR="0077098C" w:rsidRPr="003079A7" w:rsidRDefault="0077098C" w:rsidP="00611456">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:wordWrap w:val="0"/>
         <w:ind w:leftChars="3" w:left="230" w:hangingChars="100" w:hanging="220"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003079A7">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="003079A7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 德國北萊茵西華邦邦政府出版之運動場域女孩性別平等教材，2014。德國北萊茵西華邦邦政府出版。資料來源：</w:t>
+        <w:t xml:space="preserve"> 德國北</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>萊茵西</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>華</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>邦邦</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>政府出版之運動場域女孩性別平等教材，2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>。德國北</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>萊茵西</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>華</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>邦邦</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003079A7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>政府出版。資料來源：</w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00611456">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
         <w:r w:rsidRPr="003079A7">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>://www.lsb.nrw/fileadmin/global/media/Downloadcenter/Sexualisierte_Gewalt/Broschuere_Wir_koennen_auch_anders.pdf。</w:t>
         </w:r>
         <w:r w:rsidRPr="003079A7">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:hint="eastAsia"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>最後檢索日期：110</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003079A7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年11月19日。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w:rsidR="0077098C" w:rsidRDefault="0077098C">
+    <w:p w14:paraId="57F63A88" w14:textId="77777777" w:rsidR="0077098C" w:rsidRDefault="0077098C">
       <w:pPr>
         <w:pStyle w:val="afc"/>
       </w:pPr>
       <w:r w:rsidRPr="000D5AF5">
         <w:rPr>
           <w:rStyle w:val="afe"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000D5AF5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> The National Collegiate Athletic Association</w:t>
       </w:r>
       <w:r w:rsidRPr="000D5AF5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="000D5AF5">
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>https://www.ncaa.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000D5AF5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="030A348E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E61696FC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -16912,50 +20434,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47C921B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FA3A2AD8"/>
+    <w:lvl w:ilvl="0" w:tplc="B1F6AA6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="taiwaneseCountingThousand"/>
+      <w:lvlText w:val="%1、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A5F5684"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC7A0910"/>
     <w:lvl w:ilvl="0" w:tplc="1736E810">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a3"/>
       <w:lvlText w:val="表%1　"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hint="eastAsia"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="28"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
@@ -17029,51 +20640,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3840"/>
         </w:tabs>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52BA770F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8F090FE"/>
     <w:lvl w:ilvl="0" w:tplc="E0A0E0C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="a4"/>
       <w:lvlText w:val="附錄%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hint="eastAsia"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:snapToGrid/>
         <w:vanish w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="32"/>
@@ -17143,51 +20754,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56E54857"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD243272"/>
     <w:lvl w:ilvl="0" w:tplc="9D2669BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a5"/>
       <w:lvlText w:val="照片%1　"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hint="eastAsia"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:val="-10"/>
         <w:w w:val="100"/>
         <w:kern w:val="28"/>
         <w:position w:val="0"/>
         <w:sz w:val="28"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:lvl>
@@ -17242,51 +20853,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C967227"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4564A38E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17328,51 +20939,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="714B189F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E61696FC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17414,51 +21025,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7605783D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F044003E"/>
     <w:lvl w:ilvl="0" w:tplc="41DE3D0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1406" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2006" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -17503,346 +21114,351 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4406" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4886" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5366" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="282350093">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="230316152">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="378362366">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="616645175">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="983582134">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1372995626">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="785074978">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="696583428">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1928152190">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="257756260">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="754591620">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1185825761">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="153840743">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="629750654">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1059211398">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1939832290">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1099057971">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1541554029">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="2038922195">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="524707254">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1445810364">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="22">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="22" w16cid:durableId="1603952816">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1996952928">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="24" w16cid:durableId="1923295247">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="2057393973">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="592012334">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1009062292">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="28">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="28" w16cid:durableId="1115715408">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="29">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="29" w16cid:durableId="542208734">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1885097988">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1406877416">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1778062980">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1255675849">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="876813799">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="775323398">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="693112383">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="533421802">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="38">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="38" w16cid:durableId="540633279">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1222014017">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1719206404">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="959458241">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1698846803">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="213588942">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="2002346740">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="45">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="45" w16cid:durableId="225576168">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="1214197574">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="47">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="47" w16cid:durableId="239413593">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="1235243499">
     <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="1944339711">
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:mirrorMargins/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:drawingGridHorizontalSpacing w:val="170"/>
   <w:drawingGridVerticalSpacing w:val="457"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A302B2"/>
     <w:rsid w:val="00006961"/>
     <w:rsid w:val="000112BF"/>
     <w:rsid w:val="00012233"/>
     <w:rsid w:val="00013ABB"/>
     <w:rsid w:val="0001489B"/>
     <w:rsid w:val="000150A2"/>
     <w:rsid w:val="0001561A"/>
     <w:rsid w:val="00017318"/>
     <w:rsid w:val="000218A7"/>
     <w:rsid w:val="0002430F"/>
     <w:rsid w:val="00024684"/>
     <w:rsid w:val="000246F7"/>
     <w:rsid w:val="00026E8C"/>
     <w:rsid w:val="0003114D"/>
     <w:rsid w:val="000352DD"/>
     <w:rsid w:val="00036D76"/>
     <w:rsid w:val="0004125B"/>
     <w:rsid w:val="00042B57"/>
     <w:rsid w:val="00055FC3"/>
     <w:rsid w:val="00057F32"/>
     <w:rsid w:val="00062A25"/>
     <w:rsid w:val="00065224"/>
@@ -17873,73 +21489,75 @@
     <w:rsid w:val="000D0598"/>
     <w:rsid w:val="000D2F69"/>
     <w:rsid w:val="000D5AF5"/>
     <w:rsid w:val="000E6431"/>
     <w:rsid w:val="000F1B5A"/>
     <w:rsid w:val="000F21A5"/>
     <w:rsid w:val="000F2F84"/>
     <w:rsid w:val="000F40AE"/>
     <w:rsid w:val="00101A45"/>
     <w:rsid w:val="00102B9F"/>
     <w:rsid w:val="00105246"/>
     <w:rsid w:val="0011141A"/>
     <w:rsid w:val="00111CFF"/>
     <w:rsid w:val="00112637"/>
     <w:rsid w:val="00112ABC"/>
     <w:rsid w:val="0012001E"/>
     <w:rsid w:val="00123DAD"/>
     <w:rsid w:val="00126A55"/>
     <w:rsid w:val="00127FD2"/>
     <w:rsid w:val="00133F08"/>
     <w:rsid w:val="001345E6"/>
     <w:rsid w:val="00134D6A"/>
     <w:rsid w:val="0013605A"/>
     <w:rsid w:val="00136340"/>
     <w:rsid w:val="001378B0"/>
+    <w:rsid w:val="001403DC"/>
     <w:rsid w:val="00140889"/>
     <w:rsid w:val="0014255C"/>
     <w:rsid w:val="00142E00"/>
     <w:rsid w:val="001520CC"/>
     <w:rsid w:val="00152793"/>
     <w:rsid w:val="00153B7E"/>
     <w:rsid w:val="001545A9"/>
     <w:rsid w:val="00157732"/>
     <w:rsid w:val="001637C7"/>
     <w:rsid w:val="0016480E"/>
     <w:rsid w:val="001675D7"/>
     <w:rsid w:val="001740EE"/>
     <w:rsid w:val="00174297"/>
     <w:rsid w:val="001747F5"/>
     <w:rsid w:val="00175B3F"/>
     <w:rsid w:val="00180E06"/>
     <w:rsid w:val="001817B3"/>
     <w:rsid w:val="00183014"/>
     <w:rsid w:val="00190A7D"/>
     <w:rsid w:val="00194DBB"/>
     <w:rsid w:val="001959C2"/>
     <w:rsid w:val="001A4E45"/>
     <w:rsid w:val="001A51E3"/>
+    <w:rsid w:val="001A7275"/>
     <w:rsid w:val="001A7968"/>
     <w:rsid w:val="001B2BD8"/>
     <w:rsid w:val="001B2E98"/>
     <w:rsid w:val="001B3483"/>
     <w:rsid w:val="001B364D"/>
     <w:rsid w:val="001B3C1E"/>
     <w:rsid w:val="001B4494"/>
     <w:rsid w:val="001B7576"/>
     <w:rsid w:val="001C0D8B"/>
     <w:rsid w:val="001C0DA8"/>
     <w:rsid w:val="001C2428"/>
     <w:rsid w:val="001C3C47"/>
     <w:rsid w:val="001C4AD1"/>
     <w:rsid w:val="001D0A7E"/>
     <w:rsid w:val="001D4124"/>
     <w:rsid w:val="001D66F7"/>
     <w:rsid w:val="001E031E"/>
     <w:rsid w:val="001E0D8A"/>
     <w:rsid w:val="001E3954"/>
     <w:rsid w:val="001E67BA"/>
     <w:rsid w:val="001E680D"/>
     <w:rsid w:val="001E74C2"/>
     <w:rsid w:val="001F317C"/>
     <w:rsid w:val="001F5A48"/>
     <w:rsid w:val="001F6260"/>
@@ -18003,50 +21621,51 @@
     <w:rsid w:val="002F3DFF"/>
     <w:rsid w:val="002F5E05"/>
     <w:rsid w:val="002F7E52"/>
     <w:rsid w:val="00300075"/>
     <w:rsid w:val="00306A53"/>
     <w:rsid w:val="003079A7"/>
     <w:rsid w:val="00312A92"/>
     <w:rsid w:val="00315A16"/>
     <w:rsid w:val="00317053"/>
     <w:rsid w:val="00317A23"/>
     <w:rsid w:val="0032109C"/>
     <w:rsid w:val="00322B45"/>
     <w:rsid w:val="0032369F"/>
     <w:rsid w:val="00323809"/>
     <w:rsid w:val="00323D41"/>
     <w:rsid w:val="00324358"/>
     <w:rsid w:val="00324DC1"/>
     <w:rsid w:val="00325414"/>
     <w:rsid w:val="003302F1"/>
     <w:rsid w:val="00334261"/>
     <w:rsid w:val="0034085B"/>
     <w:rsid w:val="0034470E"/>
     <w:rsid w:val="003478F4"/>
     <w:rsid w:val="00352DB0"/>
     <w:rsid w:val="00352EA2"/>
+    <w:rsid w:val="00353C16"/>
     <w:rsid w:val="00361063"/>
     <w:rsid w:val="0036731A"/>
     <w:rsid w:val="0037094A"/>
     <w:rsid w:val="00370E95"/>
     <w:rsid w:val="00371ED3"/>
     <w:rsid w:val="00372FFC"/>
     <w:rsid w:val="00376ACD"/>
     <w:rsid w:val="0037728A"/>
     <w:rsid w:val="00377691"/>
     <w:rsid w:val="00380B7D"/>
     <w:rsid w:val="00381A99"/>
     <w:rsid w:val="003829C2"/>
     <w:rsid w:val="003830B2"/>
     <w:rsid w:val="00384724"/>
     <w:rsid w:val="00384BCD"/>
     <w:rsid w:val="003866BE"/>
     <w:rsid w:val="003919B7"/>
     <w:rsid w:val="00391D57"/>
     <w:rsid w:val="00392292"/>
     <w:rsid w:val="0039255C"/>
     <w:rsid w:val="003937F4"/>
     <w:rsid w:val="00393BAF"/>
     <w:rsid w:val="00394DBD"/>
     <w:rsid w:val="00395004"/>
     <w:rsid w:val="00395282"/>
@@ -18155,51 +21774,53 @@
     <w:rsid w:val="0052458B"/>
     <w:rsid w:val="00526E66"/>
     <w:rsid w:val="005356E9"/>
     <w:rsid w:val="00536BC2"/>
     <w:rsid w:val="005425E1"/>
     <w:rsid w:val="005427C5"/>
     <w:rsid w:val="00542AFE"/>
     <w:rsid w:val="00542CF6"/>
     <w:rsid w:val="00543A51"/>
     <w:rsid w:val="0054734C"/>
     <w:rsid w:val="00547AB0"/>
     <w:rsid w:val="00553718"/>
     <w:rsid w:val="00553C03"/>
     <w:rsid w:val="00563692"/>
     <w:rsid w:val="00571679"/>
     <w:rsid w:val="0057375E"/>
     <w:rsid w:val="005844E7"/>
     <w:rsid w:val="00586A93"/>
     <w:rsid w:val="005908B8"/>
     <w:rsid w:val="0059512E"/>
     <w:rsid w:val="005A02FB"/>
     <w:rsid w:val="005A6DD2"/>
     <w:rsid w:val="005A6E46"/>
     <w:rsid w:val="005B2CF9"/>
     <w:rsid w:val="005B5A6D"/>
+    <w:rsid w:val="005B5CCE"/>
     <w:rsid w:val="005C1C32"/>
+    <w:rsid w:val="005C2500"/>
     <w:rsid w:val="005C25F0"/>
     <w:rsid w:val="005C385D"/>
     <w:rsid w:val="005C5A6E"/>
     <w:rsid w:val="005D3B20"/>
     <w:rsid w:val="005D3D82"/>
     <w:rsid w:val="005D4C31"/>
     <w:rsid w:val="005D6EDF"/>
     <w:rsid w:val="005E4723"/>
     <w:rsid w:val="005E4759"/>
     <w:rsid w:val="005E5C68"/>
     <w:rsid w:val="005E65C0"/>
     <w:rsid w:val="005E68F2"/>
     <w:rsid w:val="005F0390"/>
     <w:rsid w:val="005F2ACF"/>
     <w:rsid w:val="005F370D"/>
     <w:rsid w:val="005F5241"/>
     <w:rsid w:val="005F6D9F"/>
     <w:rsid w:val="006069FF"/>
     <w:rsid w:val="00611456"/>
     <w:rsid w:val="00612023"/>
     <w:rsid w:val="00614138"/>
     <w:rsid w:val="00614190"/>
     <w:rsid w:val="00614BCF"/>
     <w:rsid w:val="006218AE"/>
     <w:rsid w:val="00621BE3"/>
@@ -18286,50 +21907,51 @@
     <w:rsid w:val="00765CCC"/>
     <w:rsid w:val="00767C3F"/>
     <w:rsid w:val="0077098C"/>
     <w:rsid w:val="0077168F"/>
     <w:rsid w:val="00772D84"/>
     <w:rsid w:val="0077309D"/>
     <w:rsid w:val="00774820"/>
     <w:rsid w:val="007774EE"/>
     <w:rsid w:val="00781822"/>
     <w:rsid w:val="00782E7C"/>
     <w:rsid w:val="00783958"/>
     <w:rsid w:val="00783F21"/>
     <w:rsid w:val="00786A72"/>
     <w:rsid w:val="00787106"/>
     <w:rsid w:val="00787159"/>
     <w:rsid w:val="00787BB1"/>
     <w:rsid w:val="00790CB3"/>
     <w:rsid w:val="00791668"/>
     <w:rsid w:val="00791AA1"/>
     <w:rsid w:val="0079365E"/>
     <w:rsid w:val="007A14DA"/>
     <w:rsid w:val="007A3793"/>
     <w:rsid w:val="007A6A05"/>
     <w:rsid w:val="007A7BD2"/>
     <w:rsid w:val="007B053D"/>
+    <w:rsid w:val="007B06C6"/>
     <w:rsid w:val="007B1D71"/>
     <w:rsid w:val="007B2EDE"/>
     <w:rsid w:val="007B4667"/>
     <w:rsid w:val="007B5318"/>
     <w:rsid w:val="007C1BA2"/>
     <w:rsid w:val="007C2B48"/>
     <w:rsid w:val="007C5979"/>
     <w:rsid w:val="007C6E5C"/>
     <w:rsid w:val="007D20E9"/>
     <w:rsid w:val="007D51CB"/>
     <w:rsid w:val="007D7881"/>
     <w:rsid w:val="007D7E3A"/>
     <w:rsid w:val="007E0E10"/>
     <w:rsid w:val="007E4047"/>
     <w:rsid w:val="007E4768"/>
     <w:rsid w:val="007E777B"/>
     <w:rsid w:val="007F2070"/>
     <w:rsid w:val="007F30DA"/>
     <w:rsid w:val="007F7656"/>
     <w:rsid w:val="0080348D"/>
     <w:rsid w:val="00803A8A"/>
     <w:rsid w:val="008053F5"/>
     <w:rsid w:val="00807AF7"/>
     <w:rsid w:val="00810198"/>
     <w:rsid w:val="00810AEC"/>
@@ -18568,84 +22190,86 @@
     <w:rsid w:val="00C227E2"/>
     <w:rsid w:val="00C2384A"/>
     <w:rsid w:val="00C24EEF"/>
     <w:rsid w:val="00C25CF6"/>
     <w:rsid w:val="00C26C36"/>
     <w:rsid w:val="00C27D79"/>
     <w:rsid w:val="00C313FA"/>
     <w:rsid w:val="00C32768"/>
     <w:rsid w:val="00C34B02"/>
     <w:rsid w:val="00C40A6D"/>
     <w:rsid w:val="00C431DF"/>
     <w:rsid w:val="00C456BD"/>
     <w:rsid w:val="00C530DC"/>
     <w:rsid w:val="00C5350D"/>
     <w:rsid w:val="00C6123C"/>
     <w:rsid w:val="00C6311A"/>
     <w:rsid w:val="00C6377F"/>
     <w:rsid w:val="00C668CF"/>
     <w:rsid w:val="00C7084D"/>
     <w:rsid w:val="00C7315E"/>
     <w:rsid w:val="00C75895"/>
     <w:rsid w:val="00C818ED"/>
     <w:rsid w:val="00C83451"/>
     <w:rsid w:val="00C83C9F"/>
     <w:rsid w:val="00C93058"/>
+    <w:rsid w:val="00C93896"/>
     <w:rsid w:val="00C94840"/>
     <w:rsid w:val="00CA4EE3"/>
     <w:rsid w:val="00CB027F"/>
     <w:rsid w:val="00CB0D15"/>
     <w:rsid w:val="00CB2A9B"/>
     <w:rsid w:val="00CB463A"/>
     <w:rsid w:val="00CB5C1E"/>
     <w:rsid w:val="00CC0642"/>
     <w:rsid w:val="00CC0EBB"/>
     <w:rsid w:val="00CC6297"/>
     <w:rsid w:val="00CC7690"/>
     <w:rsid w:val="00CD0B24"/>
     <w:rsid w:val="00CD1986"/>
     <w:rsid w:val="00CD4DB8"/>
     <w:rsid w:val="00CD54BF"/>
     <w:rsid w:val="00CE22BF"/>
     <w:rsid w:val="00CE4D5C"/>
     <w:rsid w:val="00CE5628"/>
     <w:rsid w:val="00CF05DA"/>
     <w:rsid w:val="00CF2291"/>
     <w:rsid w:val="00CF305D"/>
     <w:rsid w:val="00CF40F2"/>
     <w:rsid w:val="00CF58EB"/>
     <w:rsid w:val="00CF6FEC"/>
     <w:rsid w:val="00D0106E"/>
     <w:rsid w:val="00D026C7"/>
     <w:rsid w:val="00D05C0C"/>
     <w:rsid w:val="00D06383"/>
     <w:rsid w:val="00D10C44"/>
     <w:rsid w:val="00D15111"/>
     <w:rsid w:val="00D20E85"/>
     <w:rsid w:val="00D21597"/>
     <w:rsid w:val="00D2333D"/>
     <w:rsid w:val="00D24615"/>
+    <w:rsid w:val="00D25114"/>
     <w:rsid w:val="00D31D25"/>
     <w:rsid w:val="00D37842"/>
     <w:rsid w:val="00D41485"/>
     <w:rsid w:val="00D42DC2"/>
     <w:rsid w:val="00D437F4"/>
     <w:rsid w:val="00D43A58"/>
     <w:rsid w:val="00D45F0C"/>
     <w:rsid w:val="00D50E97"/>
     <w:rsid w:val="00D51691"/>
     <w:rsid w:val="00D52B80"/>
     <w:rsid w:val="00D537E1"/>
     <w:rsid w:val="00D54737"/>
     <w:rsid w:val="00D55BB2"/>
     <w:rsid w:val="00D6091A"/>
     <w:rsid w:val="00D62CFB"/>
     <w:rsid w:val="00D63793"/>
     <w:rsid w:val="00D64BC8"/>
     <w:rsid w:val="00D6605A"/>
     <w:rsid w:val="00D66568"/>
     <w:rsid w:val="00D6695F"/>
     <w:rsid w:val="00D75644"/>
     <w:rsid w:val="00D75F88"/>
     <w:rsid w:val="00D76F8A"/>
     <w:rsid w:val="00D81656"/>
     <w:rsid w:val="00D83D87"/>
@@ -18797,73 +22421,74 @@
     <w:rsid w:val="00FD6845"/>
     <w:rsid w:val="00FD7273"/>
     <w:rsid w:val="00FE4516"/>
     <w:rsid w:val="00FE5BF5"/>
     <w:rsid w:val="00FE64C8"/>
     <w:rsid w:val="00FF4E0F"/>
     <w:rsid w:val="00FF59F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="2342E3BB"/>
   <w15:docId w15:val="{CB87FF58-7954-4D92-8800-2BD96A275424}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -19191,71 +22816,77 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a6">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A62928"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
       <w:kern w:val="2"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a6"/>
+    <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="004F5E57"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="25"/>
       </w:numPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:hAnsi="Arial"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004F5E57"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="25"/>
@@ -19478,81 +23109,81 @@
     <w:pPr>
       <w:ind w:leftChars="400" w:left="600" w:rightChars="200" w:right="200" w:hangingChars="200" w:hanging="200"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="ac">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a7"/>
     <w:semiHidden/>
     <w:rsid w:val="004E0062"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="61">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="004E0062"/>
     <w:pPr>
       <w:ind w:leftChars="500" w:left="500"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="段落樣式1"/>
     <w:basedOn w:val="a6"/>
     <w:qFormat/>
     <w:rsid w:val="004F5E57"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
       </w:tabs>
       <w:ind w:leftChars="200" w:left="200" w:firstLineChars="200" w:firstLine="200"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="段落樣式2"/>
     <w:basedOn w:val="a6"/>
     <w:qFormat/>
     <w:rsid w:val="004F5E57"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
       </w:tabs>
       <w:ind w:leftChars="300" w:left="300" w:firstLineChars="200" w:firstLine="200"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="11">
+  <w:style w:type="paragraph" w:styleId="12">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00CC7690"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="hyphen" w:pos="8834"/>
       </w:tabs>
       <w:kinsoku w:val="0"/>
       <w:ind w:left="400" w:rightChars="100" w:right="100" w:hangingChars="400" w:hanging="400"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="22">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="a6"/>
     <w:next w:val="a6"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00807AF7"/>
@@ -19938,63 +23569,63 @@
     <w:rPr>
       <w:rFonts w:hAnsi="華康楷書體W5(P)"/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a8"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="004224FA"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="120">
     <w:name w:val="表格標題12"/>
     <w:basedOn w:val="140"/>
     <w:rsid w:val="00663C70"/>
     <w:pPr>
       <w:spacing w:line="300" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="120">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="121">
     <w:name w:val="表格12"/>
     <w:basedOn w:val="14"/>
     <w:rsid w:val="00663C70"/>
     <w:pPr>
       <w:spacing w:line="300" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
     <w:name w:val="附錄"/>
     <w:basedOn w:val="a6"/>
     <w:qFormat/>
     <w:rsid w:val="00B77D18"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="24"/>
       </w:numPr>
       <w:ind w:left="350" w:hangingChars="350" w:hanging="350"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -20311,67 +23942,80 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="標題 5 字元"/>
     <w:basedOn w:val="a7"/>
     <w:link w:val="5"/>
     <w:rsid w:val="00F46992"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="標題 6 字元"/>
     <w:basedOn w:val="a7"/>
     <w:link w:val="6"/>
     <w:rsid w:val="00F46992"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Arial"/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="15">
+    <w:name w:val="未解析的提及1"/>
     <w:basedOn w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EC349A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="標題 1 字元"/>
+    <w:basedOn w:val="a7"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="001403DC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="Arial"/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="38434508">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="316497105">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21975,53 +25619,53 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02FA0B77-EE48-474C-ADC2-B0CB3E4AA2A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>C030調查報告格式體例(橫式).dot</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>12882</Characters>
+  <Pages>26</Pages>
+  <Words>2267</Words>
+  <Characters>12926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>107</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>cy</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15111</CharactersWithSpaces>
+  <CharactersWithSpaces>15163</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>調查計畫</dc:title>
   <dc:creator>鄭旭浩</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>